--- v0 (2025-12-19)
+++ v1 (2026-02-26)
@@ -1,169 +1,165 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="29426"/>
   <workbookPr filterPrivacy="1" autoCompressPictures="0" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{DC44177B-5E77-47F3-B286-1D3B88D9E4E4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{E2023F49-9490-4AFA-8270-3E1DDBBB1DA7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="25080" yWindow="-465" windowWidth="29040" windowHeight="15840" tabRatio="734" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="28690" yWindow="-110" windowWidth="19420" windowHeight="10300" tabRatio="734" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Step1 - Requestor-Unit Info " sheetId="6" r:id="rId1"/>
     <sheet name="New Accounts" sheetId="2" r:id="rId2"/>
     <sheet name="New Subaccounts" sheetId="4" r:id="rId3"/>
     <sheet name="Account Changes" sheetId="5" r:id="rId4"/>
     <sheet name="Close Accounts" sheetId="7" r:id="rId5"/>
     <sheet name="VP Decanal-Entity Name &amp; Number" sheetId="11" state="hidden" r:id="rId6"/>
     <sheet name="Activity Selections" sheetId="13" state="hidden" r:id="rId7"/>
-    <sheet name="Sheet1" sheetId="8" state="hidden" r:id="rId8"/>
+    <sheet name="NACUBO" sheetId="8" state="hidden" r:id="rId8"/>
   </sheets>
   <definedNames>
-    <definedName name="Advancement">'VP Decanal-Entity Name &amp; Number'!$W$1416:$W$1460</definedName>
-[...2 lines deleted...]
-    <definedName name="Athletics">'VP Decanal-Entity Name &amp; Number'!$W$225:$W$418</definedName>
+    <definedName name="Advancement">'VP Decanal-Entity Name &amp; Number'!$W$1422:$W$1466</definedName>
+    <definedName name="Architecture">'VP Decanal-Entity Name &amp; Number'!$W$893:$W$911</definedName>
+    <definedName name="ArtsSciences">'VP Decanal-Entity Name &amp; Number'!$W$104:$W$229</definedName>
+    <definedName name="Athletics">'VP Decanal-Entity Name &amp; Number'!$W$230:$W$424</definedName>
     <definedName name="Central">'VP Decanal-Entity Name &amp; Number'!$W$17:$W$80</definedName>
-    <definedName name="CIO">'VP Decanal-Entity Name &amp; Number'!$W$81:$W$100</definedName>
-[...4 lines deleted...]
-    <definedName name="Finance">'VP Decanal-Entity Name &amp; Number'!$W$419:$W$476</definedName>
+    <definedName name="CIO">'VP Decanal-Entity Name &amp; Number'!$W$81:$W$103</definedName>
+    <definedName name="Communications">'VP Decanal-Entity Name &amp; Number'!$W$1467:$W$1476</definedName>
+    <definedName name="Dental">'VP Decanal-Entity Name &amp; Number'!$W$912:$W$962</definedName>
+    <definedName name="Education">'VP Decanal-Entity Name &amp; Number'!$W$482:$W$504</definedName>
+    <definedName name="Engineering">'VP Decanal-Entity Name &amp; Number'!$W$963:$W$1026</definedName>
+    <definedName name="Finance">'VP Decanal-Entity Name &amp; Number'!$W$425:$W$481</definedName>
     <definedName name="FinancialPlan">'VP Decanal-Entity Name &amp; Number'!$W$4:$W$16</definedName>
-    <definedName name="HealthSciences">'VP Decanal-Entity Name &amp; Number'!$W$500:$W$514</definedName>
-[...11 lines deleted...]
-    <definedName name="StudentLife">'VP Decanal-Entity Name &amp; Number'!$W$1264:$W$1415</definedName>
+    <definedName name="HealthSciences">'VP Decanal-Entity Name &amp; Number'!$W$505:$W$519</definedName>
+    <definedName name="Independent">'VP Decanal-Entity Name &amp; Number'!$W$520:$W$551</definedName>
+    <definedName name="Jacobs">'VP Decanal-Entity Name &amp; Number'!$W$552:$W$718</definedName>
+    <definedName name="Law">'VP Decanal-Entity Name &amp; Number'!$W$1027:$W$1075</definedName>
+    <definedName name="Management">'VP Decanal-Entity Name &amp; Number'!$W$1076:$W$1133</definedName>
+    <definedName name="Nursing">'VP Decanal-Entity Name &amp; Number'!$W$1134:$W$1161</definedName>
+    <definedName name="Pharmacy">'VP Decanal-Entity Name &amp; Number'!$W$1162:$W$1197</definedName>
+    <definedName name="President">'VP Decanal-Entity Name &amp; Number'!$W$719:$W$736</definedName>
+    <definedName name="Provost">'VP Decanal-Entity Name &amp; Number'!$W$737:$W$846</definedName>
+    <definedName name="PubHealth">'VP Decanal-Entity Name &amp; Number'!$W$1198:$W$1239</definedName>
+    <definedName name="Research">'VP Decanal-Entity Name &amp; Number'!$W$847:$W$892</definedName>
+    <definedName name="SocialWork">'VP Decanal-Entity Name &amp; Number'!$W$1240:$W$1269</definedName>
+    <definedName name="StudentLife">'VP Decanal-Entity Name &amp; Number'!$W$1270:$W$1421</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
-    </ext>
-[...1 lines deleted...]
-      <mx:ArchID Flags="2"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="B5" i="2" l="1"/>
   <c r="B5" i="4"/>
   <c r="B3" i="2" l="1"/>
   <c r="B9" i="7"/>
   <c r="B8" i="7"/>
   <c r="B3" i="7"/>
   <c r="B4" i="7"/>
   <c r="B9" i="5"/>
   <c r="B8" i="5"/>
   <c r="B9" i="4"/>
   <c r="B8" i="4"/>
   <c r="B6" i="7"/>
   <c r="B6" i="5"/>
   <c r="B5" i="5"/>
   <c r="B4" i="5"/>
   <c r="B3" i="5"/>
   <c r="B6" i="4"/>
   <c r="B4" i="4"/>
   <c r="B3" i="4"/>
   <c r="B9" i="2"/>
   <c r="B8" i="2"/>
   <c r="B6" i="2"/>
   <c r="B4" i="2"/>
   <c r="A9" i="7" l="1"/>
   <c r="A8" i="7"/>
   <c r="A9" i="5"/>
   <c r="A8" i="5"/>
   <c r="A9" i="2"/>
   <c r="A8" i="2"/>
   <c r="A9" i="4"/>
   <c r="A8" i="4"/>
   <c r="B7" i="7"/>
   <c r="B7" i="5"/>
   <c r="B7" i="4"/>
   <c r="B7" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6012" uniqueCount="1869">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6026" uniqueCount="1892">
   <si>
     <t>Entity</t>
   </si>
   <si>
     <t>Account Title</t>
   </si>
   <si>
     <t>SUNY @ Buffalo (28030)</t>
   </si>
   <si>
     <t>Campus:</t>
   </si>
   <si>
     <t>NACUBO Function</t>
   </si>
   <si>
     <t>Summer/ Winter Session? (SUTRA ONLY)</t>
   </si>
   <si>
     <t>Will this account receive federal revenue deposits? (ex. RF salary recovery)</t>
   </si>
   <si>
     <t>Requestors Name:</t>
   </si>
   <si>
@@ -5005,53 +5001,50 @@
   <si>
     <t>Central University Sustainability 3843</t>
   </si>
   <si>
     <t>Empire AI 4087</t>
   </si>
   <si>
     <t>Gateway Parking Lot 1911</t>
   </si>
   <si>
     <t>HWI Property 3854</t>
   </si>
   <si>
     <t>Middle States 1713</t>
   </si>
   <si>
     <t>Provost Supported Central Software 4088</t>
   </si>
   <si>
     <t>University Club 4089</t>
   </si>
   <si>
     <t>IT Communication and Engagement 1637</t>
   </si>
   <si>
-    <t>NCS Service Center 3861</t>
-[...1 lines deleted...]
-  <si>
     <t>Univ Wide Transitional 3883</t>
   </si>
   <si>
     <t>Art Galleries 3868</t>
   </si>
   <si>
     <t>CAS Events Team 2236</t>
   </si>
   <si>
     <t>Earth Sciences 3851</t>
   </si>
   <si>
     <t>Glacier History Lab 2982</t>
   </si>
   <si>
     <t>Sociology and Criminology 3869</t>
   </si>
   <si>
     <t>Theatre and Dance Space Rentals 2962</t>
   </si>
   <si>
     <t>UB Art Department Gallery Rental 3334</t>
   </si>
   <si>
     <t>APR Awards 4069</t>
@@ -5620,167 +5613,239 @@
   <si>
     <t>Libraries Admin Operations 1058</t>
   </si>
   <si>
     <t>NSF Graduate Research Fellowship Program 4085</t>
   </si>
   <si>
     <t>Professional Staff Senate 0526</t>
   </si>
   <si>
     <t>Research, Collections &amp; Outreach 0023</t>
   </si>
   <si>
     <t>Senior Vice Provost 2392</t>
   </si>
   <si>
     <t>Transfer and Articulation Services 1156</t>
   </si>
   <si>
     <t>Undergraduate Admissions 0002</t>
   </si>
   <si>
     <t>VPUE Strategic Initiatives 3463</t>
   </si>
   <si>
-    <t>Center for Alcohol and Artificial Intelligence Research 4080</t>
-[...1 lines deleted...]
-  <si>
     <t>Center for Smart Health AI 4084</t>
   </si>
   <si>
     <t>AIS Dept Operations 3867</t>
   </si>
   <si>
     <t>Atom Probe Usage 3095</t>
   </si>
   <si>
     <t>HRTEM Facility 3892</t>
   </si>
   <si>
     <t>Micro-Nanofluidics Laboratory 3860</t>
   </si>
   <si>
     <t>SEAS Enrollment Dept Operations 4076</t>
   </si>
   <si>
     <t>SEAS Outreach Programs 4077</t>
   </si>
   <si>
     <t>Clinics Administration 2305</t>
   </si>
   <si>
     <t>Externships and Pro Bono 3842</t>
   </si>
   <si>
     <t>LAW Academic Planning &amp; Analytics 3814</t>
   </si>
   <si>
-    <t>LAW Academic Programming Support 3813</t>
-[...1 lines deleted...]
-  <si>
     <t>LAW Commencement Prizes &amp; Awards 2322</t>
   </si>
   <si>
     <t>LAW Independent Groups, Clubs and Organizations 2642</t>
   </si>
   <si>
     <t>LAW Professional Development 3812</t>
   </si>
   <si>
     <t>LAW Rally the Pass 3811</t>
   </si>
   <si>
     <t>Law Combined BA 0714</t>
   </si>
   <si>
     <t>Law Journals 2319</t>
   </si>
   <si>
     <t>Behavioral Research Lab 3841</t>
   </si>
   <si>
     <t>Center for Entrepreneurial Leadership 1951</t>
   </si>
   <si>
     <t>Executive and Professional Education 4092</t>
   </si>
   <si>
     <t>Non-Credit Training and Continuing Education 1980</t>
   </si>
   <si>
     <t>Center for Biostatistical Support 3863</t>
   </si>
   <si>
     <t>Center for Climate Change and Health Equity 3847</t>
   </si>
   <si>
     <t>SSW Independent Groups, Clubs and Organizations 2641</t>
   </si>
   <si>
     <t>University Magazine - At Buffalo 4090</t>
   </si>
   <si>
     <t>Provide a detailed purpose of the account and explain how it aligns with the selected NACUBO Code</t>
   </si>
   <si>
-    <t>Entity by VP/Decanal - For Account Creation Forms 10/30/25</t>
-[...1 lines deleted...]
-  <si>
     <t>Development Funds-Division-wide Support Funds 1887</t>
   </si>
   <si>
     <t>Development-Department Support Funds 1816</t>
   </si>
   <si>
     <t>Development-Gate Receipts Contribution Funds 4102</t>
   </si>
   <si>
     <t>Development-Sport Excellence Funds 4101</t>
   </si>
   <si>
     <t>Endowment-Scholarships 1812</t>
   </si>
   <si>
     <t>JSMBS Advancement and Alumni Engagement Base 4093</t>
   </si>
   <si>
     <t>JSMBS Office of Medical Education Base 4094</t>
   </si>
   <si>
     <t>JSMBS Research Administration Base 4095</t>
+  </si>
+  <si>
+    <t>Entity by VP/Decanal - For Excel Account Creation Forms</t>
+  </si>
+  <si>
+    <t>Theatre and Dance Productions 4103</t>
+  </si>
+  <si>
+    <t>Recreation and Intramural Services Reserve Funds 4099</t>
+  </si>
+  <si>
+    <t>Center for Emerging Technology 4105</t>
+  </si>
+  <si>
+    <t>Quantum Institute 4109</t>
+  </si>
+  <si>
+    <t>LAW Academic &amp; Bar Success 3813</t>
+  </si>
+  <si>
+    <t>Pharmaceutical Sciences Instrumentation Center 1138</t>
+  </si>
+  <si>
+    <t>CIO Office &amp; Leadership 1643</t>
+  </si>
+  <si>
+    <t>CIO Operations 4112</t>
+  </si>
+  <si>
+    <t>CIO Strategic Portfolio Management 2014</t>
+  </si>
+  <si>
+    <t>Identity Access Management 4118</t>
+  </si>
+  <si>
+    <t>Innovation 4115</t>
+  </si>
+  <si>
+    <t>Network Service Center 3861</t>
+  </si>
+  <si>
+    <t>Research IT 4117</t>
+  </si>
+  <si>
+    <t>Emeritus Center 0798</t>
+  </si>
+  <si>
+    <t>Faculty Development 4111</t>
+  </si>
+  <si>
+    <t>The Cryo-EM Center 4120</t>
+  </si>
+  <si>
+    <t>Center for Addiction and Artificial Intelligence Research 4080</t>
+  </si>
+  <si>
+    <t>SDM Dean's Office Administration 3590</t>
+  </si>
+  <si>
+    <t>Center for AI Business Innovation 3838</t>
+  </si>
+  <si>
+    <t>IT Customer Experience 1648</t>
+  </si>
+  <si>
+    <t>PTS Broad Based Fees 3658</t>
+  </si>
+  <si>
+    <t>PTS Service Center 4122</t>
+  </si>
+  <si>
+    <t>Parking Operations 2854</t>
+  </si>
+  <si>
+    <t>Transit Operations 2857</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> ubs-statepcard@buffalo.edu</t>
+  </si>
+  <si>
+    <t>To request that new accounts be added for P-Card reconciliation, please contact:</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="6" formatCode="&quot;$&quot;#,##0_);[Red]\(&quot;$&quot;#,##0\)"/>
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
   </numFmts>
-  <fonts count="31" x14ac:knownFonts="1">
+  <fonts count="33" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -5928,72 +5993,83 @@
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color rgb="FF333399"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="12"/>
       <color rgb="FF00B050"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="14"/>
       <color rgb="FFFF1D1D"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
-      <i/>
-[...5 lines deleted...]
-    <font>
       <b/>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <b/>
       <sz val="8"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+    </font>
+    <font>
+      <b/>
+      <i/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="11">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -6641,81 +6717,81 @@
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="9" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="28" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="2" xfId="0" quotePrefix="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="10" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="30" fillId="10" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="6" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="6" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="6" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="31" fillId="6" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="26" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="3" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="5" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="Comma" xfId="1" builtinId="3"/>
     <cellStyle name="Hyperlink" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="3" xr:uid="{AA6E539B-148E-4F48-9FD9-01E7C0C8B1E0}"/>
   </cellStyles>
@@ -7300,7870 +7376,7875 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buffalo.edu/administrative-services/managing-money/managing-accounts.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ub-stateaccounting@buffalo.edu" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:%20ubs-statepcard@buffalo.edu" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buffalo.edu/administrative-services/managing-money/managing-accounts.html" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:ub-stateaccounting@buffalo.edu" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.buffalo.edu/administrative-services/managing-money/state-funds/create-maintain-accts/nacubo-codes.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.buffalo.edu/administrative-services/managing-money/managing-accounts/closing-an-account.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:F19"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
       <selection activeCell="B4" sqref="B4"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.86328125" defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
-    <col min="1" max="1" width="55.140625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="4" max="4" width="78.140625" customWidth="1"/>
+    <col min="1" max="1" width="55.1328125" customWidth="1"/>
+    <col min="2" max="2" width="41.73046875" customWidth="1"/>
+    <col min="4" max="4" width="78.1328125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="50.25" customHeight="1" x14ac:dyDescent="0.25"/>
-[...1 lines deleted...]
-    <row r="3" spans="1:6" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:6" ht="50.25" customHeight="1" x14ac:dyDescent="0.45"/>
+    <row r="2" spans="1:6" ht="12" customHeight="1" x14ac:dyDescent="0.45"/>
+    <row r="3" spans="1:6" ht="32.25" customHeight="1" x14ac:dyDescent="0.65">
       <c r="A3" s="21" t="s">
         <v>31</v>
       </c>
       <c r="B3" s="20"/>
       <c r="D3" s="32" t="s">
         <v>30</v>
       </c>
       <c r="E3" s="93"/>
       <c r="F3" s="93"/>
     </row>
-    <row r="4" spans="1:6" ht="37.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="4" spans="1:6" ht="37.5" customHeight="1" x14ac:dyDescent="0.65">
       <c r="A4" s="11" t="s">
         <v>7</v>
       </c>
       <c r="B4" s="34"/>
       <c r="D4" s="37" t="s">
         <v>1603</v>
       </c>
     </row>
-    <row r="5" spans="1:6" ht="24.95" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="5" spans="1:6" ht="24.95" customHeight="1" x14ac:dyDescent="0.65">
       <c r="A5" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B5" s="35"/>
       <c r="D5" s="12" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="6" spans="1:6" ht="24.95" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="6" spans="1:6" ht="24.95" customHeight="1" x14ac:dyDescent="0.65">
       <c r="A6" s="11" t="s">
         <v>65</v>
       </c>
       <c r="B6" s="73"/>
       <c r="D6" s="12" t="s">
         <v>33</v>
       </c>
     </row>
-    <row r="7" spans="1:6" ht="24.95" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="7" spans="1:6" ht="24.95" customHeight="1" x14ac:dyDescent="0.65">
       <c r="A7" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B7" s="35"/>
       <c r="D7" s="30" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="8" spans="1:6" ht="24.95" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="8" spans="1:6" ht="24.95" customHeight="1" x14ac:dyDescent="0.65">
       <c r="A8" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B8" s="35" t="s">
         <v>2</v>
       </c>
     </row>
-    <row r="9" spans="1:6" ht="24.95" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="9" spans="1:6" ht="24.95" customHeight="1" x14ac:dyDescent="0.65">
       <c r="A9" s="11" t="s">
         <v>23</v>
       </c>
       <c r="B9" s="34"/>
-      <c r="D9" s="37" t="s">
-[...3 lines deleted...]
-    <row r="10" spans="1:6" ht="24.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="D9" s="12" t="s">
+        <v>1891</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" ht="24.95" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A10" s="11" t="s">
         <v>24</v>
       </c>
       <c r="B10" s="39"/>
       <c r="D10" s="30" t="s">
-        <v>34</v>
-[...7 lines deleted...]
-    <row r="13" spans="1:6" ht="21" x14ac:dyDescent="0.35">
+        <v>1890</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" ht="18" customHeight="1" x14ac:dyDescent="0.45"/>
+    <row r="13" spans="1:6" ht="21" x14ac:dyDescent="0.65">
       <c r="A13" s="21" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="20"/>
-      <c r="D13" s="30"/>
-[...1 lines deleted...]
-    <row r="14" spans="1:6" x14ac:dyDescent="0.25">
+      <c r="D13" s="37" t="s">
+        <v>1608</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.45">
       <c r="A14" s="56" t="s">
         <v>1604</v>
       </c>
-    </row>
-    <row r="15" spans="1:6" ht="24.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="D14" s="30" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" ht="24.95" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A15" s="31" t="s">
         <v>27</v>
       </c>
-    </row>
-    <row r="16" spans="1:6" ht="24.95" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="D15" s="107" t="s">
+        <v>1611</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6" ht="24.95" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A16" s="31" t="s">
         <v>1605</v>
       </c>
     </row>
-    <row r="17" spans="1:1" ht="24.95" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:1" ht="24.95" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A17" s="31" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="18" spans="1:1" ht="24.95" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:1" ht="24.95" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A18" s="31" t="s">
         <v>29</v>
       </c>
     </row>
-    <row r="19" spans="1:1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="19" spans="1:1" ht="24.95" customHeight="1" x14ac:dyDescent="0.45"/>
   </sheetData>
   <sheetProtection insertColumns="0" insertRows="0" deleteColumns="0" deleteRows="0"/>
   <hyperlinks>
     <hyperlink ref="A15" location="'New Accounts'!A1" display="New Accounts" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="A16" location="'New Subaccounts'!A1" display="New Subacounts" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="A17" location="'Account Changes'!A1" display="Account Changes" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
     <hyperlink ref="A18" location="'Close Accounts'!A1" display="Close Accounts" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
-    <hyperlink ref="D10" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
+    <hyperlink ref="D14" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
     <hyperlink ref="D7" r:id="rId2" display="Please reference Managing Accounts for additional information." xr:uid="{69CD790E-E5E2-4F97-BDA8-45794F7D6ECF}"/>
+    <hyperlink ref="D10" r:id="rId3" xr:uid="{5BC33DE5-A0AD-4F08-B726-DCABE9EA3DC0}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId3"/>
-  <drawing r:id="rId4"/>
+  <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId4"/>
+  <drawing r:id="rId5"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="1">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{95CE7457-D8D5-4B9D-81CB-0526967538A6}">
           <x14:formula1>
             <xm:f>'VP Decanal-Entity Name &amp; Number'!$S$4:$S$28</xm:f>
           </x14:formula1>
           <xm:sqref>B6</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:AV201"/>
   <sheetViews>
     <sheetView showGridLines="0" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
-      <selection activeCell="A16" sqref="A16"/>
+      <selection activeCell="D16" sqref="D16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="33.5703125" defaultRowHeight="18.75" x14ac:dyDescent="0.3"/>
+  <sheetFormatPr defaultColWidth="33.59765625" defaultRowHeight="18" x14ac:dyDescent="0.55000000000000004"/>
   <cols>
-    <col min="1" max="1" width="29.85546875" style="12" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="10" max="10" width="19.7109375" style="12" customWidth="1"/>
+    <col min="1" max="1" width="29.86328125" style="12" customWidth="1"/>
+    <col min="2" max="2" width="32.265625" style="12" customWidth="1"/>
+    <col min="3" max="3" width="36.59765625" style="12" customWidth="1"/>
+    <col min="4" max="4" width="42.3984375" style="12" customWidth="1"/>
+    <col min="5" max="5" width="31.265625" style="12" customWidth="1"/>
+    <col min="6" max="6" width="32.3984375" style="13" customWidth="1"/>
+    <col min="7" max="8" width="29.59765625" style="12" customWidth="1"/>
+    <col min="9" max="9" width="26.3984375" style="12" customWidth="1"/>
+    <col min="10" max="10" width="19.73046875" style="12" customWidth="1"/>
     <col min="11" max="11" width="19" style="12" customWidth="1"/>
-    <col min="12" max="16384" width="33.5703125" style="12"/>
+    <col min="12" max="16384" width="33.59765625" style="12"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:48" ht="50.25" customHeight="1" x14ac:dyDescent="0.3"/>
-    <row r="2" spans="1:48" ht="22.5" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="1" spans="1:48" ht="50.25" customHeight="1" x14ac:dyDescent="0.55000000000000004"/>
+    <row r="2" spans="1:48" ht="22.5" customHeight="1" x14ac:dyDescent="0.65">
       <c r="A2" s="38" t="s">
         <v>36</v>
       </c>
       <c r="B2" s="20"/>
     </row>
-    <row r="3" spans="1:48" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:48" x14ac:dyDescent="0.55000000000000004">
       <c r="A3" s="11" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="46" t="str">
         <f>+'Step1 - Requestor-Unit Info '!B4 &amp; " "</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="4" spans="1:48" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:48" x14ac:dyDescent="0.55000000000000004">
       <c r="A4" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="46" t="str">
         <f>+'Step1 - Requestor-Unit Info '!B5 &amp; " "</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="5" spans="1:48" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:48" x14ac:dyDescent="0.55000000000000004">
       <c r="A5" s="11" t="s">
         <v>65</v>
       </c>
       <c r="B5" s="47" t="str">
         <f>+'Step1 - Requestor-Unit Info '!B6 &amp; " "</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="6" spans="1:48" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:48" x14ac:dyDescent="0.55000000000000004">
       <c r="A6" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="47" t="str">
         <f>+'Step1 - Requestor-Unit Info '!B7 &amp; " "</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="D6" s="30"/>
     </row>
-    <row r="7" spans="1:48" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:48" x14ac:dyDescent="0.55000000000000004">
       <c r="A7" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="48" t="str">
         <f>+'Step1 - Requestor-Unit Info '!B8</f>
         <v>SUNY @ Buffalo (28030)</v>
       </c>
     </row>
-    <row r="8" spans="1:48" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:48" x14ac:dyDescent="0.55000000000000004">
       <c r="A8" s="11" t="str">
         <f>+'Step1 - Requestor-Unit Info '!A9</f>
         <v>UBO Name:</v>
       </c>
       <c r="B8" s="47" t="str">
         <f>+'Step1 - Requestor-Unit Info '!B9 &amp; " "</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="9" spans="1:48" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:48" x14ac:dyDescent="0.55000000000000004">
       <c r="A9" s="11" t="str">
         <f>+'Step1 - Requestor-Unit Info '!A10</f>
         <v>UBO Email:</v>
       </c>
       <c r="B9" s="47" t="str">
         <f>+'Step1 - Requestor-Unit Info '!B10 &amp; " "</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="10" spans="1:48" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:48" x14ac:dyDescent="0.55000000000000004">
       <c r="A10" s="11"/>
       <c r="B10" s="40"/>
     </row>
-    <row r="11" spans="1:48" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:48" x14ac:dyDescent="0.55000000000000004">
       <c r="A11" s="11"/>
       <c r="B11" s="11"/>
       <c r="C11" s="11"/>
       <c r="D11" s="11"/>
       <c r="E11" s="11"/>
       <c r="F11" s="11"/>
       <c r="G11" s="11"/>
       <c r="H11" s="11"/>
       <c r="I11" s="11"/>
       <c r="J11" s="108" t="s">
         <v>1507</v>
       </c>
       <c r="K11" s="109"/>
       <c r="L11" s="110"/>
     </row>
-    <row r="12" spans="1:48" s="7" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:48" s="7" customFormat="1" ht="38.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A12" s="49" t="s">
         <v>58</v>
       </c>
       <c r="B12" s="49" t="s">
         <v>4</v>
       </c>
       <c r="C12" s="63" t="s">
         <v>1</v>
       </c>
       <c r="D12" s="49" t="s">
         <v>1506</v>
       </c>
       <c r="E12" s="50" t="s">
         <v>1615</v>
       </c>
       <c r="F12" s="49" t="s">
         <v>25</v>
       </c>
       <c r="G12" s="50" t="s">
         <v>5</v>
       </c>
       <c r="H12" s="51" t="s">
         <v>1510</v>
       </c>
       <c r="I12" s="51" t="s">
         <v>26</v>
       </c>
       <c r="J12" s="81" t="s">
         <v>1508</v>
       </c>
       <c r="K12" s="82" t="s">
         <v>1509</v>
       </c>
       <c r="L12" s="82" t="s">
         <v>1609</v>
       </c>
     </row>
-    <row r="13" spans="1:48" s="7" customFormat="1" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:48" s="7" customFormat="1" ht="15.75" x14ac:dyDescent="0.5">
       <c r="A13" s="52"/>
       <c r="B13" s="52"/>
       <c r="C13" s="52"/>
       <c r="D13" s="52"/>
       <c r="E13" s="52"/>
       <c r="F13" s="52"/>
       <c r="G13" s="52"/>
       <c r="H13" s="52"/>
       <c r="I13" s="52"/>
       <c r="J13" s="52"/>
       <c r="K13" s="83"/>
       <c r="L13" s="83"/>
     </row>
-    <row r="14" spans="1:48" s="1" customFormat="1" ht="54.75" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:48" s="1" customFormat="1" ht="54.75" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A14" s="58" t="s">
         <v>18</v>
       </c>
       <c r="B14" s="59" t="s">
         <v>56</v>
       </c>
       <c r="C14" s="58" t="s">
         <v>22</v>
       </c>
       <c r="D14" s="58" t="s">
         <v>18</v>
       </c>
       <c r="E14" s="58" t="s">
         <v>1612</v>
       </c>
       <c r="F14" s="58" t="s">
-        <v>1859</v>
+        <v>1856</v>
       </c>
       <c r="G14" s="58" t="s">
         <v>59</v>
       </c>
       <c r="H14" s="58" t="s">
         <v>1511</v>
       </c>
       <c r="I14" s="60" t="s">
         <v>6</v>
       </c>
       <c r="J14" s="58" t="s">
         <v>18</v>
       </c>
       <c r="K14" s="60" t="s">
         <v>1512</v>
       </c>
       <c r="L14" s="60" t="s">
         <v>1610</v>
       </c>
     </row>
-    <row r="15" spans="1:48" s="1" customFormat="1" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:48" s="1" customFormat="1" ht="23.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A15" s="45"/>
       <c r="B15" s="45"/>
       <c r="C15" s="23"/>
       <c r="D15" s="23"/>
-      <c r="E15" s="99" t="s">
+      <c r="E15" s="97" t="s">
         <v>1613</v>
       </c>
       <c r="F15" s="23"/>
       <c r="G15" s="23"/>
       <c r="H15" s="23"/>
       <c r="I15" s="24"/>
       <c r="J15" s="24"/>
       <c r="K15" s="84"/>
       <c r="L15" s="84"/>
     </row>
-    <row r="16" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="16" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A16" s="18"/>
       <c r="B16" s="22"/>
       <c r="C16" s="17"/>
       <c r="D16" s="17"/>
       <c r="E16" s="18"/>
       <c r="F16" s="17"/>
       <c r="G16" s="18"/>
       <c r="H16" s="18"/>
       <c r="I16" s="18"/>
       <c r="J16" s="18"/>
       <c r="K16" s="90"/>
       <c r="L16" s="94"/>
       <c r="M16" s="12"/>
       <c r="N16" s="12"/>
       <c r="O16" s="12"/>
       <c r="P16" s="12"/>
       <c r="Q16" s="12"/>
       <c r="R16" s="12"/>
       <c r="S16" s="12"/>
       <c r="T16" s="12"/>
       <c r="U16" s="12"/>
       <c r="V16" s="12"/>
       <c r="W16" s="12"/>
       <c r="X16" s="12"/>
       <c r="Y16" s="12"/>
       <c r="Z16" s="12"/>
       <c r="AA16" s="12"/>
       <c r="AB16" s="12"/>
       <c r="AC16" s="12"/>
       <c r="AD16" s="12"/>
       <c r="AE16" s="12"/>
       <c r="AF16" s="12"/>
       <c r="AG16" s="12"/>
       <c r="AH16" s="12"/>
       <c r="AI16" s="12"/>
       <c r="AJ16" s="12"/>
       <c r="AK16" s="12"/>
       <c r="AL16" s="12"/>
       <c r="AM16" s="12"/>
       <c r="AN16" s="12"/>
       <c r="AO16" s="12"/>
       <c r="AP16" s="12"/>
       <c r="AQ16" s="12"/>
       <c r="AR16" s="12"/>
       <c r="AS16" s="12"/>
       <c r="AT16" s="12"/>
       <c r="AU16" s="12"/>
       <c r="AV16" s="12"/>
     </row>
-    <row r="17" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="17" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A17" s="15"/>
       <c r="B17" s="22"/>
       <c r="C17" s="14"/>
       <c r="D17" s="17"/>
       <c r="E17" s="15"/>
       <c r="F17" s="14"/>
       <c r="G17" s="15"/>
       <c r="H17" s="15"/>
       <c r="I17" s="15"/>
       <c r="J17" s="18"/>
       <c r="K17" s="91"/>
       <c r="L17" s="95"/>
       <c r="M17" s="12"/>
       <c r="N17" s="12"/>
       <c r="O17" s="12"/>
       <c r="P17" s="12"/>
       <c r="Q17" s="12"/>
       <c r="R17" s="12"/>
       <c r="S17" s="12"/>
       <c r="T17" s="12"/>
       <c r="U17" s="12"/>
       <c r="V17" s="12"/>
       <c r="W17" s="12"/>
       <c r="X17" s="12"/>
       <c r="Y17" s="12"/>
       <c r="Z17" s="12"/>
       <c r="AA17" s="12"/>
       <c r="AB17" s="12"/>
       <c r="AC17" s="12"/>
       <c r="AD17" s="12"/>
       <c r="AE17" s="12"/>
       <c r="AF17" s="12"/>
       <c r="AG17" s="12"/>
       <c r="AH17" s="12"/>
       <c r="AI17" s="12"/>
       <c r="AJ17" s="12"/>
       <c r="AK17" s="12"/>
       <c r="AL17" s="12"/>
       <c r="AM17" s="12"/>
       <c r="AN17" s="12"/>
       <c r="AO17" s="12"/>
       <c r="AP17" s="12"/>
       <c r="AQ17" s="12"/>
       <c r="AR17" s="12"/>
       <c r="AS17" s="12"/>
       <c r="AT17" s="12"/>
       <c r="AU17" s="12"/>
       <c r="AV17" s="12"/>
     </row>
-    <row r="18" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="18" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A18" s="15"/>
       <c r="B18" s="22"/>
       <c r="C18" s="14"/>
       <c r="D18" s="17"/>
       <c r="E18" s="15"/>
       <c r="F18" s="14"/>
       <c r="G18" s="15"/>
       <c r="H18" s="15"/>
       <c r="I18" s="15"/>
       <c r="J18" s="18"/>
       <c r="K18" s="91"/>
       <c r="L18" s="95"/>
       <c r="M18" s="12"/>
       <c r="N18" s="12"/>
       <c r="O18" s="12"/>
       <c r="P18" s="12"/>
       <c r="Q18" s="12"/>
       <c r="R18" s="12"/>
       <c r="S18" s="12"/>
       <c r="T18" s="12"/>
       <c r="U18" s="12"/>
       <c r="V18" s="12"/>
       <c r="W18" s="12"/>
       <c r="X18" s="12"/>
       <c r="Y18" s="12"/>
       <c r="Z18" s="12"/>
       <c r="AA18" s="12"/>
       <c r="AB18" s="12"/>
       <c r="AC18" s="12"/>
       <c r="AD18" s="12"/>
       <c r="AE18" s="12"/>
       <c r="AF18" s="12"/>
       <c r="AG18" s="12"/>
       <c r="AH18" s="12"/>
       <c r="AI18" s="12"/>
       <c r="AJ18" s="12"/>
       <c r="AK18" s="12"/>
       <c r="AL18" s="12"/>
       <c r="AM18" s="12"/>
       <c r="AN18" s="12"/>
       <c r="AO18" s="12"/>
       <c r="AP18" s="12"/>
       <c r="AQ18" s="12"/>
       <c r="AR18" s="12"/>
       <c r="AS18" s="12"/>
       <c r="AT18" s="12"/>
       <c r="AU18" s="12"/>
       <c r="AV18" s="12"/>
     </row>
-    <row r="19" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="19" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A19" s="15"/>
       <c r="B19" s="22"/>
       <c r="C19" s="14"/>
       <c r="D19" s="17"/>
       <c r="E19" s="15"/>
       <c r="F19" s="14"/>
       <c r="G19" s="15"/>
       <c r="H19" s="15"/>
       <c r="I19" s="15"/>
       <c r="J19" s="18"/>
       <c r="K19" s="91"/>
       <c r="L19" s="95"/>
       <c r="M19" s="12"/>
       <c r="N19" s="12"/>
       <c r="O19" s="12"/>
       <c r="P19" s="12"/>
       <c r="Q19" s="12"/>
       <c r="R19" s="12"/>
       <c r="S19" s="12"/>
       <c r="T19" s="12"/>
       <c r="U19" s="12"/>
       <c r="V19" s="12"/>
       <c r="W19" s="12"/>
       <c r="X19" s="12"/>
       <c r="Y19" s="12"/>
       <c r="Z19" s="12"/>
       <c r="AA19" s="12"/>
       <c r="AB19" s="12"/>
       <c r="AC19" s="12"/>
       <c r="AD19" s="12"/>
       <c r="AE19" s="12"/>
       <c r="AF19" s="12"/>
       <c r="AG19" s="12"/>
       <c r="AH19" s="12"/>
       <c r="AI19" s="12"/>
       <c r="AJ19" s="12"/>
       <c r="AK19" s="12"/>
       <c r="AL19" s="12"/>
       <c r="AM19" s="12"/>
       <c r="AN19" s="12"/>
       <c r="AO19" s="12"/>
       <c r="AP19" s="12"/>
       <c r="AQ19" s="12"/>
       <c r="AR19" s="12"/>
       <c r="AS19" s="12"/>
       <c r="AT19" s="12"/>
       <c r="AU19" s="12"/>
       <c r="AV19" s="12"/>
     </row>
-    <row r="20" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A20" s="15"/>
       <c r="B20" s="22"/>
       <c r="C20" s="14"/>
       <c r="D20" s="17"/>
       <c r="E20" s="15"/>
       <c r="F20" s="14"/>
       <c r="G20" s="15"/>
       <c r="H20" s="15"/>
       <c r="I20" s="15"/>
       <c r="J20" s="18"/>
       <c r="K20" s="91"/>
       <c r="L20" s="95"/>
       <c r="M20" s="12"/>
       <c r="N20" s="12"/>
       <c r="O20" s="12"/>
       <c r="P20" s="12"/>
       <c r="Q20" s="12"/>
       <c r="R20" s="12"/>
       <c r="S20" s="12"/>
       <c r="T20" s="12"/>
       <c r="U20" s="12"/>
       <c r="V20" s="12"/>
       <c r="W20" s="12"/>
       <c r="X20" s="12"/>
       <c r="Y20" s="12"/>
       <c r="Z20" s="12"/>
       <c r="AA20" s="12"/>
       <c r="AB20" s="12"/>
       <c r="AC20" s="12"/>
       <c r="AD20" s="12"/>
       <c r="AE20" s="12"/>
       <c r="AF20" s="12"/>
       <c r="AG20" s="12"/>
       <c r="AH20" s="12"/>
       <c r="AI20" s="12"/>
       <c r="AJ20" s="12"/>
       <c r="AK20" s="12"/>
       <c r="AL20" s="12"/>
       <c r="AM20" s="12"/>
       <c r="AN20" s="12"/>
       <c r="AO20" s="12"/>
       <c r="AP20" s="12"/>
       <c r="AQ20" s="12"/>
       <c r="AR20" s="12"/>
       <c r="AS20" s="12"/>
       <c r="AT20" s="12"/>
       <c r="AU20" s="12"/>
       <c r="AV20" s="12"/>
     </row>
-    <row r="21" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="21" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A21" s="15"/>
       <c r="B21" s="22"/>
       <c r="C21" s="14"/>
       <c r="D21" s="17"/>
       <c r="E21" s="15"/>
       <c r="F21" s="14"/>
       <c r="G21" s="15"/>
       <c r="H21" s="15"/>
       <c r="I21" s="15"/>
       <c r="J21" s="18"/>
       <c r="K21" s="91"/>
       <c r="L21" s="95"/>
       <c r="M21" s="12"/>
       <c r="N21" s="12"/>
       <c r="O21" s="12"/>
       <c r="P21" s="12"/>
       <c r="Q21" s="12"/>
       <c r="R21" s="12"/>
       <c r="S21" s="12"/>
       <c r="T21" s="12"/>
       <c r="U21" s="12"/>
       <c r="V21" s="12"/>
       <c r="W21" s="12"/>
       <c r="X21" s="12"/>
       <c r="Y21" s="12"/>
       <c r="Z21" s="12"/>
       <c r="AA21" s="12"/>
       <c r="AB21" s="12"/>
       <c r="AC21" s="12"/>
       <c r="AD21" s="12"/>
       <c r="AE21" s="12"/>
       <c r="AF21" s="12"/>
       <c r="AG21" s="12"/>
       <c r="AH21" s="12"/>
       <c r="AI21" s="12"/>
       <c r="AJ21" s="12"/>
       <c r="AK21" s="12"/>
       <c r="AL21" s="12"/>
       <c r="AM21" s="12"/>
       <c r="AN21" s="12"/>
       <c r="AO21" s="12"/>
       <c r="AP21" s="12"/>
       <c r="AQ21" s="12"/>
       <c r="AR21" s="12"/>
       <c r="AS21" s="12"/>
       <c r="AT21" s="12"/>
       <c r="AU21" s="12"/>
       <c r="AV21" s="12"/>
     </row>
-    <row r="22" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="22" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A22" s="15"/>
       <c r="B22" s="22"/>
       <c r="C22" s="14"/>
       <c r="D22" s="17"/>
       <c r="E22" s="15"/>
       <c r="F22" s="14"/>
       <c r="G22" s="15"/>
       <c r="H22" s="15"/>
       <c r="I22" s="15"/>
       <c r="J22" s="18"/>
       <c r="K22" s="91"/>
       <c r="L22" s="95"/>
       <c r="M22" s="12"/>
       <c r="N22" s="12"/>
       <c r="O22" s="12"/>
       <c r="P22" s="12"/>
       <c r="Q22" s="12"/>
       <c r="R22" s="12"/>
       <c r="S22" s="12"/>
       <c r="T22" s="12"/>
       <c r="U22" s="12"/>
       <c r="V22" s="12"/>
       <c r="W22" s="12"/>
       <c r="X22" s="12"/>
       <c r="Y22" s="12"/>
       <c r="Z22" s="12"/>
       <c r="AA22" s="12"/>
       <c r="AB22" s="12"/>
       <c r="AC22" s="12"/>
       <c r="AD22" s="12"/>
       <c r="AE22" s="12"/>
       <c r="AF22" s="12"/>
       <c r="AG22" s="12"/>
       <c r="AH22" s="12"/>
       <c r="AI22" s="12"/>
       <c r="AJ22" s="12"/>
       <c r="AK22" s="12"/>
       <c r="AL22" s="12"/>
       <c r="AM22" s="12"/>
       <c r="AN22" s="12"/>
       <c r="AO22" s="12"/>
       <c r="AP22" s="12"/>
       <c r="AQ22" s="12"/>
       <c r="AR22" s="12"/>
       <c r="AS22" s="12"/>
       <c r="AT22" s="12"/>
       <c r="AU22" s="12"/>
       <c r="AV22" s="12"/>
     </row>
-    <row r="23" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="23" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A23" s="15"/>
       <c r="B23" s="22"/>
       <c r="C23" s="14"/>
       <c r="D23" s="17"/>
       <c r="E23" s="15"/>
       <c r="F23" s="14"/>
       <c r="G23" s="15"/>
       <c r="H23" s="15"/>
       <c r="I23" s="15"/>
       <c r="J23" s="18"/>
       <c r="K23" s="91"/>
       <c r="L23" s="95"/>
       <c r="M23" s="12"/>
       <c r="N23" s="12"/>
       <c r="O23" s="12"/>
       <c r="P23" s="12"/>
       <c r="Q23" s="12"/>
       <c r="R23" s="12"/>
       <c r="S23" s="12"/>
       <c r="T23" s="12"/>
       <c r="U23" s="12"/>
       <c r="V23" s="12"/>
       <c r="W23" s="12"/>
       <c r="X23" s="12"/>
       <c r="Y23" s="12"/>
       <c r="Z23" s="12"/>
       <c r="AA23" s="12"/>
       <c r="AB23" s="12"/>
       <c r="AC23" s="12"/>
       <c r="AD23" s="12"/>
       <c r="AE23" s="12"/>
       <c r="AF23" s="12"/>
       <c r="AG23" s="12"/>
       <c r="AH23" s="12"/>
       <c r="AI23" s="12"/>
       <c r="AJ23" s="12"/>
       <c r="AK23" s="12"/>
       <c r="AL23" s="12"/>
       <c r="AM23" s="12"/>
       <c r="AN23" s="12"/>
       <c r="AO23" s="12"/>
       <c r="AP23" s="12"/>
       <c r="AQ23" s="12"/>
       <c r="AR23" s="12"/>
       <c r="AS23" s="12"/>
       <c r="AT23" s="12"/>
       <c r="AU23" s="12"/>
       <c r="AV23" s="12"/>
     </row>
-    <row r="24" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="24" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A24" s="15"/>
       <c r="B24" s="22"/>
       <c r="C24" s="14"/>
       <c r="D24" s="17"/>
       <c r="E24" s="15"/>
       <c r="F24" s="14"/>
       <c r="G24" s="15"/>
       <c r="H24" s="15"/>
       <c r="I24" s="15"/>
       <c r="J24" s="18"/>
       <c r="K24" s="91"/>
       <c r="L24" s="95"/>
       <c r="M24" s="12"/>
       <c r="N24" s="12"/>
       <c r="O24" s="12"/>
       <c r="P24" s="12"/>
       <c r="Q24" s="12"/>
       <c r="R24" s="12"/>
       <c r="S24" s="12"/>
       <c r="T24" s="12"/>
       <c r="U24" s="12"/>
       <c r="V24" s="12"/>
       <c r="W24" s="12"/>
       <c r="X24" s="12"/>
       <c r="Y24" s="12"/>
       <c r="Z24" s="12"/>
       <c r="AA24" s="12"/>
       <c r="AB24" s="12"/>
       <c r="AC24" s="12"/>
       <c r="AD24" s="12"/>
       <c r="AE24" s="12"/>
       <c r="AF24" s="12"/>
       <c r="AG24" s="12"/>
       <c r="AH24" s="12"/>
       <c r="AI24" s="12"/>
       <c r="AJ24" s="12"/>
       <c r="AK24" s="12"/>
       <c r="AL24" s="12"/>
       <c r="AM24" s="12"/>
       <c r="AN24" s="12"/>
       <c r="AO24" s="12"/>
       <c r="AP24" s="12"/>
       <c r="AQ24" s="12"/>
       <c r="AR24" s="12"/>
       <c r="AS24" s="12"/>
       <c r="AT24" s="12"/>
       <c r="AU24" s="12"/>
       <c r="AV24" s="12"/>
     </row>
-    <row r="25" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="25" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A25" s="15"/>
       <c r="B25" s="22"/>
       <c r="C25" s="14"/>
       <c r="D25" s="17"/>
       <c r="E25" s="15"/>
       <c r="F25" s="14"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15"/>
       <c r="I25" s="15"/>
       <c r="J25" s="18"/>
       <c r="K25" s="91"/>
       <c r="L25" s="95"/>
       <c r="M25" s="12"/>
       <c r="N25" s="12"/>
       <c r="O25" s="12"/>
       <c r="P25" s="12"/>
       <c r="Q25" s="12"/>
       <c r="R25" s="12"/>
       <c r="S25" s="12"/>
       <c r="T25" s="12"/>
       <c r="U25" s="12"/>
       <c r="V25" s="12"/>
       <c r="W25" s="12"/>
       <c r="X25" s="12"/>
       <c r="Y25" s="12"/>
       <c r="Z25" s="12"/>
       <c r="AA25" s="12"/>
       <c r="AB25" s="12"/>
       <c r="AC25" s="12"/>
       <c r="AD25" s="12"/>
       <c r="AE25" s="12"/>
       <c r="AF25" s="12"/>
       <c r="AG25" s="12"/>
       <c r="AH25" s="12"/>
       <c r="AI25" s="12"/>
       <c r="AJ25" s="12"/>
       <c r="AK25" s="12"/>
       <c r="AL25" s="12"/>
       <c r="AM25" s="12"/>
       <c r="AN25" s="12"/>
       <c r="AO25" s="12"/>
       <c r="AP25" s="12"/>
       <c r="AQ25" s="12"/>
       <c r="AR25" s="12"/>
       <c r="AS25" s="12"/>
       <c r="AT25" s="12"/>
       <c r="AU25" s="12"/>
       <c r="AV25" s="12"/>
     </row>
-    <row r="26" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="26" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A26" s="15"/>
       <c r="B26" s="22"/>
       <c r="C26" s="14"/>
       <c r="D26" s="17"/>
       <c r="E26" s="15"/>
       <c r="F26" s="14"/>
       <c r="G26" s="15"/>
       <c r="H26" s="15"/>
       <c r="I26" s="15"/>
       <c r="J26" s="18"/>
       <c r="K26" s="91"/>
       <c r="L26" s="95"/>
       <c r="M26" s="12"/>
       <c r="N26" s="12"/>
       <c r="O26" s="12"/>
       <c r="P26" s="12"/>
       <c r="Q26" s="12"/>
       <c r="R26" s="12"/>
       <c r="S26" s="12"/>
       <c r="T26" s="12"/>
       <c r="U26" s="12"/>
       <c r="V26" s="12"/>
       <c r="W26" s="12"/>
       <c r="X26" s="12"/>
       <c r="Y26" s="12"/>
       <c r="Z26" s="12"/>
       <c r="AA26" s="12"/>
       <c r="AB26" s="12"/>
       <c r="AC26" s="12"/>
       <c r="AD26" s="12"/>
       <c r="AE26" s="12"/>
       <c r="AF26" s="12"/>
       <c r="AG26" s="12"/>
       <c r="AH26" s="12"/>
       <c r="AI26" s="12"/>
       <c r="AJ26" s="12"/>
       <c r="AK26" s="12"/>
       <c r="AL26" s="12"/>
       <c r="AM26" s="12"/>
       <c r="AN26" s="12"/>
       <c r="AO26" s="12"/>
       <c r="AP26" s="12"/>
       <c r="AQ26" s="12"/>
       <c r="AR26" s="12"/>
       <c r="AS26" s="12"/>
       <c r="AT26" s="12"/>
       <c r="AU26" s="12"/>
       <c r="AV26" s="12"/>
     </row>
-    <row r="27" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A27" s="15"/>
       <c r="B27" s="22"/>
       <c r="C27" s="14"/>
       <c r="D27" s="17"/>
       <c r="E27" s="15"/>
       <c r="F27" s="14"/>
       <c r="G27" s="15"/>
       <c r="H27" s="15"/>
       <c r="I27" s="15"/>
       <c r="J27" s="18"/>
       <c r="K27" s="91"/>
       <c r="L27" s="95"/>
       <c r="M27" s="12"/>
       <c r="N27" s="12"/>
       <c r="O27" s="12"/>
       <c r="P27" s="12"/>
       <c r="Q27" s="12"/>
       <c r="R27" s="12"/>
       <c r="S27" s="12"/>
       <c r="T27" s="12"/>
       <c r="U27" s="12"/>
       <c r="V27" s="12"/>
       <c r="W27" s="12"/>
       <c r="X27" s="12"/>
       <c r="Y27" s="12"/>
       <c r="Z27" s="12"/>
       <c r="AA27" s="12"/>
       <c r="AB27" s="12"/>
       <c r="AC27" s="12"/>
       <c r="AD27" s="12"/>
       <c r="AE27" s="12"/>
       <c r="AF27" s="12"/>
       <c r="AG27" s="12"/>
       <c r="AH27" s="12"/>
       <c r="AI27" s="12"/>
       <c r="AJ27" s="12"/>
       <c r="AK27" s="12"/>
       <c r="AL27" s="12"/>
       <c r="AM27" s="12"/>
       <c r="AN27" s="12"/>
       <c r="AO27" s="12"/>
       <c r="AP27" s="12"/>
       <c r="AQ27" s="12"/>
       <c r="AR27" s="12"/>
       <c r="AS27" s="12"/>
       <c r="AT27" s="12"/>
       <c r="AU27" s="12"/>
       <c r="AV27" s="12"/>
     </row>
-    <row r="28" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A28" s="15"/>
       <c r="B28" s="22"/>
       <c r="C28" s="14"/>
       <c r="D28" s="17"/>
       <c r="E28" s="15"/>
       <c r="F28" s="14"/>
       <c r="G28" s="15"/>
       <c r="H28" s="15"/>
       <c r="I28" s="15"/>
       <c r="J28" s="18"/>
       <c r="K28" s="91"/>
       <c r="L28" s="95"/>
       <c r="M28" s="12"/>
       <c r="N28" s="12"/>
       <c r="O28" s="12"/>
       <c r="P28" s="12"/>
       <c r="Q28" s="12"/>
       <c r="R28" s="12"/>
       <c r="S28" s="12"/>
       <c r="T28" s="12"/>
       <c r="U28" s="12"/>
       <c r="V28" s="12"/>
       <c r="W28" s="12"/>
       <c r="X28" s="12"/>
       <c r="Y28" s="12"/>
       <c r="Z28" s="12"/>
       <c r="AA28" s="12"/>
       <c r="AB28" s="12"/>
       <c r="AC28" s="12"/>
       <c r="AD28" s="12"/>
       <c r="AE28" s="12"/>
       <c r="AF28" s="12"/>
       <c r="AG28" s="12"/>
       <c r="AH28" s="12"/>
       <c r="AI28" s="12"/>
       <c r="AJ28" s="12"/>
       <c r="AK28" s="12"/>
       <c r="AL28" s="12"/>
       <c r="AM28" s="12"/>
       <c r="AN28" s="12"/>
       <c r="AO28" s="12"/>
       <c r="AP28" s="12"/>
       <c r="AQ28" s="12"/>
       <c r="AR28" s="12"/>
       <c r="AS28" s="12"/>
       <c r="AT28" s="12"/>
       <c r="AU28" s="12"/>
       <c r="AV28" s="12"/>
     </row>
-    <row r="29" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A29" s="15"/>
       <c r="B29" s="22"/>
       <c r="C29" s="14"/>
       <c r="D29" s="17"/>
       <c r="E29" s="15"/>
       <c r="F29" s="14"/>
       <c r="G29" s="15"/>
       <c r="H29" s="15"/>
       <c r="I29" s="15"/>
       <c r="J29" s="18"/>
       <c r="K29" s="91"/>
       <c r="L29" s="95"/>
       <c r="M29" s="12"/>
       <c r="N29" s="12"/>
       <c r="O29" s="12"/>
       <c r="P29" s="12"/>
       <c r="Q29" s="12"/>
       <c r="R29" s="12"/>
       <c r="S29" s="12"/>
       <c r="T29" s="12"/>
       <c r="U29" s="12"/>
       <c r="V29" s="12"/>
       <c r="W29" s="12"/>
       <c r="X29" s="12"/>
       <c r="Y29" s="12"/>
       <c r="Z29" s="12"/>
       <c r="AA29" s="12"/>
       <c r="AB29" s="12"/>
       <c r="AC29" s="12"/>
       <c r="AD29" s="12"/>
       <c r="AE29" s="12"/>
       <c r="AF29" s="12"/>
       <c r="AG29" s="12"/>
       <c r="AH29" s="12"/>
       <c r="AI29" s="12"/>
       <c r="AJ29" s="12"/>
       <c r="AK29" s="12"/>
       <c r="AL29" s="12"/>
       <c r="AM29" s="12"/>
       <c r="AN29" s="12"/>
       <c r="AO29" s="12"/>
       <c r="AP29" s="12"/>
       <c r="AQ29" s="12"/>
       <c r="AR29" s="12"/>
       <c r="AS29" s="12"/>
       <c r="AT29" s="12"/>
       <c r="AU29" s="12"/>
       <c r="AV29" s="12"/>
     </row>
-    <row r="30" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A30" s="15"/>
       <c r="B30" s="22"/>
       <c r="C30" s="14"/>
       <c r="D30" s="17"/>
       <c r="E30" s="15"/>
       <c r="F30" s="14"/>
       <c r="G30" s="15"/>
       <c r="H30" s="15"/>
       <c r="I30" s="15"/>
       <c r="J30" s="18"/>
       <c r="K30" s="91"/>
       <c r="L30" s="95"/>
       <c r="M30" s="12"/>
       <c r="N30" s="12"/>
       <c r="O30" s="12"/>
       <c r="P30" s="12"/>
       <c r="Q30" s="12"/>
       <c r="R30" s="12"/>
       <c r="S30" s="12"/>
       <c r="T30" s="12"/>
       <c r="U30" s="12"/>
       <c r="V30" s="12"/>
       <c r="W30" s="12"/>
       <c r="X30" s="12"/>
       <c r="Y30" s="12"/>
       <c r="Z30" s="12"/>
       <c r="AA30" s="12"/>
       <c r="AB30" s="12"/>
       <c r="AC30" s="12"/>
       <c r="AD30" s="12"/>
       <c r="AE30" s="12"/>
       <c r="AF30" s="12"/>
       <c r="AG30" s="12"/>
       <c r="AH30" s="12"/>
       <c r="AI30" s="12"/>
       <c r="AJ30" s="12"/>
       <c r="AK30" s="12"/>
       <c r="AL30" s="12"/>
       <c r="AM30" s="12"/>
       <c r="AN30" s="12"/>
       <c r="AO30" s="12"/>
       <c r="AP30" s="12"/>
       <c r="AQ30" s="12"/>
       <c r="AR30" s="12"/>
       <c r="AS30" s="12"/>
       <c r="AT30" s="12"/>
       <c r="AU30" s="12"/>
       <c r="AV30" s="12"/>
     </row>
-    <row r="31" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A31" s="15"/>
       <c r="B31" s="22"/>
       <c r="C31" s="14"/>
       <c r="D31" s="17"/>
       <c r="E31" s="15"/>
       <c r="F31" s="14"/>
       <c r="G31" s="15"/>
       <c r="H31" s="15"/>
       <c r="I31" s="15"/>
       <c r="J31" s="18"/>
       <c r="K31" s="91"/>
       <c r="L31" s="95"/>
       <c r="M31" s="12"/>
       <c r="N31" s="12"/>
       <c r="O31" s="12"/>
       <c r="P31" s="12"/>
       <c r="Q31" s="12"/>
       <c r="R31" s="12"/>
       <c r="S31" s="12"/>
       <c r="T31" s="12"/>
       <c r="U31" s="12"/>
       <c r="V31" s="12"/>
       <c r="W31" s="12"/>
       <c r="X31" s="12"/>
       <c r="Y31" s="12"/>
       <c r="Z31" s="12"/>
       <c r="AA31" s="12"/>
       <c r="AB31" s="12"/>
       <c r="AC31" s="12"/>
       <c r="AD31" s="12"/>
       <c r="AE31" s="12"/>
       <c r="AF31" s="12"/>
       <c r="AG31" s="12"/>
       <c r="AH31" s="12"/>
       <c r="AI31" s="12"/>
       <c r="AJ31" s="12"/>
       <c r="AK31" s="12"/>
       <c r="AL31" s="12"/>
       <c r="AM31" s="12"/>
       <c r="AN31" s="12"/>
       <c r="AO31" s="12"/>
       <c r="AP31" s="12"/>
       <c r="AQ31" s="12"/>
       <c r="AR31" s="12"/>
       <c r="AS31" s="12"/>
       <c r="AT31" s="12"/>
       <c r="AU31" s="12"/>
       <c r="AV31" s="12"/>
     </row>
-    <row r="32" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A32" s="15"/>
       <c r="B32" s="22"/>
       <c r="C32" s="14"/>
       <c r="D32" s="17"/>
       <c r="E32" s="15"/>
       <c r="F32" s="14"/>
       <c r="G32" s="15"/>
       <c r="H32" s="15"/>
       <c r="I32" s="15"/>
       <c r="J32" s="18"/>
       <c r="K32" s="91"/>
       <c r="L32" s="95"/>
       <c r="M32" s="12"/>
       <c r="N32" s="12"/>
       <c r="O32" s="12"/>
       <c r="P32" s="12"/>
       <c r="Q32" s="12"/>
       <c r="R32" s="12"/>
       <c r="S32" s="12"/>
       <c r="T32" s="12"/>
       <c r="U32" s="12"/>
       <c r="V32" s="12"/>
       <c r="W32" s="12"/>
       <c r="X32" s="12"/>
       <c r="Y32" s="12"/>
       <c r="Z32" s="12"/>
       <c r="AA32" s="12"/>
       <c r="AB32" s="12"/>
       <c r="AC32" s="12"/>
       <c r="AD32" s="12"/>
       <c r="AE32" s="12"/>
       <c r="AF32" s="12"/>
       <c r="AG32" s="12"/>
       <c r="AH32" s="12"/>
       <c r="AI32" s="12"/>
       <c r="AJ32" s="12"/>
       <c r="AK32" s="12"/>
       <c r="AL32" s="12"/>
       <c r="AM32" s="12"/>
       <c r="AN32" s="12"/>
       <c r="AO32" s="12"/>
       <c r="AP32" s="12"/>
       <c r="AQ32" s="12"/>
       <c r="AR32" s="12"/>
       <c r="AS32" s="12"/>
       <c r="AT32" s="12"/>
       <c r="AU32" s="12"/>
       <c r="AV32" s="12"/>
     </row>
-    <row r="33" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="33" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A33" s="15"/>
       <c r="B33" s="22"/>
       <c r="C33" s="14"/>
       <c r="D33" s="17"/>
       <c r="E33" s="15"/>
       <c r="F33" s="14"/>
       <c r="G33" s="15"/>
       <c r="H33" s="15"/>
       <c r="I33" s="15"/>
       <c r="J33" s="18"/>
       <c r="K33" s="91"/>
       <c r="L33" s="95"/>
       <c r="M33" s="12"/>
       <c r="N33" s="12"/>
       <c r="O33" s="12"/>
       <c r="P33" s="12"/>
       <c r="Q33" s="12"/>
       <c r="R33" s="12"/>
       <c r="S33" s="12"/>
       <c r="T33" s="12"/>
       <c r="U33" s="12"/>
       <c r="V33" s="12"/>
       <c r="W33" s="12"/>
       <c r="X33" s="12"/>
       <c r="Y33" s="12"/>
       <c r="Z33" s="12"/>
       <c r="AA33" s="12"/>
       <c r="AB33" s="12"/>
       <c r="AC33" s="12"/>
       <c r="AD33" s="12"/>
       <c r="AE33" s="12"/>
       <c r="AF33" s="12"/>
       <c r="AG33" s="12"/>
       <c r="AH33" s="12"/>
       <c r="AI33" s="12"/>
       <c r="AJ33" s="12"/>
       <c r="AK33" s="12"/>
       <c r="AL33" s="12"/>
       <c r="AM33" s="12"/>
       <c r="AN33" s="12"/>
       <c r="AO33" s="12"/>
       <c r="AP33" s="12"/>
       <c r="AQ33" s="12"/>
       <c r="AR33" s="12"/>
       <c r="AS33" s="12"/>
       <c r="AT33" s="12"/>
       <c r="AU33" s="12"/>
       <c r="AV33" s="12"/>
     </row>
-    <row r="34" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="34" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A34" s="15"/>
       <c r="B34" s="22"/>
       <c r="C34" s="14"/>
       <c r="D34" s="17"/>
       <c r="E34" s="15"/>
       <c r="F34" s="14"/>
       <c r="G34" s="15"/>
       <c r="H34" s="15"/>
       <c r="I34" s="15"/>
       <c r="J34" s="18"/>
       <c r="K34" s="91"/>
       <c r="L34" s="95"/>
       <c r="M34" s="12"/>
       <c r="N34" s="12"/>
       <c r="O34" s="12"/>
       <c r="P34" s="12"/>
       <c r="Q34" s="12"/>
       <c r="R34" s="12"/>
       <c r="S34" s="12"/>
       <c r="T34" s="12"/>
       <c r="U34" s="12"/>
       <c r="V34" s="12"/>
       <c r="W34" s="12"/>
       <c r="X34" s="12"/>
       <c r="Y34" s="12"/>
       <c r="Z34" s="12"/>
       <c r="AA34" s="12"/>
       <c r="AB34" s="12"/>
       <c r="AC34" s="12"/>
       <c r="AD34" s="12"/>
       <c r="AE34" s="12"/>
       <c r="AF34" s="12"/>
       <c r="AG34" s="12"/>
       <c r="AH34" s="12"/>
       <c r="AI34" s="12"/>
       <c r="AJ34" s="12"/>
       <c r="AK34" s="12"/>
       <c r="AL34" s="12"/>
       <c r="AM34" s="12"/>
       <c r="AN34" s="12"/>
       <c r="AO34" s="12"/>
       <c r="AP34" s="12"/>
       <c r="AQ34" s="12"/>
       <c r="AR34" s="12"/>
       <c r="AS34" s="12"/>
       <c r="AT34" s="12"/>
       <c r="AU34" s="12"/>
       <c r="AV34" s="12"/>
     </row>
-    <row r="35" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="35" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A35" s="15"/>
       <c r="B35" s="22"/>
       <c r="C35" s="14"/>
       <c r="D35" s="17"/>
       <c r="E35" s="15"/>
       <c r="F35" s="14"/>
       <c r="G35" s="15"/>
       <c r="H35" s="15"/>
       <c r="I35" s="15"/>
       <c r="J35" s="18"/>
       <c r="K35" s="91"/>
       <c r="L35" s="95"/>
       <c r="M35" s="12"/>
       <c r="N35" s="12"/>
       <c r="O35" s="12"/>
       <c r="P35" s="12"/>
       <c r="Q35" s="12"/>
       <c r="R35" s="12"/>
       <c r="S35" s="12"/>
       <c r="T35" s="12"/>
       <c r="U35" s="12"/>
       <c r="V35" s="12"/>
       <c r="W35" s="12"/>
       <c r="X35" s="12"/>
       <c r="Y35" s="12"/>
       <c r="Z35" s="12"/>
       <c r="AA35" s="12"/>
       <c r="AB35" s="12"/>
       <c r="AC35" s="12"/>
       <c r="AD35" s="12"/>
       <c r="AE35" s="12"/>
       <c r="AF35" s="12"/>
       <c r="AG35" s="12"/>
       <c r="AH35" s="12"/>
       <c r="AI35" s="12"/>
       <c r="AJ35" s="12"/>
       <c r="AK35" s="12"/>
       <c r="AL35" s="12"/>
       <c r="AM35" s="12"/>
       <c r="AN35" s="12"/>
       <c r="AO35" s="12"/>
       <c r="AP35" s="12"/>
       <c r="AQ35" s="12"/>
       <c r="AR35" s="12"/>
       <c r="AS35" s="12"/>
       <c r="AT35" s="12"/>
       <c r="AU35" s="12"/>
       <c r="AV35" s="12"/>
     </row>
-    <row r="36" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="36" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A36" s="15"/>
       <c r="B36" s="22"/>
       <c r="C36" s="14"/>
       <c r="D36" s="17"/>
       <c r="E36" s="15"/>
       <c r="F36" s="14"/>
       <c r="G36" s="15"/>
       <c r="H36" s="15"/>
       <c r="I36" s="15"/>
       <c r="J36" s="18"/>
       <c r="K36" s="91"/>
       <c r="L36" s="95"/>
       <c r="M36" s="12"/>
       <c r="N36" s="12"/>
       <c r="O36" s="12"/>
       <c r="P36" s="12"/>
       <c r="Q36" s="12"/>
       <c r="R36" s="12"/>
       <c r="S36" s="12"/>
       <c r="T36" s="12"/>
       <c r="U36" s="12"/>
       <c r="V36" s="12"/>
       <c r="W36" s="12"/>
       <c r="X36" s="12"/>
       <c r="Y36" s="12"/>
       <c r="Z36" s="12"/>
       <c r="AA36" s="12"/>
       <c r="AB36" s="12"/>
       <c r="AC36" s="12"/>
       <c r="AD36" s="12"/>
       <c r="AE36" s="12"/>
       <c r="AF36" s="12"/>
       <c r="AG36" s="12"/>
       <c r="AH36" s="12"/>
       <c r="AI36" s="12"/>
       <c r="AJ36" s="12"/>
       <c r="AK36" s="12"/>
       <c r="AL36" s="12"/>
       <c r="AM36" s="12"/>
       <c r="AN36" s="12"/>
       <c r="AO36" s="12"/>
       <c r="AP36" s="12"/>
       <c r="AQ36" s="12"/>
       <c r="AR36" s="12"/>
       <c r="AS36" s="12"/>
       <c r="AT36" s="12"/>
       <c r="AU36" s="12"/>
       <c r="AV36" s="12"/>
     </row>
-    <row r="37" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="37" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A37" s="15"/>
       <c r="B37" s="22"/>
       <c r="C37" s="14"/>
       <c r="D37" s="17"/>
       <c r="E37" s="15"/>
       <c r="F37" s="14"/>
       <c r="G37" s="15"/>
       <c r="H37" s="15"/>
       <c r="I37" s="15"/>
       <c r="J37" s="18"/>
       <c r="K37" s="91"/>
       <c r="L37" s="95"/>
       <c r="M37" s="12"/>
       <c r="N37" s="12"/>
       <c r="O37" s="12"/>
       <c r="P37" s="12"/>
       <c r="Q37" s="12"/>
       <c r="R37" s="12"/>
       <c r="S37" s="12"/>
       <c r="T37" s="12"/>
       <c r="U37" s="12"/>
       <c r="V37" s="12"/>
       <c r="W37" s="12"/>
       <c r="X37" s="12"/>
       <c r="Y37" s="12"/>
       <c r="Z37" s="12"/>
       <c r="AA37" s="12"/>
       <c r="AB37" s="12"/>
       <c r="AC37" s="12"/>
       <c r="AD37" s="12"/>
       <c r="AE37" s="12"/>
       <c r="AF37" s="12"/>
       <c r="AG37" s="12"/>
       <c r="AH37" s="12"/>
       <c r="AI37" s="12"/>
       <c r="AJ37" s="12"/>
       <c r="AK37" s="12"/>
       <c r="AL37" s="12"/>
       <c r="AM37" s="12"/>
       <c r="AN37" s="12"/>
       <c r="AO37" s="12"/>
       <c r="AP37" s="12"/>
       <c r="AQ37" s="12"/>
       <c r="AR37" s="12"/>
       <c r="AS37" s="12"/>
       <c r="AT37" s="12"/>
       <c r="AU37" s="12"/>
       <c r="AV37" s="12"/>
     </row>
-    <row r="38" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="38" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A38" s="15"/>
       <c r="B38" s="22"/>
       <c r="C38" s="14"/>
       <c r="D38" s="17"/>
       <c r="E38" s="15"/>
       <c r="F38" s="14"/>
       <c r="G38" s="15"/>
       <c r="H38" s="15"/>
       <c r="I38" s="15"/>
       <c r="J38" s="18"/>
       <c r="K38" s="91"/>
       <c r="L38" s="95"/>
       <c r="M38" s="12"/>
       <c r="N38" s="12"/>
       <c r="O38" s="12"/>
       <c r="P38" s="12"/>
       <c r="Q38" s="12"/>
       <c r="R38" s="12"/>
       <c r="S38" s="12"/>
       <c r="T38" s="12"/>
       <c r="U38" s="12"/>
       <c r="V38" s="12"/>
       <c r="W38" s="12"/>
       <c r="X38" s="12"/>
       <c r="Y38" s="12"/>
       <c r="Z38" s="12"/>
       <c r="AA38" s="12"/>
       <c r="AB38" s="12"/>
       <c r="AC38" s="12"/>
       <c r="AD38" s="12"/>
       <c r="AE38" s="12"/>
       <c r="AF38" s="12"/>
       <c r="AG38" s="12"/>
       <c r="AH38" s="12"/>
       <c r="AI38" s="12"/>
       <c r="AJ38" s="12"/>
       <c r="AK38" s="12"/>
       <c r="AL38" s="12"/>
       <c r="AM38" s="12"/>
       <c r="AN38" s="12"/>
       <c r="AO38" s="12"/>
       <c r="AP38" s="12"/>
       <c r="AQ38" s="12"/>
       <c r="AR38" s="12"/>
       <c r="AS38" s="12"/>
       <c r="AT38" s="12"/>
       <c r="AU38" s="12"/>
       <c r="AV38" s="12"/>
     </row>
-    <row r="39" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="39" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A39" s="15"/>
       <c r="B39" s="22"/>
       <c r="C39" s="14"/>
       <c r="D39" s="17"/>
       <c r="E39" s="15"/>
       <c r="F39" s="14"/>
       <c r="G39" s="15"/>
       <c r="H39" s="15"/>
       <c r="I39" s="15"/>
       <c r="J39" s="18"/>
       <c r="K39" s="91"/>
       <c r="L39" s="95"/>
       <c r="M39" s="12"/>
       <c r="N39" s="12"/>
       <c r="O39" s="12"/>
       <c r="P39" s="12"/>
       <c r="Q39" s="12"/>
       <c r="R39" s="12"/>
       <c r="S39" s="12"/>
       <c r="T39" s="12"/>
       <c r="U39" s="12"/>
       <c r="V39" s="12"/>
       <c r="W39" s="12"/>
       <c r="X39" s="12"/>
       <c r="Y39" s="12"/>
       <c r="Z39" s="12"/>
       <c r="AA39" s="12"/>
       <c r="AB39" s="12"/>
       <c r="AC39" s="12"/>
       <c r="AD39" s="12"/>
       <c r="AE39" s="12"/>
       <c r="AF39" s="12"/>
       <c r="AG39" s="12"/>
       <c r="AH39" s="12"/>
       <c r="AI39" s="12"/>
       <c r="AJ39" s="12"/>
       <c r="AK39" s="12"/>
       <c r="AL39" s="12"/>
       <c r="AM39" s="12"/>
       <c r="AN39" s="12"/>
       <c r="AO39" s="12"/>
       <c r="AP39" s="12"/>
       <c r="AQ39" s="12"/>
       <c r="AR39" s="12"/>
       <c r="AS39" s="12"/>
       <c r="AT39" s="12"/>
       <c r="AU39" s="12"/>
       <c r="AV39" s="12"/>
     </row>
-    <row r="40" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="40" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A40" s="15"/>
       <c r="B40" s="22"/>
       <c r="C40" s="14"/>
       <c r="D40" s="17"/>
       <c r="E40" s="15"/>
       <c r="F40" s="14"/>
       <c r="G40" s="15"/>
       <c r="H40" s="15"/>
       <c r="I40" s="15"/>
       <c r="J40" s="18"/>
       <c r="K40" s="91"/>
       <c r="L40" s="95"/>
       <c r="M40" s="12"/>
       <c r="N40" s="12"/>
       <c r="O40" s="12"/>
       <c r="P40" s="12"/>
       <c r="Q40" s="12"/>
       <c r="R40" s="12"/>
       <c r="S40" s="12"/>
       <c r="T40" s="12"/>
       <c r="U40" s="12"/>
       <c r="V40" s="12"/>
       <c r="W40" s="12"/>
       <c r="X40" s="12"/>
       <c r="Y40" s="12"/>
       <c r="Z40" s="12"/>
       <c r="AA40" s="12"/>
       <c r="AB40" s="12"/>
       <c r="AC40" s="12"/>
       <c r="AD40" s="12"/>
       <c r="AE40" s="12"/>
       <c r="AF40" s="12"/>
       <c r="AG40" s="12"/>
       <c r="AH40" s="12"/>
       <c r="AI40" s="12"/>
       <c r="AJ40" s="12"/>
       <c r="AK40" s="12"/>
       <c r="AL40" s="12"/>
       <c r="AM40" s="12"/>
       <c r="AN40" s="12"/>
       <c r="AO40" s="12"/>
       <c r="AP40" s="12"/>
       <c r="AQ40" s="12"/>
       <c r="AR40" s="12"/>
       <c r="AS40" s="12"/>
       <c r="AT40" s="12"/>
       <c r="AU40" s="12"/>
       <c r="AV40" s="12"/>
     </row>
-    <row r="41" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="41" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A41" s="15"/>
       <c r="B41" s="22"/>
       <c r="C41" s="14"/>
       <c r="D41" s="17"/>
       <c r="E41" s="15"/>
       <c r="F41" s="14"/>
       <c r="G41" s="15"/>
       <c r="H41" s="15"/>
       <c r="I41" s="15"/>
       <c r="J41" s="18"/>
       <c r="K41" s="91"/>
       <c r="L41" s="95"/>
       <c r="M41" s="12"/>
       <c r="N41" s="12"/>
       <c r="O41" s="12"/>
       <c r="P41" s="12"/>
       <c r="Q41" s="12"/>
       <c r="R41" s="12"/>
       <c r="S41" s="12"/>
       <c r="T41" s="12"/>
       <c r="U41" s="12"/>
       <c r="V41" s="12"/>
       <c r="W41" s="12"/>
       <c r="X41" s="12"/>
       <c r="Y41" s="12"/>
       <c r="Z41" s="12"/>
       <c r="AA41" s="12"/>
       <c r="AB41" s="12"/>
       <c r="AC41" s="12"/>
       <c r="AD41" s="12"/>
       <c r="AE41" s="12"/>
       <c r="AF41" s="12"/>
       <c r="AG41" s="12"/>
       <c r="AH41" s="12"/>
       <c r="AI41" s="12"/>
       <c r="AJ41" s="12"/>
       <c r="AK41" s="12"/>
       <c r="AL41" s="12"/>
       <c r="AM41" s="12"/>
       <c r="AN41" s="12"/>
       <c r="AO41" s="12"/>
       <c r="AP41" s="12"/>
       <c r="AQ41" s="12"/>
       <c r="AR41" s="12"/>
       <c r="AS41" s="12"/>
       <c r="AT41" s="12"/>
       <c r="AU41" s="12"/>
       <c r="AV41" s="12"/>
     </row>
-    <row r="42" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="42" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A42" s="15"/>
       <c r="B42" s="22"/>
       <c r="C42" s="14"/>
       <c r="D42" s="17"/>
       <c r="E42" s="15"/>
       <c r="F42" s="14"/>
       <c r="G42" s="15"/>
       <c r="H42" s="15"/>
       <c r="I42" s="15"/>
       <c r="J42" s="18"/>
       <c r="K42" s="91"/>
       <c r="L42" s="95"/>
       <c r="M42" s="12"/>
       <c r="N42" s="12"/>
       <c r="O42" s="12"/>
       <c r="P42" s="12"/>
       <c r="Q42" s="12"/>
       <c r="R42" s="12"/>
       <c r="S42" s="12"/>
       <c r="T42" s="12"/>
       <c r="U42" s="12"/>
       <c r="V42" s="12"/>
       <c r="W42" s="12"/>
       <c r="X42" s="12"/>
       <c r="Y42" s="12"/>
       <c r="Z42" s="12"/>
       <c r="AA42" s="12"/>
       <c r="AB42" s="12"/>
       <c r="AC42" s="12"/>
       <c r="AD42" s="12"/>
       <c r="AE42" s="12"/>
       <c r="AF42" s="12"/>
       <c r="AG42" s="12"/>
       <c r="AH42" s="12"/>
       <c r="AI42" s="12"/>
       <c r="AJ42" s="12"/>
       <c r="AK42" s="12"/>
       <c r="AL42" s="12"/>
       <c r="AM42" s="12"/>
       <c r="AN42" s="12"/>
       <c r="AO42" s="12"/>
       <c r="AP42" s="12"/>
       <c r="AQ42" s="12"/>
       <c r="AR42" s="12"/>
       <c r="AS42" s="12"/>
       <c r="AT42" s="12"/>
       <c r="AU42" s="12"/>
       <c r="AV42" s="12"/>
     </row>
-    <row r="43" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="43" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A43" s="15"/>
       <c r="B43" s="22"/>
       <c r="C43" s="14"/>
       <c r="D43" s="17"/>
       <c r="E43" s="15"/>
       <c r="F43" s="14"/>
       <c r="G43" s="15"/>
       <c r="H43" s="15"/>
       <c r="I43" s="15"/>
       <c r="J43" s="18"/>
       <c r="K43" s="91"/>
       <c r="L43" s="95"/>
       <c r="M43" s="12"/>
       <c r="N43" s="12"/>
       <c r="O43" s="12"/>
       <c r="P43" s="12"/>
       <c r="Q43" s="12"/>
       <c r="R43" s="12"/>
       <c r="S43" s="12"/>
       <c r="T43" s="12"/>
       <c r="U43" s="12"/>
       <c r="V43" s="12"/>
       <c r="W43" s="12"/>
       <c r="X43" s="12"/>
       <c r="Y43" s="12"/>
       <c r="Z43" s="12"/>
       <c r="AA43" s="12"/>
       <c r="AB43" s="12"/>
       <c r="AC43" s="12"/>
       <c r="AD43" s="12"/>
       <c r="AE43" s="12"/>
       <c r="AF43" s="12"/>
       <c r="AG43" s="12"/>
       <c r="AH43" s="12"/>
       <c r="AI43" s="12"/>
       <c r="AJ43" s="12"/>
       <c r="AK43" s="12"/>
       <c r="AL43" s="12"/>
       <c r="AM43" s="12"/>
       <c r="AN43" s="12"/>
       <c r="AO43" s="12"/>
       <c r="AP43" s="12"/>
       <c r="AQ43" s="12"/>
       <c r="AR43" s="12"/>
       <c r="AS43" s="12"/>
       <c r="AT43" s="12"/>
       <c r="AU43" s="12"/>
       <c r="AV43" s="12"/>
     </row>
-    <row r="44" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="44" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A44" s="15"/>
       <c r="B44" s="22"/>
       <c r="C44" s="14"/>
       <c r="D44" s="17"/>
       <c r="E44" s="15"/>
       <c r="F44" s="14"/>
       <c r="G44" s="15"/>
       <c r="H44" s="15"/>
       <c r="I44" s="15"/>
       <c r="J44" s="18"/>
       <c r="K44" s="91"/>
       <c r="L44" s="95"/>
       <c r="M44" s="12"/>
       <c r="N44" s="12"/>
       <c r="O44" s="12"/>
       <c r="P44" s="12"/>
       <c r="Q44" s="12"/>
       <c r="R44" s="12"/>
       <c r="S44" s="12"/>
       <c r="T44" s="12"/>
       <c r="U44" s="12"/>
       <c r="V44" s="12"/>
       <c r="W44" s="12"/>
       <c r="X44" s="12"/>
       <c r="Y44" s="12"/>
       <c r="Z44" s="12"/>
       <c r="AA44" s="12"/>
       <c r="AB44" s="12"/>
       <c r="AC44" s="12"/>
       <c r="AD44" s="12"/>
       <c r="AE44" s="12"/>
       <c r="AF44" s="12"/>
       <c r="AG44" s="12"/>
       <c r="AH44" s="12"/>
       <c r="AI44" s="12"/>
       <c r="AJ44" s="12"/>
       <c r="AK44" s="12"/>
       <c r="AL44" s="12"/>
       <c r="AM44" s="12"/>
       <c r="AN44" s="12"/>
       <c r="AO44" s="12"/>
       <c r="AP44" s="12"/>
       <c r="AQ44" s="12"/>
       <c r="AR44" s="12"/>
       <c r="AS44" s="12"/>
       <c r="AT44" s="12"/>
       <c r="AU44" s="12"/>
       <c r="AV44" s="12"/>
     </row>
-    <row r="45" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="45" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A45" s="15"/>
       <c r="B45" s="22"/>
       <c r="C45" s="14"/>
       <c r="D45" s="17"/>
       <c r="E45" s="15"/>
       <c r="F45" s="14"/>
       <c r="G45" s="15"/>
       <c r="H45" s="15"/>
       <c r="I45" s="15"/>
       <c r="J45" s="18"/>
       <c r="K45" s="91"/>
       <c r="L45" s="95"/>
       <c r="M45" s="12"/>
       <c r="N45" s="12"/>
       <c r="O45" s="12"/>
       <c r="P45" s="12"/>
       <c r="Q45" s="12"/>
       <c r="R45" s="12"/>
       <c r="S45" s="12"/>
       <c r="T45" s="12"/>
       <c r="U45" s="12"/>
       <c r="V45" s="12"/>
       <c r="W45" s="12"/>
       <c r="X45" s="12"/>
       <c r="Y45" s="12"/>
       <c r="Z45" s="12"/>
       <c r="AA45" s="12"/>
       <c r="AB45" s="12"/>
       <c r="AC45" s="12"/>
       <c r="AD45" s="12"/>
       <c r="AE45" s="12"/>
       <c r="AF45" s="12"/>
       <c r="AG45" s="12"/>
       <c r="AH45" s="12"/>
       <c r="AI45" s="12"/>
       <c r="AJ45" s="12"/>
       <c r="AK45" s="12"/>
       <c r="AL45" s="12"/>
       <c r="AM45" s="12"/>
       <c r="AN45" s="12"/>
       <c r="AO45" s="12"/>
       <c r="AP45" s="12"/>
       <c r="AQ45" s="12"/>
       <c r="AR45" s="12"/>
       <c r="AS45" s="12"/>
       <c r="AT45" s="12"/>
       <c r="AU45" s="12"/>
       <c r="AV45" s="12"/>
     </row>
-    <row r="46" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="46" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A46" s="15"/>
       <c r="B46" s="22"/>
       <c r="C46" s="14"/>
       <c r="D46" s="17"/>
       <c r="E46" s="15"/>
       <c r="F46" s="14"/>
       <c r="G46" s="15"/>
       <c r="H46" s="15"/>
       <c r="I46" s="15"/>
       <c r="J46" s="18"/>
       <c r="K46" s="91"/>
       <c r="L46" s="95"/>
       <c r="M46" s="12"/>
       <c r="N46" s="12"/>
       <c r="O46" s="12"/>
       <c r="P46" s="12"/>
       <c r="Q46" s="12"/>
       <c r="R46" s="12"/>
       <c r="S46" s="12"/>
       <c r="T46" s="12"/>
       <c r="U46" s="12"/>
       <c r="V46" s="12"/>
       <c r="W46" s="12"/>
       <c r="X46" s="12"/>
       <c r="Y46" s="12"/>
       <c r="Z46" s="12"/>
       <c r="AA46" s="12"/>
       <c r="AB46" s="12"/>
       <c r="AC46" s="12"/>
       <c r="AD46" s="12"/>
       <c r="AE46" s="12"/>
       <c r="AF46" s="12"/>
       <c r="AG46" s="12"/>
       <c r="AH46" s="12"/>
       <c r="AI46" s="12"/>
       <c r="AJ46" s="12"/>
       <c r="AK46" s="12"/>
       <c r="AL46" s="12"/>
       <c r="AM46" s="12"/>
       <c r="AN46" s="12"/>
       <c r="AO46" s="12"/>
       <c r="AP46" s="12"/>
       <c r="AQ46" s="12"/>
       <c r="AR46" s="12"/>
       <c r="AS46" s="12"/>
       <c r="AT46" s="12"/>
       <c r="AU46" s="12"/>
       <c r="AV46" s="12"/>
     </row>
-    <row r="47" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="47" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A47" s="15"/>
       <c r="B47" s="22"/>
       <c r="C47" s="14"/>
       <c r="D47" s="17"/>
       <c r="E47" s="15"/>
       <c r="F47" s="14"/>
       <c r="G47" s="15"/>
       <c r="H47" s="15"/>
       <c r="I47" s="15"/>
       <c r="J47" s="18"/>
       <c r="K47" s="91"/>
       <c r="L47" s="95"/>
       <c r="M47" s="12"/>
       <c r="N47" s="12"/>
       <c r="O47" s="12"/>
       <c r="P47" s="12"/>
       <c r="Q47" s="12"/>
       <c r="R47" s="12"/>
       <c r="S47" s="12"/>
       <c r="T47" s="12"/>
       <c r="U47" s="12"/>
       <c r="V47" s="12"/>
       <c r="W47" s="12"/>
       <c r="X47" s="12"/>
       <c r="Y47" s="12"/>
       <c r="Z47" s="12"/>
       <c r="AA47" s="12"/>
       <c r="AB47" s="12"/>
       <c r="AC47" s="12"/>
       <c r="AD47" s="12"/>
       <c r="AE47" s="12"/>
       <c r="AF47" s="12"/>
       <c r="AG47" s="12"/>
       <c r="AH47" s="12"/>
       <c r="AI47" s="12"/>
       <c r="AJ47" s="12"/>
       <c r="AK47" s="12"/>
       <c r="AL47" s="12"/>
       <c r="AM47" s="12"/>
       <c r="AN47" s="12"/>
       <c r="AO47" s="12"/>
       <c r="AP47" s="12"/>
       <c r="AQ47" s="12"/>
       <c r="AR47" s="12"/>
       <c r="AS47" s="12"/>
       <c r="AT47" s="12"/>
       <c r="AU47" s="12"/>
       <c r="AV47" s="12"/>
     </row>
-    <row r="48" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="48" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A48" s="15"/>
       <c r="B48" s="22"/>
       <c r="C48" s="14"/>
       <c r="D48" s="17"/>
       <c r="E48" s="15"/>
       <c r="F48" s="14"/>
       <c r="G48" s="15"/>
       <c r="H48" s="15"/>
       <c r="I48" s="15"/>
       <c r="J48" s="18"/>
       <c r="K48" s="91"/>
       <c r="L48" s="95"/>
       <c r="M48" s="12"/>
       <c r="N48" s="12"/>
       <c r="O48" s="12"/>
       <c r="P48" s="12"/>
       <c r="Q48" s="12"/>
       <c r="R48" s="12"/>
       <c r="S48" s="12"/>
       <c r="T48" s="12"/>
       <c r="U48" s="12"/>
       <c r="V48" s="12"/>
       <c r="W48" s="12"/>
       <c r="X48" s="12"/>
       <c r="Y48" s="12"/>
       <c r="Z48" s="12"/>
       <c r="AA48" s="12"/>
       <c r="AB48" s="12"/>
       <c r="AC48" s="12"/>
       <c r="AD48" s="12"/>
       <c r="AE48" s="12"/>
       <c r="AF48" s="12"/>
       <c r="AG48" s="12"/>
       <c r="AH48" s="12"/>
       <c r="AI48" s="12"/>
       <c r="AJ48" s="12"/>
       <c r="AK48" s="12"/>
       <c r="AL48" s="12"/>
       <c r="AM48" s="12"/>
       <c r="AN48" s="12"/>
       <c r="AO48" s="12"/>
       <c r="AP48" s="12"/>
       <c r="AQ48" s="12"/>
       <c r="AR48" s="12"/>
       <c r="AS48" s="12"/>
       <c r="AT48" s="12"/>
       <c r="AU48" s="12"/>
       <c r="AV48" s="12"/>
     </row>
-    <row r="49" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="49" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A49" s="15"/>
       <c r="B49" s="22"/>
       <c r="C49" s="14"/>
       <c r="D49" s="17"/>
       <c r="E49" s="15"/>
       <c r="F49" s="14"/>
       <c r="G49" s="15"/>
       <c r="H49" s="15"/>
       <c r="I49" s="15"/>
       <c r="J49" s="18"/>
       <c r="K49" s="91"/>
       <c r="L49" s="95"/>
       <c r="M49" s="12"/>
       <c r="N49" s="12"/>
       <c r="O49" s="12"/>
       <c r="P49" s="12"/>
       <c r="Q49" s="12"/>
       <c r="R49" s="12"/>
       <c r="S49" s="12"/>
       <c r="T49" s="12"/>
       <c r="U49" s="12"/>
       <c r="V49" s="12"/>
       <c r="W49" s="12"/>
       <c r="X49" s="12"/>
       <c r="Y49" s="12"/>
       <c r="Z49" s="12"/>
       <c r="AA49" s="12"/>
       <c r="AB49" s="12"/>
       <c r="AC49" s="12"/>
       <c r="AD49" s="12"/>
       <c r="AE49" s="12"/>
       <c r="AF49" s="12"/>
       <c r="AG49" s="12"/>
       <c r="AH49" s="12"/>
       <c r="AI49" s="12"/>
       <c r="AJ49" s="12"/>
       <c r="AK49" s="12"/>
       <c r="AL49" s="12"/>
       <c r="AM49" s="12"/>
       <c r="AN49" s="12"/>
       <c r="AO49" s="12"/>
       <c r="AP49" s="12"/>
       <c r="AQ49" s="12"/>
       <c r="AR49" s="12"/>
       <c r="AS49" s="12"/>
       <c r="AT49" s="12"/>
       <c r="AU49" s="12"/>
       <c r="AV49" s="12"/>
     </row>
-    <row r="50" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="50" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A50" s="15"/>
       <c r="B50" s="22"/>
       <c r="C50" s="14"/>
       <c r="D50" s="17"/>
       <c r="E50" s="15"/>
       <c r="F50" s="14"/>
       <c r="G50" s="15"/>
       <c r="H50" s="15"/>
       <c r="I50" s="15"/>
       <c r="J50" s="18"/>
       <c r="K50" s="91"/>
       <c r="L50" s="95"/>
       <c r="M50" s="12"/>
       <c r="N50" s="12"/>
       <c r="O50" s="12"/>
       <c r="P50" s="12"/>
       <c r="Q50" s="12"/>
       <c r="R50" s="12"/>
       <c r="S50" s="12"/>
       <c r="T50" s="12"/>
       <c r="U50" s="12"/>
       <c r="V50" s="12"/>
       <c r="W50" s="12"/>
       <c r="X50" s="12"/>
       <c r="Y50" s="12"/>
       <c r="Z50" s="12"/>
       <c r="AA50" s="12"/>
       <c r="AB50" s="12"/>
       <c r="AC50" s="12"/>
       <c r="AD50" s="12"/>
       <c r="AE50" s="12"/>
       <c r="AF50" s="12"/>
       <c r="AG50" s="12"/>
       <c r="AH50" s="12"/>
       <c r="AI50" s="12"/>
       <c r="AJ50" s="12"/>
       <c r="AK50" s="12"/>
       <c r="AL50" s="12"/>
       <c r="AM50" s="12"/>
       <c r="AN50" s="12"/>
       <c r="AO50" s="12"/>
       <c r="AP50" s="12"/>
       <c r="AQ50" s="12"/>
       <c r="AR50" s="12"/>
       <c r="AS50" s="12"/>
       <c r="AT50" s="12"/>
       <c r="AU50" s="12"/>
       <c r="AV50" s="12"/>
     </row>
-    <row r="51" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="51" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A51" s="15"/>
       <c r="B51" s="22"/>
       <c r="C51" s="14"/>
       <c r="D51" s="17"/>
       <c r="E51" s="15"/>
       <c r="F51" s="14"/>
       <c r="G51" s="15"/>
       <c r="H51" s="15"/>
       <c r="I51" s="15"/>
       <c r="J51" s="18"/>
       <c r="K51" s="91"/>
       <c r="L51" s="95"/>
       <c r="M51" s="12"/>
       <c r="N51" s="12"/>
       <c r="O51" s="12"/>
       <c r="P51" s="12"/>
       <c r="Q51" s="12"/>
       <c r="R51" s="12"/>
       <c r="S51" s="12"/>
       <c r="T51" s="12"/>
       <c r="U51" s="12"/>
       <c r="V51" s="12"/>
       <c r="W51" s="12"/>
       <c r="X51" s="12"/>
       <c r="Y51" s="12"/>
       <c r="Z51" s="12"/>
       <c r="AA51" s="12"/>
       <c r="AB51" s="12"/>
       <c r="AC51" s="12"/>
       <c r="AD51" s="12"/>
       <c r="AE51" s="12"/>
       <c r="AF51" s="12"/>
       <c r="AG51" s="12"/>
       <c r="AH51" s="12"/>
       <c r="AI51" s="12"/>
       <c r="AJ51" s="12"/>
       <c r="AK51" s="12"/>
       <c r="AL51" s="12"/>
       <c r="AM51" s="12"/>
       <c r="AN51" s="12"/>
       <c r="AO51" s="12"/>
       <c r="AP51" s="12"/>
       <c r="AQ51" s="12"/>
       <c r="AR51" s="12"/>
       <c r="AS51" s="12"/>
       <c r="AT51" s="12"/>
       <c r="AU51" s="12"/>
       <c r="AV51" s="12"/>
     </row>
-    <row r="52" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="52" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A52" s="15"/>
       <c r="B52" s="22"/>
       <c r="C52" s="14"/>
       <c r="D52" s="17"/>
       <c r="E52" s="15"/>
       <c r="F52" s="14"/>
       <c r="G52" s="15"/>
       <c r="H52" s="15"/>
       <c r="I52" s="15"/>
       <c r="J52" s="18"/>
       <c r="K52" s="91"/>
       <c r="L52" s="95"/>
       <c r="M52" s="12"/>
       <c r="N52" s="12"/>
       <c r="O52" s="12"/>
       <c r="P52" s="12"/>
       <c r="Q52" s="12"/>
       <c r="R52" s="12"/>
       <c r="S52" s="12"/>
       <c r="T52" s="12"/>
       <c r="U52" s="12"/>
       <c r="V52" s="12"/>
       <c r="W52" s="12"/>
       <c r="X52" s="12"/>
       <c r="Y52" s="12"/>
       <c r="Z52" s="12"/>
       <c r="AA52" s="12"/>
       <c r="AB52" s="12"/>
       <c r="AC52" s="12"/>
       <c r="AD52" s="12"/>
       <c r="AE52" s="12"/>
       <c r="AF52" s="12"/>
       <c r="AG52" s="12"/>
       <c r="AH52" s="12"/>
       <c r="AI52" s="12"/>
       <c r="AJ52" s="12"/>
       <c r="AK52" s="12"/>
       <c r="AL52" s="12"/>
       <c r="AM52" s="12"/>
       <c r="AN52" s="12"/>
       <c r="AO52" s="12"/>
       <c r="AP52" s="12"/>
       <c r="AQ52" s="12"/>
       <c r="AR52" s="12"/>
       <c r="AS52" s="12"/>
       <c r="AT52" s="12"/>
       <c r="AU52" s="12"/>
       <c r="AV52" s="12"/>
     </row>
-    <row r="53" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="53" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A53" s="15"/>
       <c r="B53" s="22"/>
       <c r="C53" s="14"/>
       <c r="D53" s="17"/>
       <c r="E53" s="15"/>
       <c r="F53" s="14"/>
       <c r="G53" s="15"/>
       <c r="H53" s="15"/>
       <c r="I53" s="15"/>
       <c r="J53" s="18"/>
       <c r="K53" s="91"/>
       <c r="L53" s="95"/>
       <c r="M53" s="12"/>
       <c r="N53" s="12"/>
       <c r="O53" s="12"/>
       <c r="P53" s="12"/>
       <c r="Q53" s="12"/>
       <c r="R53" s="12"/>
       <c r="S53" s="12"/>
       <c r="T53" s="12"/>
       <c r="U53" s="12"/>
       <c r="V53" s="12"/>
       <c r="W53" s="12"/>
       <c r="X53" s="12"/>
       <c r="Y53" s="12"/>
       <c r="Z53" s="12"/>
       <c r="AA53" s="12"/>
       <c r="AB53" s="12"/>
       <c r="AC53" s="12"/>
       <c r="AD53" s="12"/>
       <c r="AE53" s="12"/>
       <c r="AF53" s="12"/>
       <c r="AG53" s="12"/>
       <c r="AH53" s="12"/>
       <c r="AI53" s="12"/>
       <c r="AJ53" s="12"/>
       <c r="AK53" s="12"/>
       <c r="AL53" s="12"/>
       <c r="AM53" s="12"/>
       <c r="AN53" s="12"/>
       <c r="AO53" s="12"/>
       <c r="AP53" s="12"/>
       <c r="AQ53" s="12"/>
       <c r="AR53" s="12"/>
       <c r="AS53" s="12"/>
       <c r="AT53" s="12"/>
       <c r="AU53" s="12"/>
       <c r="AV53" s="12"/>
     </row>
-    <row r="54" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="54" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A54" s="15"/>
       <c r="B54" s="22"/>
       <c r="C54" s="14"/>
       <c r="D54" s="17"/>
       <c r="E54" s="15"/>
       <c r="F54" s="14"/>
       <c r="G54" s="15"/>
       <c r="H54" s="15"/>
       <c r="I54" s="15"/>
       <c r="J54" s="18"/>
       <c r="K54" s="91"/>
       <c r="L54" s="95"/>
       <c r="M54" s="12"/>
       <c r="N54" s="12"/>
       <c r="O54" s="12"/>
       <c r="P54" s="12"/>
       <c r="Q54" s="12"/>
       <c r="R54" s="12"/>
       <c r="S54" s="12"/>
       <c r="T54" s="12"/>
       <c r="U54" s="12"/>
       <c r="V54" s="12"/>
       <c r="W54" s="12"/>
       <c r="X54" s="12"/>
       <c r="Y54" s="12"/>
       <c r="Z54" s="12"/>
       <c r="AA54" s="12"/>
       <c r="AB54" s="12"/>
       <c r="AC54" s="12"/>
       <c r="AD54" s="12"/>
       <c r="AE54" s="12"/>
       <c r="AF54" s="12"/>
       <c r="AG54" s="12"/>
       <c r="AH54" s="12"/>
       <c r="AI54" s="12"/>
       <c r="AJ54" s="12"/>
       <c r="AK54" s="12"/>
       <c r="AL54" s="12"/>
       <c r="AM54" s="12"/>
       <c r="AN54" s="12"/>
       <c r="AO54" s="12"/>
       <c r="AP54" s="12"/>
       <c r="AQ54" s="12"/>
       <c r="AR54" s="12"/>
       <c r="AS54" s="12"/>
       <c r="AT54" s="12"/>
       <c r="AU54" s="12"/>
       <c r="AV54" s="12"/>
     </row>
-    <row r="55" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="55" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A55" s="15"/>
       <c r="B55" s="22"/>
       <c r="C55" s="14"/>
       <c r="D55" s="17"/>
       <c r="E55" s="15"/>
       <c r="F55" s="14"/>
       <c r="G55" s="15"/>
       <c r="H55" s="15"/>
       <c r="I55" s="15"/>
       <c r="J55" s="18"/>
       <c r="K55" s="91"/>
       <c r="L55" s="95"/>
       <c r="M55" s="12"/>
       <c r="N55" s="12"/>
       <c r="O55" s="12"/>
       <c r="P55" s="12"/>
       <c r="Q55" s="12"/>
       <c r="R55" s="12"/>
       <c r="S55" s="12"/>
       <c r="T55" s="12"/>
       <c r="U55" s="12"/>
       <c r="V55" s="12"/>
       <c r="W55" s="12"/>
       <c r="X55" s="12"/>
       <c r="Y55" s="12"/>
       <c r="Z55" s="12"/>
       <c r="AA55" s="12"/>
       <c r="AB55" s="12"/>
       <c r="AC55" s="12"/>
       <c r="AD55" s="12"/>
       <c r="AE55" s="12"/>
       <c r="AF55" s="12"/>
       <c r="AG55" s="12"/>
       <c r="AH55" s="12"/>
       <c r="AI55" s="12"/>
       <c r="AJ55" s="12"/>
       <c r="AK55" s="12"/>
       <c r="AL55" s="12"/>
       <c r="AM55" s="12"/>
       <c r="AN55" s="12"/>
       <c r="AO55" s="12"/>
       <c r="AP55" s="12"/>
       <c r="AQ55" s="12"/>
       <c r="AR55" s="12"/>
       <c r="AS55" s="12"/>
       <c r="AT55" s="12"/>
       <c r="AU55" s="12"/>
       <c r="AV55" s="12"/>
     </row>
-    <row r="56" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="56" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A56" s="15"/>
       <c r="B56" s="22"/>
       <c r="C56" s="14"/>
       <c r="D56" s="17"/>
       <c r="E56" s="15"/>
       <c r="F56" s="14"/>
       <c r="G56" s="15"/>
       <c r="H56" s="15"/>
       <c r="I56" s="15"/>
       <c r="J56" s="18"/>
       <c r="K56" s="91"/>
       <c r="L56" s="95"/>
       <c r="M56" s="12"/>
       <c r="N56" s="12"/>
       <c r="O56" s="12"/>
       <c r="P56" s="12"/>
       <c r="Q56" s="12"/>
       <c r="R56" s="12"/>
       <c r="S56" s="12"/>
       <c r="T56" s="12"/>
       <c r="U56" s="12"/>
       <c r="V56" s="12"/>
       <c r="W56" s="12"/>
       <c r="X56" s="12"/>
       <c r="Y56" s="12"/>
       <c r="Z56" s="12"/>
       <c r="AA56" s="12"/>
       <c r="AB56" s="12"/>
       <c r="AC56" s="12"/>
       <c r="AD56" s="12"/>
       <c r="AE56" s="12"/>
       <c r="AF56" s="12"/>
       <c r="AG56" s="12"/>
       <c r="AH56" s="12"/>
       <c r="AI56" s="12"/>
       <c r="AJ56" s="12"/>
       <c r="AK56" s="12"/>
       <c r="AL56" s="12"/>
       <c r="AM56" s="12"/>
       <c r="AN56" s="12"/>
       <c r="AO56" s="12"/>
       <c r="AP56" s="12"/>
       <c r="AQ56" s="12"/>
       <c r="AR56" s="12"/>
       <c r="AS56" s="12"/>
       <c r="AT56" s="12"/>
       <c r="AU56" s="12"/>
       <c r="AV56" s="12"/>
     </row>
-    <row r="57" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.3">
+    <row r="57" spans="1:48" s="16" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A57" s="15"/>
       <c r="B57" s="22"/>
       <c r="C57" s="14"/>
       <c r="D57" s="17"/>
       <c r="E57" s="15"/>
       <c r="F57" s="14"/>
       <c r="G57" s="15"/>
       <c r="H57" s="15"/>
       <c r="I57" s="15"/>
       <c r="J57" s="18"/>
       <c r="K57" s="91"/>
       <c r="L57" s="95"/>
       <c r="M57" s="12"/>
       <c r="N57" s="12"/>
       <c r="O57" s="12"/>
       <c r="P57" s="12"/>
       <c r="Q57" s="12"/>
       <c r="R57" s="12"/>
       <c r="S57" s="12"/>
       <c r="T57" s="12"/>
       <c r="U57" s="12"/>
       <c r="V57" s="12"/>
       <c r="W57" s="12"/>
       <c r="X57" s="12"/>
       <c r="Y57" s="12"/>
       <c r="Z57" s="12"/>
       <c r="AA57" s="12"/>
       <c r="AB57" s="12"/>
       <c r="AC57" s="12"/>
       <c r="AD57" s="12"/>
       <c r="AE57" s="12"/>
       <c r="AF57" s="12"/>
       <c r="AG57" s="12"/>
       <c r="AH57" s="12"/>
       <c r="AI57" s="12"/>
       <c r="AJ57" s="12"/>
       <c r="AK57" s="12"/>
       <c r="AL57" s="12"/>
       <c r="AM57" s="12"/>
       <c r="AN57" s="12"/>
       <c r="AO57" s="12"/>
       <c r="AP57" s="12"/>
       <c r="AQ57" s="12"/>
       <c r="AR57" s="12"/>
       <c r="AS57" s="12"/>
       <c r="AT57" s="12"/>
       <c r="AU57" s="12"/>
       <c r="AV57" s="12"/>
     </row>
-    <row r="58" spans="1:48" x14ac:dyDescent="0.3">
+    <row r="58" spans="1:48" x14ac:dyDescent="0.55000000000000004">
       <c r="A58" s="15"/>
       <c r="B58" s="22"/>
       <c r="C58" s="14"/>
       <c r="D58" s="17"/>
       <c r="E58" s="15"/>
       <c r="F58" s="14"/>
       <c r="G58" s="15"/>
       <c r="H58" s="15"/>
       <c r="I58" s="15"/>
       <c r="J58" s="18"/>
       <c r="K58" s="91"/>
       <c r="L58" s="95"/>
     </row>
-    <row r="59" spans="1:48" x14ac:dyDescent="0.3">
+    <row r="59" spans="1:48" x14ac:dyDescent="0.55000000000000004">
       <c r="A59" s="15"/>
       <c r="B59" s="22"/>
       <c r="C59" s="14"/>
       <c r="D59" s="17"/>
       <c r="E59" s="15"/>
       <c r="F59" s="14"/>
       <c r="G59" s="15"/>
       <c r="H59" s="15"/>
       <c r="I59" s="15"/>
       <c r="J59" s="18"/>
       <c r="K59" s="91"/>
       <c r="L59" s="95"/>
     </row>
-    <row r="60" spans="1:48" x14ac:dyDescent="0.3">
+    <row r="60" spans="1:48" x14ac:dyDescent="0.55000000000000004">
       <c r="A60" s="15"/>
       <c r="B60" s="22"/>
       <c r="C60" s="14"/>
       <c r="D60" s="17"/>
       <c r="E60" s="15"/>
       <c r="F60" s="14"/>
       <c r="G60" s="15"/>
       <c r="H60" s="15"/>
       <c r="I60" s="15"/>
       <c r="J60" s="18"/>
       <c r="K60" s="91"/>
       <c r="L60" s="95"/>
     </row>
-    <row r="61" spans="1:48" x14ac:dyDescent="0.3">
+    <row r="61" spans="1:48" x14ac:dyDescent="0.55000000000000004">
       <c r="A61" s="15"/>
       <c r="B61" s="22"/>
       <c r="C61" s="14"/>
       <c r="D61" s="17"/>
       <c r="E61" s="15"/>
       <c r="F61" s="14"/>
       <c r="G61" s="15"/>
       <c r="H61" s="15"/>
       <c r="I61" s="15"/>
       <c r="J61" s="18"/>
       <c r="K61" s="91"/>
       <c r="L61" s="95"/>
     </row>
-    <row r="62" spans="1:48" x14ac:dyDescent="0.3">
+    <row r="62" spans="1:48" x14ac:dyDescent="0.55000000000000004">
       <c r="A62" s="15"/>
       <c r="B62" s="22"/>
       <c r="C62" s="14"/>
       <c r="D62" s="17"/>
       <c r="E62" s="15"/>
       <c r="F62" s="14"/>
       <c r="G62" s="15"/>
       <c r="H62" s="15"/>
       <c r="I62" s="15"/>
       <c r="J62" s="18"/>
       <c r="K62" s="91"/>
       <c r="L62" s="95"/>
     </row>
-    <row r="63" spans="1:48" x14ac:dyDescent="0.3">
+    <row r="63" spans="1:48" x14ac:dyDescent="0.55000000000000004">
       <c r="A63" s="15"/>
       <c r="B63" s="22"/>
       <c r="C63" s="14"/>
       <c r="D63" s="17"/>
       <c r="E63" s="15"/>
       <c r="F63" s="14"/>
       <c r="G63" s="15"/>
       <c r="H63" s="15"/>
       <c r="I63" s="15"/>
       <c r="J63" s="18"/>
       <c r="K63" s="91"/>
       <c r="L63" s="95"/>
     </row>
-    <row r="64" spans="1:48" x14ac:dyDescent="0.3">
+    <row r="64" spans="1:48" x14ac:dyDescent="0.55000000000000004">
       <c r="A64" s="15"/>
       <c r="B64" s="22"/>
       <c r="C64" s="14"/>
       <c r="D64" s="17"/>
       <c r="E64" s="15"/>
       <c r="F64" s="14"/>
       <c r="G64" s="15"/>
       <c r="H64" s="15"/>
       <c r="I64" s="15"/>
       <c r="J64" s="18"/>
       <c r="K64" s="91"/>
       <c r="L64" s="95"/>
     </row>
-    <row r="65" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="65" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A65" s="15"/>
       <c r="B65" s="22"/>
       <c r="C65" s="14"/>
       <c r="D65" s="17"/>
       <c r="E65" s="15"/>
       <c r="F65" s="14"/>
       <c r="G65" s="15"/>
       <c r="H65" s="15"/>
       <c r="I65" s="15"/>
       <c r="J65" s="18"/>
       <c r="K65" s="91"/>
       <c r="L65" s="95"/>
     </row>
-    <row r="66" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="66" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A66" s="15"/>
       <c r="B66" s="22"/>
       <c r="C66" s="14"/>
       <c r="D66" s="17"/>
       <c r="E66" s="15"/>
       <c r="F66" s="14"/>
       <c r="G66" s="15"/>
       <c r="H66" s="15"/>
       <c r="I66" s="15"/>
       <c r="J66" s="18"/>
       <c r="K66" s="91"/>
       <c r="L66" s="95"/>
     </row>
-    <row r="67" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="67" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A67" s="15"/>
       <c r="B67" s="22"/>
       <c r="C67" s="14"/>
       <c r="D67" s="17"/>
       <c r="E67" s="15"/>
       <c r="F67" s="14"/>
       <c r="G67" s="15"/>
       <c r="H67" s="15"/>
       <c r="I67" s="15"/>
       <c r="J67" s="18"/>
       <c r="K67" s="91"/>
       <c r="L67" s="95"/>
     </row>
-    <row r="68" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="68" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A68" s="15"/>
       <c r="B68" s="22"/>
       <c r="C68" s="14"/>
       <c r="D68" s="17"/>
       <c r="E68" s="15"/>
       <c r="F68" s="14"/>
       <c r="G68" s="15"/>
       <c r="H68" s="15"/>
       <c r="I68" s="15"/>
       <c r="J68" s="18"/>
       <c r="K68" s="91"/>
       <c r="L68" s="95"/>
     </row>
-    <row r="69" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="69" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A69" s="15"/>
       <c r="B69" s="22"/>
       <c r="C69" s="14"/>
       <c r="D69" s="17"/>
       <c r="E69" s="15"/>
       <c r="F69" s="14"/>
       <c r="G69" s="15"/>
       <c r="H69" s="15"/>
       <c r="I69" s="15"/>
       <c r="J69" s="18"/>
       <c r="K69" s="91"/>
       <c r="L69" s="95"/>
     </row>
-    <row r="70" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="70" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A70" s="15"/>
       <c r="B70" s="22"/>
       <c r="C70" s="14"/>
       <c r="D70" s="17"/>
       <c r="E70" s="15"/>
       <c r="F70" s="14"/>
       <c r="G70" s="15"/>
       <c r="H70" s="15"/>
       <c r="I70" s="15"/>
       <c r="J70" s="18"/>
       <c r="K70" s="91"/>
       <c r="L70" s="95"/>
     </row>
-    <row r="71" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="71" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A71" s="15"/>
       <c r="B71" s="22"/>
       <c r="C71" s="14"/>
       <c r="D71" s="17"/>
       <c r="E71" s="15"/>
       <c r="F71" s="14"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15"/>
       <c r="I71" s="15"/>
       <c r="J71" s="18"/>
       <c r="K71" s="91"/>
       <c r="L71" s="95"/>
     </row>
-    <row r="72" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="72" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A72" s="15"/>
       <c r="B72" s="22"/>
       <c r="C72" s="14"/>
       <c r="D72" s="17"/>
       <c r="E72" s="15"/>
       <c r="F72" s="14"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15"/>
       <c r="I72" s="15"/>
       <c r="J72" s="18"/>
       <c r="K72" s="91"/>
       <c r="L72" s="95"/>
     </row>
-    <row r="73" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="73" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A73" s="15"/>
       <c r="B73" s="22"/>
       <c r="C73" s="14"/>
       <c r="D73" s="17"/>
       <c r="E73" s="15"/>
       <c r="F73" s="14"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15"/>
       <c r="I73" s="15"/>
       <c r="J73" s="18"/>
       <c r="K73" s="91"/>
       <c r="L73" s="95"/>
     </row>
-    <row r="74" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="74" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A74" s="15"/>
       <c r="B74" s="22"/>
       <c r="C74" s="14"/>
       <c r="D74" s="17"/>
       <c r="E74" s="15"/>
       <c r="F74" s="14"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15"/>
       <c r="I74" s="15"/>
       <c r="J74" s="18"/>
       <c r="K74" s="91"/>
       <c r="L74" s="95"/>
     </row>
-    <row r="75" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="75" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A75" s="15"/>
       <c r="B75" s="22"/>
       <c r="C75" s="14"/>
       <c r="D75" s="17"/>
       <c r="E75" s="15"/>
       <c r="F75" s="14"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15"/>
       <c r="I75" s="15"/>
       <c r="J75" s="18"/>
       <c r="K75" s="91"/>
       <c r="L75" s="95"/>
     </row>
-    <row r="76" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="76" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A76" s="15"/>
       <c r="B76" s="22"/>
       <c r="C76" s="14"/>
       <c r="D76" s="17"/>
       <c r="E76" s="15"/>
       <c r="F76" s="14"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15"/>
       <c r="I76" s="15"/>
       <c r="J76" s="18"/>
       <c r="K76" s="91"/>
       <c r="L76" s="95"/>
     </row>
-    <row r="77" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="77" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A77" s="15"/>
       <c r="B77" s="22"/>
       <c r="C77" s="14"/>
       <c r="D77" s="17"/>
       <c r="E77" s="15"/>
       <c r="F77" s="14"/>
       <c r="G77" s="15"/>
       <c r="H77" s="15"/>
       <c r="I77" s="15"/>
       <c r="J77" s="18"/>
       <c r="K77" s="91"/>
       <c r="L77" s="95"/>
     </row>
-    <row r="78" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="78" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A78" s="15"/>
       <c r="B78" s="22"/>
       <c r="C78" s="14"/>
       <c r="D78" s="17"/>
       <c r="E78" s="15"/>
       <c r="F78" s="14"/>
       <c r="G78" s="15"/>
       <c r="H78" s="15"/>
       <c r="I78" s="15"/>
       <c r="J78" s="18"/>
       <c r="K78" s="91"/>
       <c r="L78" s="95"/>
     </row>
-    <row r="79" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="79" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A79" s="15"/>
       <c r="B79" s="22"/>
       <c r="C79" s="14"/>
       <c r="D79" s="17"/>
       <c r="E79" s="15"/>
       <c r="F79" s="14"/>
       <c r="G79" s="15"/>
       <c r="H79" s="15"/>
       <c r="I79" s="15"/>
       <c r="J79" s="18"/>
       <c r="K79" s="91"/>
       <c r="L79" s="95"/>
     </row>
-    <row r="80" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="80" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A80" s="15"/>
       <c r="B80" s="22"/>
       <c r="C80" s="14"/>
       <c r="D80" s="17"/>
       <c r="E80" s="15"/>
       <c r="F80" s="14"/>
       <c r="G80" s="15"/>
       <c r="H80" s="15"/>
       <c r="I80" s="15"/>
       <c r="J80" s="18"/>
       <c r="K80" s="91"/>
       <c r="L80" s="95"/>
     </row>
-    <row r="81" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="81" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A81" s="15"/>
       <c r="B81" s="22"/>
       <c r="C81" s="14"/>
       <c r="D81" s="17"/>
       <c r="E81" s="15"/>
       <c r="F81" s="14"/>
       <c r="G81" s="15"/>
       <c r="H81" s="15"/>
       <c r="I81" s="15"/>
       <c r="J81" s="18"/>
       <c r="K81" s="91"/>
       <c r="L81" s="95"/>
     </row>
-    <row r="82" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="82" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A82" s="15"/>
       <c r="B82" s="22"/>
       <c r="C82" s="14"/>
       <c r="D82" s="17"/>
       <c r="E82" s="15"/>
       <c r="F82" s="14"/>
       <c r="G82" s="15"/>
       <c r="H82" s="15"/>
       <c r="I82" s="15"/>
       <c r="J82" s="18"/>
       <c r="K82" s="91"/>
       <c r="L82" s="95"/>
     </row>
-    <row r="83" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="83" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A83" s="15"/>
       <c r="B83" s="22"/>
       <c r="C83" s="14"/>
       <c r="D83" s="17"/>
       <c r="E83" s="15"/>
       <c r="F83" s="14"/>
       <c r="G83" s="15"/>
       <c r="H83" s="15"/>
       <c r="I83" s="15"/>
       <c r="J83" s="18"/>
       <c r="K83" s="91"/>
       <c r="L83" s="95"/>
     </row>
-    <row r="84" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="84" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A84" s="15"/>
       <c r="B84" s="22"/>
       <c r="C84" s="14"/>
       <c r="D84" s="17"/>
       <c r="E84" s="15"/>
       <c r="F84" s="14"/>
       <c r="G84" s="15"/>
       <c r="H84" s="15"/>
       <c r="I84" s="15"/>
       <c r="J84" s="18"/>
       <c r="K84" s="91"/>
       <c r="L84" s="95"/>
     </row>
-    <row r="85" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="85" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A85" s="15"/>
       <c r="B85" s="22"/>
       <c r="C85" s="14"/>
       <c r="D85" s="17"/>
       <c r="E85" s="15"/>
       <c r="F85" s="14"/>
       <c r="G85" s="15"/>
       <c r="H85" s="15"/>
       <c r="I85" s="15"/>
       <c r="J85" s="18"/>
       <c r="K85" s="91"/>
       <c r="L85" s="95"/>
     </row>
-    <row r="86" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="86" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A86" s="15"/>
       <c r="B86" s="22"/>
       <c r="C86" s="14"/>
       <c r="D86" s="17"/>
       <c r="E86" s="15"/>
       <c r="F86" s="14"/>
       <c r="G86" s="15"/>
       <c r="H86" s="15"/>
       <c r="I86" s="15"/>
       <c r="J86" s="18"/>
       <c r="K86" s="91"/>
       <c r="L86" s="95"/>
     </row>
-    <row r="87" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="87" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A87" s="15"/>
       <c r="B87" s="22"/>
       <c r="C87" s="14"/>
       <c r="D87" s="17"/>
       <c r="E87" s="15"/>
       <c r="F87" s="14"/>
       <c r="G87" s="15"/>
       <c r="H87" s="15"/>
       <c r="I87" s="15"/>
       <c r="J87" s="18"/>
       <c r="K87" s="91"/>
       <c r="L87" s="95"/>
     </row>
-    <row r="88" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="88" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A88" s="15"/>
       <c r="B88" s="22"/>
       <c r="C88" s="14"/>
       <c r="D88" s="17"/>
       <c r="E88" s="15"/>
       <c r="F88" s="14"/>
       <c r="G88" s="15"/>
       <c r="H88" s="15"/>
       <c r="I88" s="15"/>
       <c r="J88" s="18"/>
       <c r="K88" s="91"/>
       <c r="L88" s="95"/>
     </row>
-    <row r="89" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="89" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A89" s="15"/>
       <c r="B89" s="22"/>
       <c r="C89" s="14"/>
       <c r="D89" s="17"/>
       <c r="E89" s="15"/>
       <c r="F89" s="14"/>
       <c r="G89" s="15"/>
       <c r="H89" s="15"/>
       <c r="I89" s="15"/>
       <c r="J89" s="18"/>
       <c r="K89" s="91"/>
       <c r="L89" s="95"/>
     </row>
-    <row r="90" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="90" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A90" s="15"/>
       <c r="B90" s="22"/>
       <c r="C90" s="14"/>
       <c r="D90" s="17"/>
       <c r="E90" s="15"/>
       <c r="F90" s="14"/>
       <c r="G90" s="15"/>
       <c r="H90" s="15"/>
       <c r="I90" s="15"/>
       <c r="J90" s="18"/>
       <c r="K90" s="91"/>
       <c r="L90" s="95"/>
     </row>
-    <row r="91" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="91" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A91" s="15"/>
       <c r="B91" s="22"/>
       <c r="C91" s="14"/>
       <c r="D91" s="17"/>
       <c r="E91" s="15"/>
       <c r="F91" s="14"/>
       <c r="G91" s="15"/>
       <c r="H91" s="15"/>
       <c r="I91" s="15"/>
       <c r="J91" s="18"/>
       <c r="K91" s="91"/>
       <c r="L91" s="95"/>
     </row>
-    <row r="92" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="92" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A92" s="15"/>
       <c r="B92" s="22"/>
       <c r="C92" s="14"/>
       <c r="D92" s="17"/>
       <c r="E92" s="15"/>
       <c r="F92" s="14"/>
       <c r="G92" s="15"/>
       <c r="H92" s="15"/>
       <c r="I92" s="15"/>
       <c r="J92" s="18"/>
       <c r="K92" s="91"/>
       <c r="L92" s="95"/>
     </row>
-    <row r="93" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="93" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A93" s="15"/>
       <c r="B93" s="22"/>
       <c r="C93" s="14"/>
       <c r="D93" s="17"/>
       <c r="E93" s="15"/>
       <c r="F93" s="14"/>
       <c r="G93" s="15"/>
       <c r="H93" s="15"/>
       <c r="I93" s="15"/>
       <c r="J93" s="18"/>
       <c r="K93" s="91"/>
       <c r="L93" s="95"/>
     </row>
-    <row r="94" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="94" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A94" s="15"/>
       <c r="B94" s="22"/>
       <c r="C94" s="14"/>
       <c r="D94" s="17"/>
       <c r="E94" s="15"/>
       <c r="F94" s="14"/>
       <c r="G94" s="15"/>
       <c r="H94" s="15"/>
       <c r="I94" s="15"/>
       <c r="J94" s="18"/>
       <c r="K94" s="91"/>
       <c r="L94" s="95"/>
     </row>
-    <row r="95" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="95" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A95" s="15"/>
       <c r="B95" s="22"/>
       <c r="C95" s="14"/>
       <c r="D95" s="17"/>
       <c r="E95" s="15"/>
       <c r="F95" s="14"/>
       <c r="G95" s="15"/>
       <c r="H95" s="15"/>
       <c r="I95" s="15"/>
       <c r="J95" s="18"/>
       <c r="K95" s="91"/>
       <c r="L95" s="95"/>
     </row>
-    <row r="96" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="96" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A96" s="15"/>
       <c r="B96" s="22"/>
       <c r="C96" s="14"/>
       <c r="D96" s="17"/>
       <c r="E96" s="15"/>
       <c r="F96" s="14"/>
       <c r="G96" s="15"/>
       <c r="H96" s="15"/>
       <c r="I96" s="15"/>
       <c r="J96" s="18"/>
       <c r="K96" s="91"/>
       <c r="L96" s="95"/>
     </row>
-    <row r="97" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="97" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A97" s="15"/>
       <c r="B97" s="22"/>
       <c r="C97" s="14"/>
       <c r="D97" s="17"/>
       <c r="E97" s="15"/>
       <c r="F97" s="14"/>
       <c r="G97" s="15"/>
       <c r="H97" s="15"/>
       <c r="I97" s="15"/>
       <c r="J97" s="18"/>
       <c r="K97" s="91"/>
       <c r="L97" s="95"/>
     </row>
-    <row r="98" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="98" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A98" s="15"/>
       <c r="B98" s="22"/>
       <c r="C98" s="14"/>
       <c r="D98" s="17"/>
       <c r="E98" s="15"/>
       <c r="F98" s="14"/>
       <c r="G98" s="15"/>
       <c r="H98" s="15"/>
       <c r="I98" s="15"/>
       <c r="J98" s="18"/>
       <c r="K98" s="91"/>
       <c r="L98" s="95"/>
     </row>
-    <row r="99" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="99" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A99" s="15"/>
       <c r="B99" s="22"/>
       <c r="C99" s="14"/>
       <c r="D99" s="17"/>
       <c r="E99" s="15"/>
       <c r="F99" s="14"/>
       <c r="G99" s="15"/>
       <c r="H99" s="15"/>
       <c r="I99" s="15"/>
       <c r="J99" s="18"/>
       <c r="K99" s="91"/>
       <c r="L99" s="95"/>
     </row>
-    <row r="100" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="100" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A100" s="15"/>
       <c r="B100" s="22"/>
       <c r="C100" s="14"/>
       <c r="D100" s="17"/>
       <c r="E100" s="15"/>
       <c r="F100" s="14"/>
       <c r="G100" s="15"/>
       <c r="H100" s="15"/>
       <c r="I100" s="15"/>
       <c r="J100" s="18"/>
       <c r="K100" s="91"/>
       <c r="L100" s="95"/>
     </row>
-    <row r="101" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="101" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A101" s="15"/>
       <c r="B101" s="22"/>
       <c r="C101" s="14"/>
       <c r="D101" s="17"/>
       <c r="E101" s="15"/>
       <c r="F101" s="14"/>
       <c r="G101" s="15"/>
       <c r="H101" s="15"/>
       <c r="I101" s="15"/>
       <c r="J101" s="18"/>
       <c r="K101" s="91"/>
       <c r="L101" s="95"/>
     </row>
-    <row r="102" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="102" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A102" s="15"/>
       <c r="B102" s="22"/>
       <c r="C102" s="14"/>
       <c r="D102" s="17"/>
       <c r="E102" s="15"/>
       <c r="F102" s="14"/>
       <c r="G102" s="15"/>
       <c r="H102" s="15"/>
       <c r="I102" s="15"/>
       <c r="J102" s="18"/>
       <c r="K102" s="91"/>
       <c r="L102" s="95"/>
     </row>
-    <row r="103" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="103" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A103" s="15"/>
       <c r="B103" s="22"/>
       <c r="C103" s="14"/>
       <c r="D103" s="17"/>
       <c r="E103" s="15"/>
       <c r="F103" s="14"/>
       <c r="G103" s="15"/>
       <c r="H103" s="15"/>
       <c r="I103" s="15"/>
       <c r="J103" s="18"/>
       <c r="K103" s="91"/>
       <c r="L103" s="95"/>
     </row>
-    <row r="104" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="104" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A104" s="15"/>
       <c r="B104" s="22"/>
       <c r="C104" s="14"/>
       <c r="D104" s="17"/>
       <c r="E104" s="15"/>
       <c r="F104" s="14"/>
       <c r="G104" s="15"/>
       <c r="H104" s="15"/>
       <c r="I104" s="15"/>
       <c r="J104" s="18"/>
       <c r="K104" s="91"/>
       <c r="L104" s="95"/>
     </row>
-    <row r="105" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="105" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A105" s="15"/>
       <c r="B105" s="22"/>
       <c r="C105" s="14"/>
       <c r="D105" s="17"/>
       <c r="E105" s="15"/>
       <c r="F105" s="14"/>
       <c r="G105" s="15"/>
       <c r="H105" s="15"/>
       <c r="I105" s="15"/>
       <c r="J105" s="18"/>
       <c r="K105" s="91"/>
       <c r="L105" s="95"/>
     </row>
-    <row r="106" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="106" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A106" s="15"/>
       <c r="B106" s="22"/>
       <c r="C106" s="14"/>
       <c r="D106" s="17"/>
       <c r="E106" s="15"/>
       <c r="F106" s="14"/>
       <c r="G106" s="15"/>
       <c r="H106" s="15"/>
       <c r="I106" s="15"/>
       <c r="J106" s="18"/>
       <c r="K106" s="91"/>
       <c r="L106" s="95"/>
     </row>
-    <row r="107" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="107" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A107" s="15"/>
       <c r="B107" s="22"/>
       <c r="C107" s="14"/>
       <c r="D107" s="17"/>
       <c r="E107" s="15"/>
       <c r="F107" s="14"/>
       <c r="G107" s="15"/>
       <c r="H107" s="15"/>
       <c r="I107" s="15"/>
       <c r="J107" s="18"/>
       <c r="K107" s="91"/>
       <c r="L107" s="95"/>
     </row>
-    <row r="108" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="108" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A108" s="15"/>
       <c r="B108" s="22"/>
       <c r="C108" s="14"/>
       <c r="D108" s="17"/>
       <c r="E108" s="15"/>
       <c r="F108" s="14"/>
       <c r="G108" s="15"/>
       <c r="H108" s="15"/>
       <c r="I108" s="15"/>
       <c r="J108" s="18"/>
       <c r="K108" s="91"/>
       <c r="L108" s="95"/>
     </row>
-    <row r="109" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="109" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A109" s="15"/>
       <c r="B109" s="22"/>
       <c r="C109" s="14"/>
       <c r="D109" s="17"/>
       <c r="E109" s="15"/>
       <c r="F109" s="14"/>
       <c r="G109" s="15"/>
       <c r="H109" s="15"/>
       <c r="I109" s="15"/>
       <c r="J109" s="18"/>
       <c r="K109" s="91"/>
       <c r="L109" s="95"/>
     </row>
-    <row r="110" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="110" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A110" s="15"/>
       <c r="B110" s="22"/>
       <c r="C110" s="14"/>
       <c r="D110" s="17"/>
       <c r="E110" s="15"/>
       <c r="F110" s="14"/>
       <c r="G110" s="15"/>
       <c r="H110" s="15"/>
       <c r="I110" s="15"/>
       <c r="J110" s="18"/>
       <c r="K110" s="91"/>
       <c r="L110" s="95"/>
     </row>
-    <row r="111" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="111" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A111" s="15"/>
       <c r="B111" s="22"/>
       <c r="C111" s="14"/>
       <c r="D111" s="17"/>
       <c r="E111" s="15"/>
       <c r="F111" s="14"/>
       <c r="G111" s="15"/>
       <c r="H111" s="15"/>
       <c r="I111" s="15"/>
       <c r="J111" s="18"/>
       <c r="K111" s="91"/>
       <c r="L111" s="95"/>
     </row>
-    <row r="112" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="112" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A112" s="15"/>
       <c r="B112" s="22"/>
       <c r="C112" s="14"/>
       <c r="D112" s="17"/>
       <c r="E112" s="15"/>
       <c r="F112" s="14"/>
       <c r="G112" s="15"/>
       <c r="H112" s="15"/>
       <c r="I112" s="15"/>
       <c r="J112" s="18"/>
       <c r="K112" s="91"/>
       <c r="L112" s="95"/>
     </row>
-    <row r="113" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="113" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A113" s="15"/>
       <c r="B113" s="22"/>
       <c r="C113" s="14"/>
       <c r="D113" s="17"/>
       <c r="E113" s="15"/>
       <c r="F113" s="14"/>
       <c r="G113" s="15"/>
       <c r="H113" s="15"/>
       <c r="I113" s="15"/>
       <c r="J113" s="18"/>
       <c r="K113" s="91"/>
       <c r="L113" s="95"/>
     </row>
-    <row r="114" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="114" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A114" s="15"/>
       <c r="B114" s="22"/>
       <c r="C114" s="14"/>
       <c r="D114" s="17"/>
       <c r="E114" s="15"/>
       <c r="F114" s="14"/>
       <c r="G114" s="15"/>
       <c r="H114" s="15"/>
       <c r="I114" s="15"/>
       <c r="J114" s="18"/>
       <c r="K114" s="91"/>
       <c r="L114" s="95"/>
     </row>
-    <row r="115" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="115" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A115" s="15"/>
       <c r="B115" s="22"/>
       <c r="C115" s="14"/>
       <c r="D115" s="17"/>
       <c r="E115" s="15"/>
       <c r="F115" s="14"/>
       <c r="G115" s="15"/>
       <c r="H115" s="15"/>
       <c r="I115" s="15"/>
       <c r="J115" s="18"/>
       <c r="K115" s="91"/>
       <c r="L115" s="95"/>
     </row>
-    <row r="116" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="116" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A116" s="15"/>
       <c r="B116" s="22"/>
       <c r="C116" s="14"/>
       <c r="D116" s="17"/>
       <c r="E116" s="15"/>
       <c r="F116" s="14"/>
       <c r="G116" s="15"/>
       <c r="H116" s="15"/>
       <c r="I116" s="15"/>
       <c r="J116" s="18"/>
       <c r="K116" s="91"/>
       <c r="L116" s="95"/>
     </row>
-    <row r="117" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="117" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A117" s="15"/>
       <c r="B117" s="22"/>
       <c r="C117" s="14"/>
       <c r="D117" s="17"/>
       <c r="E117" s="15"/>
       <c r="F117" s="14"/>
       <c r="G117" s="15"/>
       <c r="H117" s="15"/>
       <c r="I117" s="15"/>
       <c r="J117" s="18"/>
       <c r="K117" s="91"/>
       <c r="L117" s="95"/>
     </row>
-    <row r="118" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="118" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A118" s="15"/>
       <c r="B118" s="22"/>
       <c r="C118" s="14"/>
       <c r="D118" s="17"/>
       <c r="E118" s="15"/>
       <c r="F118" s="14"/>
       <c r="G118" s="15"/>
       <c r="H118" s="15"/>
       <c r="I118" s="15"/>
       <c r="J118" s="18"/>
       <c r="K118" s="91"/>
       <c r="L118" s="95"/>
     </row>
-    <row r="119" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="119" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A119" s="15"/>
       <c r="B119" s="22"/>
       <c r="C119" s="14"/>
       <c r="D119" s="17"/>
       <c r="E119" s="15"/>
       <c r="F119" s="14"/>
       <c r="G119" s="15"/>
       <c r="H119" s="15"/>
       <c r="I119" s="15"/>
       <c r="J119" s="18"/>
       <c r="K119" s="91"/>
       <c r="L119" s="95"/>
     </row>
-    <row r="120" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="120" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A120" s="15"/>
       <c r="B120" s="22"/>
       <c r="C120" s="14"/>
       <c r="D120" s="17"/>
       <c r="E120" s="15"/>
       <c r="F120" s="14"/>
       <c r="G120" s="15"/>
       <c r="H120" s="15"/>
       <c r="I120" s="15"/>
       <c r="J120" s="18"/>
       <c r="K120" s="91"/>
       <c r="L120" s="95"/>
     </row>
-    <row r="121" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="121" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A121" s="15"/>
       <c r="B121" s="22"/>
       <c r="C121" s="14"/>
       <c r="D121" s="17"/>
       <c r="E121" s="15"/>
       <c r="F121" s="14"/>
       <c r="G121" s="15"/>
       <c r="H121" s="15"/>
       <c r="I121" s="15"/>
       <c r="J121" s="18"/>
       <c r="K121" s="91"/>
       <c r="L121" s="95"/>
     </row>
-    <row r="122" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="122" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A122" s="15"/>
       <c r="B122" s="22"/>
       <c r="C122" s="14"/>
       <c r="D122" s="17"/>
       <c r="E122" s="15"/>
       <c r="F122" s="14"/>
       <c r="G122" s="15"/>
       <c r="H122" s="15"/>
       <c r="I122" s="15"/>
       <c r="J122" s="18"/>
       <c r="K122" s="91"/>
       <c r="L122" s="95"/>
     </row>
-    <row r="123" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="123" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A123" s="15"/>
       <c r="B123" s="22"/>
       <c r="C123" s="14"/>
       <c r="D123" s="17"/>
       <c r="E123" s="15"/>
       <c r="F123" s="14"/>
       <c r="G123" s="15"/>
       <c r="H123" s="15"/>
       <c r="I123" s="15"/>
       <c r="J123" s="18"/>
       <c r="K123" s="91"/>
       <c r="L123" s="95"/>
     </row>
-    <row r="124" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="124" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A124" s="15"/>
       <c r="B124" s="22"/>
       <c r="C124" s="14"/>
       <c r="D124" s="17"/>
       <c r="E124" s="15"/>
       <c r="F124" s="14"/>
       <c r="G124" s="15"/>
       <c r="H124" s="15"/>
       <c r="I124" s="15"/>
       <c r="J124" s="18"/>
       <c r="K124" s="91"/>
       <c r="L124" s="95"/>
     </row>
-    <row r="125" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="125" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A125" s="15"/>
       <c r="B125" s="22"/>
       <c r="C125" s="14"/>
       <c r="D125" s="17"/>
       <c r="E125" s="15"/>
       <c r="F125" s="14"/>
       <c r="G125" s="15"/>
       <c r="H125" s="15"/>
       <c r="I125" s="15"/>
       <c r="J125" s="18"/>
       <c r="K125" s="91"/>
       <c r="L125" s="95"/>
     </row>
-    <row r="126" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="126" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A126" s="15"/>
       <c r="B126" s="22"/>
       <c r="C126" s="14"/>
       <c r="D126" s="17"/>
       <c r="E126" s="15"/>
       <c r="F126" s="14"/>
       <c r="G126" s="15"/>
       <c r="H126" s="15"/>
       <c r="I126" s="15"/>
       <c r="J126" s="18"/>
       <c r="K126" s="91"/>
       <c r="L126" s="95"/>
     </row>
-    <row r="127" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="127" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A127" s="15"/>
       <c r="B127" s="22"/>
       <c r="C127" s="14"/>
       <c r="D127" s="17"/>
       <c r="E127" s="15"/>
       <c r="F127" s="14"/>
       <c r="G127" s="15"/>
       <c r="H127" s="15"/>
       <c r="I127" s="15"/>
       <c r="J127" s="18"/>
       <c r="K127" s="91"/>
       <c r="L127" s="95"/>
     </row>
-    <row r="128" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="128" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A128" s="15"/>
       <c r="B128" s="22"/>
       <c r="C128" s="14"/>
       <c r="D128" s="17"/>
       <c r="E128" s="15"/>
       <c r="F128" s="14"/>
       <c r="G128" s="15"/>
       <c r="H128" s="15"/>
       <c r="I128" s="15"/>
       <c r="J128" s="18"/>
       <c r="K128" s="91"/>
       <c r="L128" s="95"/>
     </row>
-    <row r="129" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="129" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A129" s="15"/>
       <c r="B129" s="22"/>
       <c r="C129" s="14"/>
       <c r="D129" s="17"/>
       <c r="E129" s="15"/>
       <c r="F129" s="14"/>
       <c r="G129" s="15"/>
       <c r="H129" s="15"/>
       <c r="I129" s="15"/>
       <c r="J129" s="18"/>
       <c r="K129" s="91"/>
       <c r="L129" s="95"/>
     </row>
-    <row r="130" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="130" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A130" s="15"/>
       <c r="B130" s="22"/>
       <c r="C130" s="14"/>
       <c r="D130" s="17"/>
       <c r="E130" s="15"/>
       <c r="F130" s="14"/>
       <c r="G130" s="15"/>
       <c r="H130" s="15"/>
       <c r="I130" s="15"/>
       <c r="J130" s="18"/>
       <c r="K130" s="91"/>
       <c r="L130" s="95"/>
     </row>
-    <row r="131" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="131" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A131" s="15"/>
       <c r="B131" s="22"/>
       <c r="C131" s="14"/>
       <c r="D131" s="17"/>
       <c r="E131" s="15"/>
       <c r="F131" s="14"/>
       <c r="G131" s="15"/>
       <c r="H131" s="15"/>
       <c r="I131" s="15"/>
       <c r="J131" s="18"/>
       <c r="K131" s="91"/>
       <c r="L131" s="95"/>
     </row>
-    <row r="132" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="132" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A132" s="15"/>
       <c r="B132" s="22"/>
       <c r="C132" s="14"/>
       <c r="D132" s="17"/>
       <c r="E132" s="15"/>
       <c r="F132" s="14"/>
       <c r="G132" s="15"/>
       <c r="H132" s="15"/>
       <c r="I132" s="15"/>
       <c r="J132" s="18"/>
       <c r="K132" s="91"/>
       <c r="L132" s="95"/>
     </row>
-    <row r="133" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="133" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A133" s="15"/>
       <c r="B133" s="22"/>
       <c r="C133" s="14"/>
       <c r="D133" s="17"/>
       <c r="E133" s="15"/>
       <c r="F133" s="14"/>
       <c r="G133" s="15"/>
       <c r="H133" s="15"/>
       <c r="I133" s="15"/>
       <c r="J133" s="18"/>
       <c r="K133" s="91"/>
       <c r="L133" s="95"/>
     </row>
-    <row r="134" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="134" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A134" s="15"/>
       <c r="B134" s="22"/>
       <c r="C134" s="14"/>
       <c r="D134" s="17"/>
       <c r="E134" s="15"/>
       <c r="F134" s="14"/>
       <c r="G134" s="15"/>
       <c r="H134" s="15"/>
       <c r="I134" s="15"/>
       <c r="J134" s="18"/>
       <c r="K134" s="91"/>
       <c r="L134" s="95"/>
     </row>
-    <row r="135" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="135" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A135" s="15"/>
       <c r="B135" s="22"/>
       <c r="C135" s="14"/>
       <c r="D135" s="17"/>
       <c r="E135" s="15"/>
       <c r="F135" s="14"/>
       <c r="G135" s="15"/>
       <c r="H135" s="15"/>
       <c r="I135" s="15"/>
       <c r="J135" s="18"/>
       <c r="K135" s="91"/>
       <c r="L135" s="95"/>
     </row>
-    <row r="136" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="136" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A136" s="15"/>
       <c r="B136" s="22"/>
       <c r="C136" s="14"/>
       <c r="D136" s="17"/>
       <c r="E136" s="15"/>
       <c r="F136" s="14"/>
       <c r="G136" s="15"/>
       <c r="H136" s="15"/>
       <c r="I136" s="15"/>
       <c r="J136" s="18"/>
       <c r="K136" s="91"/>
       <c r="L136" s="95"/>
     </row>
-    <row r="137" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="137" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A137" s="15"/>
       <c r="B137" s="22"/>
       <c r="C137" s="14"/>
       <c r="D137" s="17"/>
       <c r="E137" s="15"/>
       <c r="F137" s="14"/>
       <c r="G137" s="15"/>
       <c r="H137" s="15"/>
       <c r="I137" s="15"/>
       <c r="J137" s="18"/>
       <c r="K137" s="91"/>
       <c r="L137" s="95"/>
     </row>
-    <row r="138" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="138" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A138" s="15"/>
       <c r="B138" s="22"/>
       <c r="C138" s="14"/>
       <c r="D138" s="17"/>
       <c r="E138" s="15"/>
       <c r="F138" s="14"/>
       <c r="G138" s="15"/>
       <c r="H138" s="15"/>
       <c r="I138" s="15"/>
       <c r="J138" s="18"/>
       <c r="K138" s="91"/>
       <c r="L138" s="95"/>
     </row>
-    <row r="139" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="139" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A139" s="15"/>
       <c r="B139" s="22"/>
       <c r="C139" s="14"/>
       <c r="D139" s="17"/>
       <c r="E139" s="15"/>
       <c r="F139" s="14"/>
       <c r="G139" s="15"/>
       <c r="H139" s="15"/>
       <c r="I139" s="15"/>
       <c r="J139" s="18"/>
       <c r="K139" s="91"/>
       <c r="L139" s="95"/>
     </row>
-    <row r="140" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="140" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A140" s="15"/>
       <c r="B140" s="22"/>
       <c r="C140" s="14"/>
       <c r="D140" s="17"/>
       <c r="E140" s="15"/>
       <c r="F140" s="14"/>
       <c r="G140" s="15"/>
       <c r="H140" s="15"/>
       <c r="I140" s="15"/>
       <c r="J140" s="18"/>
       <c r="K140" s="91"/>
       <c r="L140" s="95"/>
     </row>
-    <row r="141" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="141" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A141" s="15"/>
       <c r="B141" s="22"/>
       <c r="C141" s="14"/>
       <c r="D141" s="17"/>
       <c r="E141" s="15"/>
       <c r="F141" s="14"/>
       <c r="G141" s="15"/>
       <c r="H141" s="15"/>
       <c r="I141" s="15"/>
       <c r="J141" s="18"/>
       <c r="K141" s="91"/>
       <c r="L141" s="95"/>
     </row>
-    <row r="142" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="142" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A142" s="15"/>
       <c r="B142" s="22"/>
       <c r="C142" s="14"/>
       <c r="D142" s="17"/>
       <c r="E142" s="15"/>
       <c r="F142" s="14"/>
       <c r="G142" s="15"/>
       <c r="H142" s="15"/>
       <c r="I142" s="15"/>
       <c r="J142" s="18"/>
       <c r="K142" s="91"/>
       <c r="L142" s="95"/>
     </row>
-    <row r="143" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="143" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A143" s="15"/>
       <c r="B143" s="22"/>
       <c r="C143" s="14"/>
       <c r="D143" s="17"/>
       <c r="E143" s="15"/>
       <c r="F143" s="14"/>
       <c r="G143" s="15"/>
       <c r="H143" s="15"/>
       <c r="I143" s="15"/>
       <c r="J143" s="18"/>
       <c r="K143" s="91"/>
       <c r="L143" s="95"/>
     </row>
-    <row r="144" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="144" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A144" s="15"/>
       <c r="B144" s="22"/>
       <c r="C144" s="14"/>
       <c r="D144" s="17"/>
       <c r="E144" s="15"/>
       <c r="F144" s="14"/>
       <c r="G144" s="15"/>
       <c r="H144" s="15"/>
       <c r="I144" s="15"/>
       <c r="J144" s="18"/>
       <c r="K144" s="91"/>
       <c r="L144" s="95"/>
     </row>
-    <row r="145" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="145" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A145" s="15"/>
       <c r="B145" s="22"/>
       <c r="C145" s="14"/>
       <c r="D145" s="17"/>
       <c r="E145" s="15"/>
       <c r="F145" s="14"/>
       <c r="G145" s="15"/>
       <c r="H145" s="15"/>
       <c r="I145" s="15"/>
       <c r="J145" s="18"/>
       <c r="K145" s="91"/>
       <c r="L145" s="95"/>
     </row>
-    <row r="146" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="146" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A146" s="15"/>
       <c r="B146" s="22"/>
       <c r="C146" s="14"/>
       <c r="D146" s="17"/>
       <c r="E146" s="15"/>
       <c r="F146" s="14"/>
       <c r="G146" s="15"/>
       <c r="H146" s="15"/>
       <c r="I146" s="15"/>
       <c r="J146" s="18"/>
       <c r="K146" s="91"/>
       <c r="L146" s="95"/>
     </row>
-    <row r="147" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="147" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A147" s="15"/>
       <c r="B147" s="22"/>
       <c r="C147" s="14"/>
       <c r="D147" s="17"/>
       <c r="E147" s="15"/>
       <c r="F147" s="14"/>
       <c r="G147" s="15"/>
       <c r="H147" s="15"/>
       <c r="I147" s="15"/>
       <c r="J147" s="18"/>
       <c r="K147" s="91"/>
       <c r="L147" s="95"/>
     </row>
-    <row r="148" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="148" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A148" s="15"/>
       <c r="B148" s="22"/>
       <c r="C148" s="14"/>
       <c r="D148" s="17"/>
       <c r="E148" s="15"/>
       <c r="F148" s="14"/>
       <c r="G148" s="15"/>
       <c r="H148" s="15"/>
       <c r="I148" s="15"/>
       <c r="J148" s="18"/>
       <c r="K148" s="91"/>
       <c r="L148" s="95"/>
     </row>
-    <row r="149" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="149" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A149" s="15"/>
       <c r="B149" s="22"/>
       <c r="C149" s="14"/>
       <c r="D149" s="17"/>
       <c r="E149" s="15"/>
       <c r="F149" s="14"/>
       <c r="G149" s="15"/>
       <c r="H149" s="15"/>
       <c r="I149" s="15"/>
       <c r="J149" s="18"/>
       <c r="K149" s="91"/>
       <c r="L149" s="95"/>
     </row>
-    <row r="150" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="150" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A150" s="15"/>
       <c r="B150" s="22"/>
       <c r="C150" s="14"/>
       <c r="D150" s="17"/>
       <c r="E150" s="15"/>
       <c r="F150" s="14"/>
       <c r="G150" s="15"/>
       <c r="H150" s="15"/>
       <c r="I150" s="15"/>
       <c r="J150" s="18"/>
       <c r="K150" s="91"/>
       <c r="L150" s="95"/>
     </row>
-    <row r="151" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="151" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A151" s="15"/>
       <c r="B151" s="22"/>
       <c r="C151" s="14"/>
       <c r="D151" s="17"/>
       <c r="E151" s="15"/>
       <c r="F151" s="14"/>
       <c r="G151" s="15"/>
       <c r="H151" s="15"/>
       <c r="I151" s="15"/>
       <c r="J151" s="18"/>
       <c r="K151" s="91"/>
       <c r="L151" s="95"/>
     </row>
-    <row r="152" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="152" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A152" s="15"/>
       <c r="B152" s="22"/>
       <c r="C152" s="14"/>
       <c r="D152" s="17"/>
       <c r="E152" s="15"/>
       <c r="F152" s="14"/>
       <c r="G152" s="15"/>
       <c r="H152" s="15"/>
       <c r="I152" s="15"/>
       <c r="J152" s="18"/>
       <c r="K152" s="91"/>
       <c r="L152" s="95"/>
     </row>
-    <row r="153" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="153" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A153" s="15"/>
       <c r="B153" s="22"/>
       <c r="C153" s="14"/>
       <c r="D153" s="17"/>
       <c r="E153" s="15"/>
       <c r="F153" s="14"/>
       <c r="G153" s="15"/>
       <c r="H153" s="15"/>
       <c r="I153" s="15"/>
       <c r="J153" s="18"/>
       <c r="K153" s="91"/>
       <c r="L153" s="95"/>
     </row>
-    <row r="154" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="154" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A154" s="15"/>
       <c r="B154" s="22"/>
       <c r="C154" s="14"/>
       <c r="D154" s="17"/>
       <c r="E154" s="15"/>
       <c r="F154" s="14"/>
       <c r="G154" s="15"/>
       <c r="H154" s="15"/>
       <c r="I154" s="15"/>
       <c r="J154" s="18"/>
       <c r="K154" s="91"/>
       <c r="L154" s="95"/>
     </row>
-    <row r="155" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="155" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A155" s="15"/>
       <c r="B155" s="22"/>
       <c r="C155" s="14"/>
       <c r="D155" s="17"/>
       <c r="E155" s="15"/>
       <c r="F155" s="14"/>
       <c r="G155" s="15"/>
       <c r="H155" s="15"/>
       <c r="I155" s="15"/>
       <c r="J155" s="18"/>
       <c r="K155" s="91"/>
       <c r="L155" s="95"/>
     </row>
-    <row r="156" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="156" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A156" s="15"/>
       <c r="B156" s="22"/>
       <c r="C156" s="14"/>
       <c r="D156" s="17"/>
       <c r="E156" s="15"/>
       <c r="F156" s="14"/>
       <c r="G156" s="15"/>
       <c r="H156" s="15"/>
       <c r="I156" s="15"/>
       <c r="J156" s="18"/>
       <c r="K156" s="91"/>
       <c r="L156" s="95"/>
     </row>
-    <row r="157" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="157" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A157" s="15"/>
       <c r="B157" s="22"/>
       <c r="C157" s="14"/>
       <c r="D157" s="17"/>
       <c r="E157" s="15"/>
       <c r="F157" s="14"/>
       <c r="G157" s="15"/>
       <c r="H157" s="15"/>
       <c r="I157" s="15"/>
       <c r="J157" s="18"/>
       <c r="K157" s="91"/>
       <c r="L157" s="95"/>
     </row>
-    <row r="158" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="158" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A158" s="15"/>
       <c r="B158" s="22"/>
       <c r="C158" s="14"/>
       <c r="D158" s="17"/>
       <c r="E158" s="15"/>
       <c r="F158" s="14"/>
       <c r="G158" s="15"/>
       <c r="H158" s="15"/>
       <c r="I158" s="15"/>
       <c r="J158" s="18"/>
       <c r="K158" s="91"/>
       <c r="L158" s="95"/>
     </row>
-    <row r="159" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="159" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A159" s="15"/>
       <c r="B159" s="22"/>
       <c r="C159" s="14"/>
       <c r="D159" s="17"/>
       <c r="E159" s="15"/>
       <c r="F159" s="14"/>
       <c r="G159" s="15"/>
       <c r="H159" s="15"/>
       <c r="I159" s="15"/>
       <c r="J159" s="18"/>
       <c r="K159" s="91"/>
       <c r="L159" s="95"/>
     </row>
-    <row r="160" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="160" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A160" s="15"/>
       <c r="B160" s="22"/>
       <c r="C160" s="14"/>
       <c r="D160" s="17"/>
       <c r="E160" s="15"/>
       <c r="F160" s="14"/>
       <c r="G160" s="15"/>
       <c r="H160" s="15"/>
       <c r="I160" s="15"/>
       <c r="J160" s="18"/>
       <c r="K160" s="91"/>
       <c r="L160" s="95"/>
     </row>
-    <row r="161" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="161" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A161" s="15"/>
       <c r="B161" s="22"/>
       <c r="C161" s="14"/>
       <c r="D161" s="17"/>
       <c r="E161" s="15"/>
       <c r="F161" s="14"/>
       <c r="G161" s="15"/>
       <c r="H161" s="15"/>
       <c r="I161" s="15"/>
       <c r="J161" s="18"/>
       <c r="K161" s="91"/>
       <c r="L161" s="95"/>
     </row>
-    <row r="162" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="162" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A162" s="15"/>
       <c r="B162" s="22"/>
       <c r="C162" s="14"/>
       <c r="D162" s="17"/>
       <c r="E162" s="15"/>
       <c r="F162" s="14"/>
       <c r="G162" s="15"/>
       <c r="H162" s="15"/>
       <c r="I162" s="15"/>
       <c r="J162" s="18"/>
       <c r="K162" s="91"/>
       <c r="L162" s="95"/>
     </row>
-    <row r="163" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="163" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A163" s="15"/>
       <c r="B163" s="22"/>
       <c r="C163" s="14"/>
       <c r="D163" s="17"/>
       <c r="E163" s="15"/>
       <c r="F163" s="14"/>
       <c r="G163" s="15"/>
       <c r="H163" s="15"/>
       <c r="I163" s="15"/>
       <c r="J163" s="18"/>
       <c r="K163" s="91"/>
       <c r="L163" s="95"/>
     </row>
-    <row r="164" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="164" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A164" s="15"/>
       <c r="B164" s="22"/>
       <c r="C164" s="14"/>
       <c r="D164" s="17"/>
       <c r="E164" s="15"/>
       <c r="F164" s="14"/>
       <c r="G164" s="15"/>
       <c r="H164" s="15"/>
       <c r="I164" s="15"/>
       <c r="J164" s="18"/>
       <c r="K164" s="91"/>
       <c r="L164" s="95"/>
     </row>
-    <row r="165" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="165" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A165" s="15"/>
       <c r="B165" s="22"/>
       <c r="C165" s="14"/>
       <c r="D165" s="17"/>
       <c r="E165" s="15"/>
       <c r="F165" s="14"/>
       <c r="G165" s="15"/>
       <c r="H165" s="15"/>
       <c r="I165" s="15"/>
       <c r="J165" s="18"/>
       <c r="K165" s="91"/>
       <c r="L165" s="95"/>
     </row>
-    <row r="166" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="166" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A166" s="15"/>
       <c r="B166" s="22"/>
       <c r="C166" s="14"/>
       <c r="D166" s="17"/>
       <c r="E166" s="15"/>
       <c r="F166" s="14"/>
       <c r="G166" s="15"/>
       <c r="H166" s="15"/>
       <c r="I166" s="15"/>
       <c r="J166" s="18"/>
       <c r="K166" s="91"/>
       <c r="L166" s="95"/>
     </row>
-    <row r="167" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="167" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A167" s="15"/>
       <c r="B167" s="22"/>
       <c r="C167" s="14"/>
       <c r="D167" s="17"/>
       <c r="E167" s="15"/>
       <c r="F167" s="14"/>
       <c r="G167" s="15"/>
       <c r="H167" s="15"/>
       <c r="I167" s="15"/>
       <c r="J167" s="18"/>
       <c r="K167" s="91"/>
       <c r="L167" s="95"/>
     </row>
-    <row r="168" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="168" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A168" s="15"/>
       <c r="B168" s="22"/>
       <c r="C168" s="14"/>
       <c r="D168" s="17"/>
       <c r="E168" s="15"/>
       <c r="F168" s="14"/>
       <c r="G168" s="15"/>
       <c r="H168" s="15"/>
       <c r="I168" s="15"/>
       <c r="J168" s="18"/>
       <c r="K168" s="91"/>
       <c r="L168" s="95"/>
     </row>
-    <row r="169" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="169" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A169" s="15"/>
       <c r="B169" s="22"/>
       <c r="C169" s="14"/>
       <c r="D169" s="17"/>
       <c r="E169" s="15"/>
       <c r="F169" s="14"/>
       <c r="G169" s="15"/>
       <c r="H169" s="15"/>
       <c r="I169" s="15"/>
       <c r="J169" s="18"/>
       <c r="K169" s="91"/>
       <c r="L169" s="95"/>
     </row>
-    <row r="170" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="170" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A170" s="15"/>
       <c r="B170" s="22"/>
       <c r="C170" s="14"/>
       <c r="D170" s="17"/>
       <c r="E170" s="15"/>
       <c r="F170" s="14"/>
       <c r="G170" s="15"/>
       <c r="H170" s="15"/>
       <c r="I170" s="15"/>
       <c r="J170" s="18"/>
       <c r="K170" s="91"/>
       <c r="L170" s="95"/>
     </row>
-    <row r="171" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="171" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A171" s="15"/>
       <c r="B171" s="22"/>
       <c r="C171" s="14"/>
       <c r="D171" s="17"/>
       <c r="E171" s="15"/>
       <c r="F171" s="14"/>
       <c r="G171" s="15"/>
       <c r="H171" s="15"/>
       <c r="I171" s="15"/>
       <c r="J171" s="18"/>
       <c r="K171" s="91"/>
       <c r="L171" s="95"/>
     </row>
-    <row r="172" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="172" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A172" s="15"/>
       <c r="B172" s="22"/>
       <c r="C172" s="14"/>
       <c r="D172" s="17"/>
       <c r="E172" s="15"/>
       <c r="F172" s="14"/>
       <c r="G172" s="15"/>
       <c r="H172" s="15"/>
       <c r="I172" s="15"/>
       <c r="J172" s="18"/>
       <c r="K172" s="91"/>
       <c r="L172" s="95"/>
     </row>
-    <row r="173" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="173" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A173" s="15"/>
       <c r="B173" s="22"/>
       <c r="C173" s="14"/>
       <c r="D173" s="17"/>
       <c r="E173" s="15"/>
       <c r="F173" s="14"/>
       <c r="G173" s="15"/>
       <c r="H173" s="15"/>
       <c r="I173" s="15"/>
       <c r="J173" s="18"/>
       <c r="K173" s="91"/>
       <c r="L173" s="95"/>
     </row>
-    <row r="174" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="174" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A174" s="15"/>
       <c r="B174" s="22"/>
       <c r="C174" s="14"/>
       <c r="D174" s="17"/>
       <c r="E174" s="15"/>
       <c r="F174" s="14"/>
       <c r="G174" s="15"/>
       <c r="H174" s="15"/>
       <c r="I174" s="15"/>
       <c r="J174" s="18"/>
       <c r="K174" s="91"/>
       <c r="L174" s="95"/>
     </row>
-    <row r="175" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="175" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A175" s="15"/>
       <c r="B175" s="22"/>
       <c r="C175" s="14"/>
       <c r="D175" s="17"/>
       <c r="E175" s="15"/>
       <c r="F175" s="14"/>
       <c r="G175" s="15"/>
       <c r="H175" s="15"/>
       <c r="I175" s="15"/>
       <c r="J175" s="18"/>
       <c r="K175" s="91"/>
       <c r="L175" s="95"/>
     </row>
-    <row r="176" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="176" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A176" s="15"/>
       <c r="B176" s="22"/>
       <c r="C176" s="14"/>
       <c r="D176" s="17"/>
       <c r="E176" s="15"/>
       <c r="F176" s="14"/>
       <c r="G176" s="15"/>
       <c r="H176" s="15"/>
       <c r="I176" s="15"/>
       <c r="J176" s="18"/>
       <c r="K176" s="91"/>
       <c r="L176" s="95"/>
     </row>
-    <row r="177" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="177" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A177" s="15"/>
       <c r="B177" s="22"/>
       <c r="C177" s="14"/>
       <c r="D177" s="17"/>
       <c r="E177" s="15"/>
       <c r="F177" s="14"/>
       <c r="G177" s="15"/>
       <c r="H177" s="15"/>
       <c r="I177" s="15"/>
       <c r="J177" s="18"/>
       <c r="K177" s="91"/>
       <c r="L177" s="95"/>
     </row>
-    <row r="178" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="178" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A178" s="15"/>
       <c r="B178" s="22"/>
       <c r="C178" s="14"/>
       <c r="D178" s="17"/>
       <c r="E178" s="15"/>
       <c r="F178" s="14"/>
       <c r="G178" s="15"/>
       <c r="H178" s="15"/>
       <c r="I178" s="15"/>
       <c r="J178" s="18"/>
       <c r="K178" s="91"/>
       <c r="L178" s="95"/>
     </row>
-    <row r="179" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="179" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A179" s="15"/>
       <c r="B179" s="22"/>
       <c r="C179" s="14"/>
       <c r="D179" s="17"/>
       <c r="E179" s="15"/>
       <c r="F179" s="14"/>
       <c r="G179" s="15"/>
       <c r="H179" s="15"/>
       <c r="I179" s="15"/>
       <c r="J179" s="18"/>
       <c r="K179" s="91"/>
       <c r="L179" s="95"/>
     </row>
-    <row r="180" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="180" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A180" s="15"/>
       <c r="B180" s="22"/>
       <c r="C180" s="14"/>
       <c r="D180" s="17"/>
       <c r="E180" s="15"/>
       <c r="F180" s="14"/>
       <c r="G180" s="15"/>
       <c r="H180" s="15"/>
       <c r="I180" s="15"/>
       <c r="J180" s="18"/>
       <c r="K180" s="91"/>
       <c r="L180" s="95"/>
     </row>
-    <row r="181" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="181" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A181" s="15"/>
       <c r="B181" s="22"/>
       <c r="C181" s="14"/>
       <c r="D181" s="17"/>
       <c r="E181" s="15"/>
       <c r="F181" s="14"/>
       <c r="G181" s="15"/>
       <c r="H181" s="15"/>
       <c r="I181" s="15"/>
       <c r="J181" s="18"/>
       <c r="K181" s="91"/>
       <c r="L181" s="95"/>
     </row>
-    <row r="182" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="182" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A182" s="15"/>
       <c r="B182" s="22"/>
       <c r="C182" s="14"/>
       <c r="D182" s="17"/>
       <c r="E182" s="15"/>
       <c r="F182" s="14"/>
       <c r="G182" s="15"/>
       <c r="H182" s="15"/>
       <c r="I182" s="15"/>
       <c r="J182" s="18"/>
       <c r="K182" s="91"/>
       <c r="L182" s="95"/>
     </row>
-    <row r="183" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="183" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A183" s="15"/>
       <c r="B183" s="22"/>
       <c r="C183" s="14"/>
       <c r="D183" s="17"/>
       <c r="E183" s="15"/>
       <c r="F183" s="14"/>
       <c r="G183" s="15"/>
       <c r="H183" s="15"/>
       <c r="I183" s="15"/>
       <c r="J183" s="18"/>
       <c r="K183" s="91"/>
       <c r="L183" s="95"/>
     </row>
-    <row r="184" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="184" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A184" s="15"/>
       <c r="B184" s="22"/>
       <c r="C184" s="14"/>
       <c r="D184" s="17"/>
       <c r="E184" s="15"/>
       <c r="F184" s="14"/>
       <c r="G184" s="15"/>
       <c r="H184" s="15"/>
       <c r="I184" s="15"/>
       <c r="J184" s="18"/>
       <c r="K184" s="91"/>
       <c r="L184" s="95"/>
     </row>
-    <row r="185" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="185" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A185" s="15"/>
       <c r="B185" s="22"/>
       <c r="C185" s="14"/>
       <c r="D185" s="17"/>
       <c r="E185" s="15"/>
       <c r="F185" s="14"/>
       <c r="G185" s="15"/>
       <c r="H185" s="15"/>
       <c r="I185" s="15"/>
       <c r="J185" s="18"/>
       <c r="K185" s="91"/>
       <c r="L185" s="95"/>
     </row>
-    <row r="186" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="186" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A186" s="15"/>
       <c r="B186" s="22"/>
       <c r="C186" s="14"/>
       <c r="D186" s="17"/>
       <c r="E186" s="15"/>
       <c r="F186" s="14"/>
       <c r="G186" s="15"/>
       <c r="H186" s="15"/>
       <c r="I186" s="15"/>
       <c r="J186" s="18"/>
       <c r="K186" s="91"/>
       <c r="L186" s="95"/>
     </row>
-    <row r="187" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="187" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A187" s="15"/>
       <c r="B187" s="22"/>
       <c r="C187" s="14"/>
       <c r="D187" s="17"/>
       <c r="E187" s="15"/>
       <c r="F187" s="14"/>
       <c r="G187" s="15"/>
       <c r="H187" s="15"/>
       <c r="I187" s="15"/>
       <c r="J187" s="18"/>
       <c r="K187" s="91"/>
       <c r="L187" s="95"/>
     </row>
-    <row r="188" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="188" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A188" s="15"/>
       <c r="B188" s="22"/>
       <c r="C188" s="14"/>
       <c r="D188" s="17"/>
       <c r="E188" s="15"/>
       <c r="F188" s="14"/>
       <c r="G188" s="15"/>
       <c r="H188" s="15"/>
       <c r="I188" s="15"/>
       <c r="J188" s="18"/>
       <c r="K188" s="91"/>
       <c r="L188" s="95"/>
     </row>
-    <row r="189" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="189" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A189" s="15"/>
       <c r="B189" s="22"/>
       <c r="C189" s="14"/>
       <c r="D189" s="17"/>
       <c r="E189" s="15"/>
       <c r="F189" s="14"/>
       <c r="G189" s="15"/>
       <c r="H189" s="15"/>
       <c r="I189" s="15"/>
       <c r="J189" s="18"/>
       <c r="K189" s="91"/>
       <c r="L189" s="95"/>
     </row>
-    <row r="190" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="190" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A190" s="15"/>
       <c r="B190" s="22"/>
       <c r="C190" s="14"/>
       <c r="D190" s="17"/>
       <c r="E190" s="15"/>
       <c r="F190" s="14"/>
       <c r="G190" s="15"/>
       <c r="H190" s="15"/>
       <c r="I190" s="15"/>
       <c r="J190" s="18"/>
       <c r="K190" s="91"/>
       <c r="L190" s="95"/>
     </row>
-    <row r="191" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="191" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A191" s="15"/>
       <c r="B191" s="22"/>
       <c r="C191" s="14"/>
       <c r="D191" s="17"/>
       <c r="E191" s="15"/>
       <c r="F191" s="14"/>
       <c r="G191" s="15"/>
       <c r="H191" s="15"/>
       <c r="I191" s="15"/>
       <c r="J191" s="18"/>
       <c r="K191" s="91"/>
       <c r="L191" s="95"/>
     </row>
-    <row r="192" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="192" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A192" s="15"/>
       <c r="B192" s="22"/>
       <c r="C192" s="14"/>
       <c r="D192" s="17"/>
       <c r="E192" s="15"/>
       <c r="F192" s="14"/>
       <c r="G192" s="15"/>
       <c r="H192" s="15"/>
       <c r="I192" s="15"/>
       <c r="J192" s="18"/>
       <c r="K192" s="92"/>
       <c r="L192" s="96"/>
     </row>
-    <row r="193" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="193" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A193" s="15"/>
       <c r="B193" s="22"/>
       <c r="C193" s="14"/>
       <c r="D193" s="17"/>
       <c r="E193" s="15"/>
       <c r="F193" s="14"/>
       <c r="G193" s="15"/>
       <c r="H193" s="15"/>
       <c r="I193" s="15"/>
       <c r="J193" s="18"/>
       <c r="K193" s="91"/>
       <c r="L193" s="95"/>
     </row>
-    <row r="194" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="194" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A194" s="15"/>
       <c r="B194" s="22"/>
       <c r="C194" s="14"/>
       <c r="D194" s="17"/>
       <c r="E194" s="15"/>
       <c r="F194" s="14"/>
       <c r="G194" s="15"/>
       <c r="H194" s="15"/>
       <c r="I194" s="15"/>
       <c r="J194" s="18"/>
       <c r="K194" s="91"/>
       <c r="L194" s="95"/>
     </row>
-    <row r="195" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="195" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A195" s="15"/>
       <c r="B195" s="22"/>
       <c r="C195" s="14"/>
       <c r="D195" s="17"/>
       <c r="E195" s="15"/>
       <c r="F195" s="14"/>
       <c r="G195" s="15"/>
       <c r="H195" s="15"/>
       <c r="I195" s="15"/>
       <c r="J195" s="18"/>
       <c r="K195" s="91"/>
       <c r="L195" s="95"/>
     </row>
-    <row r="196" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="196" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A196" s="15"/>
       <c r="B196" s="22"/>
       <c r="C196" s="14"/>
       <c r="D196" s="17"/>
       <c r="E196" s="15"/>
       <c r="F196" s="14"/>
       <c r="G196" s="15"/>
       <c r="H196" s="15"/>
       <c r="I196" s="15"/>
       <c r="J196" s="18"/>
       <c r="K196" s="91"/>
       <c r="L196" s="95"/>
     </row>
-    <row r="197" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="197" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A197" s="15"/>
       <c r="B197" s="22"/>
       <c r="C197" s="14"/>
       <c r="D197" s="17"/>
       <c r="E197" s="15"/>
       <c r="F197" s="14"/>
       <c r="G197" s="15"/>
       <c r="H197" s="15"/>
       <c r="I197" s="15"/>
       <c r="J197" s="18"/>
       <c r="K197" s="91"/>
       <c r="L197" s="95"/>
     </row>
-    <row r="198" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="198" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A198" s="15"/>
       <c r="B198" s="22"/>
       <c r="C198" s="14"/>
       <c r="D198" s="17"/>
       <c r="E198" s="15"/>
       <c r="F198" s="14"/>
       <c r="G198" s="15"/>
       <c r="H198" s="15"/>
       <c r="I198" s="15"/>
       <c r="J198" s="18"/>
       <c r="K198" s="91"/>
       <c r="L198" s="95"/>
     </row>
-    <row r="199" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="199" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A199" s="15"/>
       <c r="B199" s="22"/>
       <c r="C199" s="14"/>
       <c r="D199" s="17"/>
       <c r="E199" s="15"/>
       <c r="F199" s="14"/>
       <c r="G199" s="15"/>
       <c r="H199" s="15"/>
       <c r="I199" s="15"/>
       <c r="J199" s="18"/>
       <c r="K199" s="91"/>
       <c r="L199" s="95"/>
     </row>
-    <row r="200" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="200" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A200" s="15"/>
       <c r="B200" s="22"/>
       <c r="C200" s="14"/>
       <c r="D200" s="17"/>
       <c r="E200" s="15"/>
       <c r="F200" s="14"/>
       <c r="G200" s="15"/>
       <c r="H200" s="15"/>
       <c r="I200" s="15"/>
       <c r="J200" s="18"/>
       <c r="K200" s="91"/>
       <c r="L200" s="95"/>
     </row>
-    <row r="201" spans="1:12" x14ac:dyDescent="0.3">
+    <row r="201" spans="1:12" x14ac:dyDescent="0.55000000000000004">
       <c r="A201" s="15"/>
       <c r="B201" s="22"/>
       <c r="C201" s="14"/>
       <c r="D201" s="17"/>
       <c r="E201" s="15"/>
       <c r="F201" s="14"/>
       <c r="G201" s="15"/>
       <c r="H201" s="15"/>
       <c r="I201" s="15"/>
       <c r="J201" s="18"/>
       <c r="K201" s="91"/>
       <c r="L201" s="95"/>
     </row>
   </sheetData>
   <sheetProtection insertColumns="0" insertRows="0" deleteColumns="0" deleteRows="0"/>
   <mergeCells count="1">
     <mergeCell ref="J11:L11"/>
   </mergeCells>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="G16:I201 E16:E201" xr:uid="{00000000-0002-0000-0100-000000000000}">
       <formula1>"Yes, No"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A16:A201" xr:uid="{00000000-0002-0000-0100-000001000000}">
       <formula1>"State Operating, Dormitory Income Fund Reimbursable (DIFR), Income Fund Reimbursable (IFR), SUNY Tuition Reimbursement Account (SUTRA)"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="B14" r:id="rId1" tooltip="This link opens a page in a new window or tab." display="http://www.buffalo.edu/administrative-services/managing-money/state-funds/create-maintain-accts/nacubo-codes.html" xr:uid="{00000000-0004-0000-0100-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId2"/>
   <drawing r:id="rId3"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="3">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{00000000-0002-0000-0100-000002000000}">
           <x14:formula1>
-            <xm:f>Sheet1!$A$3:$A$17</xm:f>
+            <xm:f>NACUBO!$A$3:$A$17</xm:f>
           </x14:formula1>
           <xm:sqref>B16:B201</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{DA3551B8-3FC2-4DD7-B465-15D5D8631169}">
           <x14:formula1>
             <xm:f>INDIRECT(VLOOKUP('Step1 - Requestor-Unit Info '!$B$6,'VP Decanal-Entity Name &amp; Number'!$E$1380:$F$1404,2,FALSE))</xm:f>
           </x14:formula1>
           <xm:sqref>D16:D201</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{241945FD-FD5D-4224-9372-F6F6BFA116F2}">
           <x14:formula1>
             <xm:f>'Activity Selections'!$A$1:$A$90</xm:f>
           </x14:formula1>
           <xm:sqref>J16:J201</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:AS200"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView showGridLines="0" topLeftCell="A3" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A16" sqref="A16"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="33.5703125" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="33.59765625" defaultRowHeight="15.75" x14ac:dyDescent="0.5"/>
   <cols>
-    <col min="1" max="1" width="32.5703125" style="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="10" max="16384" width="33.5703125" style="1"/>
+    <col min="1" max="1" width="32.59765625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="28.1328125" style="1" customWidth="1"/>
+    <col min="3" max="3" width="19.265625" style="1" customWidth="1"/>
+    <col min="4" max="5" width="39.1328125" style="1" customWidth="1"/>
+    <col min="6" max="6" width="29.86328125" style="1" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="32.3984375" style="6" customWidth="1"/>
+    <col min="8" max="8" width="22.86328125" style="1" customWidth="1"/>
+    <col min="9" max="9" width="19.59765625" style="1" customWidth="1"/>
+    <col min="10" max="16384" width="33.59765625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:45" ht="50.25" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="2" spans="1:45" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:45" ht="50.25" customHeight="1" x14ac:dyDescent="0.5"/>
+    <row r="2" spans="1:45" ht="22.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A2" s="38" t="s">
         <v>37</v>
       </c>
       <c r="B2" s="38"/>
     </row>
-    <row r="3" spans="1:45" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:45" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A3" s="11" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="46" t="str">
         <f>+'Step1 - Requestor-Unit Info '!B4 &amp; " "</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="4" spans="1:45" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:45" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A4" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="47" t="str">
         <f>+'Step1 - Requestor-Unit Info '!B5 &amp; " "</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="5" spans="1:45" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:45" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A5" s="11" t="s">
         <v>65</v>
       </c>
       <c r="B5" s="47" t="str">
         <f>+'Step1 - Requestor-Unit Info '!B6 &amp; " "</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="6" spans="1:45" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:45" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A6" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="47" t="str">
         <f>+'Step1 - Requestor-Unit Info '!B7 &amp; " "</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="7" spans="1:45" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:45" ht="18" x14ac:dyDescent="0.55000000000000004">
       <c r="A7" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="48" t="str">
         <f>+'Step1 - Requestor-Unit Info '!B8</f>
         <v>SUNY @ Buffalo (28030)</v>
       </c>
       <c r="D7" s="30"/>
     </row>
-    <row r="8" spans="1:45" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:45" ht="18" x14ac:dyDescent="0.55000000000000004">
       <c r="A8" s="11" t="str">
         <f>+'Step1 - Requestor-Unit Info '!A9</f>
         <v>UBO Name:</v>
       </c>
       <c r="B8" s="47" t="str">
         <f>+'Step1 - Requestor-Unit Info '!B9 &amp; " "</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="9" spans="1:45" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:45" ht="18" x14ac:dyDescent="0.55000000000000004">
       <c r="A9" s="11" t="str">
         <f>+'Step1 - Requestor-Unit Info '!A10</f>
         <v>UBO Email:</v>
       </c>
       <c r="B9" s="46" t="str">
         <f>+'Step1 - Requestor-Unit Info '!B10 &amp; " "</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="10" spans="1:45" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="10" spans="1:45" ht="18" x14ac:dyDescent="0.55000000000000004">
       <c r="A10" s="11"/>
       <c r="B10" s="40"/>
     </row>
-    <row r="11" spans="1:45" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:45" ht="18" x14ac:dyDescent="0.55000000000000004">
       <c r="H11" s="108" t="s">
         <v>1507</v>
       </c>
       <c r="I11" s="110"/>
     </row>
-    <row r="12" spans="1:45" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.35">
+    <row r="12" spans="1:45" s="7" customFormat="1" ht="60" customHeight="1" x14ac:dyDescent="0.65">
       <c r="A12" s="61" t="s">
         <v>61</v>
       </c>
       <c r="B12" s="61" t="s">
         <v>10</v>
       </c>
       <c r="C12" s="61" t="s">
         <v>12</v>
       </c>
       <c r="D12" s="64" t="s">
         <v>14</v>
       </c>
       <c r="E12" s="49" t="s">
         <v>1506</v>
       </c>
       <c r="F12" s="61" t="s">
         <v>1614</v>
       </c>
       <c r="G12" s="62" t="s">
         <v>25</v>
       </c>
       <c r="H12" s="81" t="s">
         <v>1508</v>
       </c>
       <c r="I12" s="82" t="s">
         <v>1509</v>
       </c>
     </row>
-    <row r="13" spans="1:45" s="7" customFormat="1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:45" s="7" customFormat="1" x14ac:dyDescent="0.5">
       <c r="A13" s="58"/>
       <c r="B13" s="58"/>
       <c r="C13" s="58"/>
       <c r="D13" s="58"/>
       <c r="E13" s="52"/>
       <c r="F13" s="58"/>
       <c r="G13" s="58"/>
       <c r="H13" s="52"/>
       <c r="I13" s="83"/>
     </row>
-    <row r="14" spans="1:45" s="6" customFormat="1" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:45" s="6" customFormat="1" ht="49.5" customHeight="1" x14ac:dyDescent="0.5">
       <c r="A14" s="58" t="s">
         <v>18</v>
       </c>
       <c r="B14" s="58" t="s">
         <v>11</v>
       </c>
       <c r="C14" s="58" t="s">
         <v>13</v>
       </c>
       <c r="D14" s="58" t="s">
         <v>22</v>
       </c>
       <c r="E14" s="58" t="s">
         <v>18</v>
       </c>
       <c r="F14" s="58" t="s">
         <v>1612</v>
       </c>
       <c r="G14" s="58" t="s">
         <v>60</v>
       </c>
       <c r="H14" s="58" t="s">
         <v>18</v>
       </c>
       <c r="I14" s="60" t="s">
         <v>1512</v>
       </c>
     </row>
-    <row r="15" spans="1:45" s="2" customFormat="1" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:45" s="2" customFormat="1" ht="17.100000000000001" customHeight="1" thickBot="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A15" s="23"/>
       <c r="B15" s="23"/>
       <c r="C15" s="23"/>
       <c r="D15" s="23"/>
       <c r="E15" s="23"/>
-      <c r="F15" s="99" t="s">
+      <c r="F15" s="97" t="s">
         <v>1613</v>
       </c>
       <c r="G15" s="23"/>
       <c r="H15" s="24"/>
       <c r="I15" s="84"/>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
       <c r="X15" s="1"/>
       <c r="Y15" s="1"/>
       <c r="Z15" s="1"/>
       <c r="AA15" s="1"/>
       <c r="AB15" s="1"/>
       <c r="AC15" s="1"/>
       <c r="AD15" s="1"/>
       <c r="AE15" s="1"/>
       <c r="AF15" s="1"/>
       <c r="AG15" s="1"/>
       <c r="AH15" s="1"/>
       <c r="AI15" s="1"/>
       <c r="AJ15" s="1"/>
       <c r="AK15" s="1"/>
       <c r="AL15" s="1"/>
       <c r="AM15" s="1"/>
       <c r="AN15" s="1"/>
       <c r="AO15" s="1"/>
       <c r="AP15" s="1"/>
       <c r="AQ15" s="1"/>
       <c r="AR15" s="1"/>
       <c r="AS15" s="1"/>
     </row>
-    <row r="16" spans="1:45" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:45" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A16" s="4"/>
       <c r="B16" s="4"/>
       <c r="C16" s="28"/>
       <c r="D16" s="8"/>
       <c r="E16" s="17"/>
       <c r="F16" s="5"/>
       <c r="G16" s="8"/>
       <c r="H16" s="5"/>
       <c r="I16" s="87"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
       <c r="X16" s="1"/>
       <c r="Y16" s="1"/>
       <c r="Z16" s="1"/>
       <c r="AA16" s="1"/>
       <c r="AB16" s="1"/>
       <c r="AC16" s="1"/>
       <c r="AD16" s="1"/>
       <c r="AE16" s="1"/>
       <c r="AF16" s="1"/>
       <c r="AG16" s="1"/>
       <c r="AH16" s="1"/>
       <c r="AI16" s="1"/>
       <c r="AJ16" s="1"/>
       <c r="AK16" s="1"/>
       <c r="AL16" s="1"/>
       <c r="AM16" s="1"/>
       <c r="AN16" s="1"/>
       <c r="AO16" s="1"/>
       <c r="AP16" s="1"/>
       <c r="AQ16" s="1"/>
       <c r="AR16" s="1"/>
       <c r="AS16" s="1"/>
     </row>
-    <row r="17" spans="1:45" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:45" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A17" s="4"/>
       <c r="B17" s="4"/>
       <c r="C17" s="28"/>
       <c r="D17" s="8"/>
       <c r="E17" s="17"/>
       <c r="F17" s="5"/>
       <c r="G17" s="8"/>
       <c r="H17" s="5"/>
       <c r="I17" s="88"/>
       <c r="J17" s="1"/>
       <c r="K17" s="1"/>
       <c r="L17" s="1"/>
       <c r="M17" s="1"/>
       <c r="N17" s="1"/>
       <c r="O17" s="1"/>
       <c r="P17" s="1"/>
       <c r="Q17" s="1"/>
       <c r="R17" s="1"/>
       <c r="S17" s="1"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
       <c r="X17" s="1"/>
       <c r="Y17" s="1"/>
       <c r="Z17" s="1"/>
       <c r="AA17" s="1"/>
       <c r="AB17" s="1"/>
       <c r="AC17" s="1"/>
       <c r="AD17" s="1"/>
       <c r="AE17" s="1"/>
       <c r="AF17" s="1"/>
       <c r="AG17" s="1"/>
       <c r="AH17" s="1"/>
       <c r="AI17" s="1"/>
       <c r="AJ17" s="1"/>
       <c r="AK17" s="1"/>
       <c r="AL17" s="1"/>
       <c r="AM17" s="1"/>
       <c r="AN17" s="1"/>
       <c r="AO17" s="1"/>
       <c r="AP17" s="1"/>
       <c r="AQ17" s="1"/>
       <c r="AR17" s="1"/>
       <c r="AS17" s="1"/>
     </row>
-    <row r="18" spans="1:45" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:45" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A18" s="4"/>
       <c r="B18" s="4"/>
       <c r="C18" s="28"/>
       <c r="D18" s="8"/>
       <c r="E18" s="17"/>
       <c r="F18" s="5"/>
       <c r="G18" s="8"/>
       <c r="H18" s="5"/>
       <c r="I18" s="88"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
       <c r="X18" s="1"/>
       <c r="Y18" s="1"/>
       <c r="Z18" s="1"/>
       <c r="AA18" s="1"/>
       <c r="AB18" s="1"/>
       <c r="AC18" s="1"/>
       <c r="AD18" s="1"/>
       <c r="AE18" s="1"/>
       <c r="AF18" s="1"/>
       <c r="AG18" s="1"/>
       <c r="AH18" s="1"/>
       <c r="AI18" s="1"/>
       <c r="AJ18" s="1"/>
       <c r="AK18" s="1"/>
       <c r="AL18" s="1"/>
       <c r="AM18" s="1"/>
       <c r="AN18" s="1"/>
       <c r="AO18" s="1"/>
       <c r="AP18" s="1"/>
       <c r="AQ18" s="1"/>
       <c r="AR18" s="1"/>
       <c r="AS18" s="1"/>
     </row>
-    <row r="19" spans="1:45" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:45" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A19" s="4"/>
       <c r="B19" s="4"/>
       <c r="C19" s="28"/>
       <c r="D19" s="8"/>
       <c r="E19" s="17"/>
       <c r="F19" s="5"/>
       <c r="G19" s="8"/>
       <c r="H19" s="5"/>
       <c r="I19" s="88"/>
       <c r="J19" s="1"/>
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
       <c r="P19" s="1"/>
       <c r="Q19" s="1"/>
       <c r="R19" s="1"/>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
       <c r="X19" s="1"/>
       <c r="Y19" s="1"/>
       <c r="Z19" s="1"/>
       <c r="AA19" s="1"/>
       <c r="AB19" s="1"/>
       <c r="AC19" s="1"/>
       <c r="AD19" s="1"/>
       <c r="AE19" s="1"/>
       <c r="AF19" s="1"/>
       <c r="AG19" s="1"/>
       <c r="AH19" s="1"/>
       <c r="AI19" s="1"/>
       <c r="AJ19" s="1"/>
       <c r="AK19" s="1"/>
       <c r="AL19" s="1"/>
       <c r="AM19" s="1"/>
       <c r="AN19" s="1"/>
       <c r="AO19" s="1"/>
       <c r="AP19" s="1"/>
       <c r="AQ19" s="1"/>
       <c r="AR19" s="1"/>
       <c r="AS19" s="1"/>
     </row>
-    <row r="20" spans="1:45" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:45" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A20" s="4"/>
       <c r="B20" s="4"/>
       <c r="C20" s="28"/>
       <c r="D20" s="8"/>
       <c r="E20" s="17"/>
       <c r="F20" s="5"/>
       <c r="G20" s="8"/>
       <c r="H20" s="5"/>
       <c r="I20" s="88"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="1"/>
       <c r="R20" s="1"/>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
       <c r="X20" s="1"/>
       <c r="Y20" s="1"/>
       <c r="Z20" s="1"/>
       <c r="AA20" s="1"/>
       <c r="AB20" s="1"/>
       <c r="AC20" s="1"/>
       <c r="AD20" s="1"/>
       <c r="AE20" s="1"/>
       <c r="AF20" s="1"/>
       <c r="AG20" s="1"/>
       <c r="AH20" s="1"/>
       <c r="AI20" s="1"/>
       <c r="AJ20" s="1"/>
       <c r="AK20" s="1"/>
       <c r="AL20" s="1"/>
       <c r="AM20" s="1"/>
       <c r="AN20" s="1"/>
       <c r="AO20" s="1"/>
       <c r="AP20" s="1"/>
       <c r="AQ20" s="1"/>
       <c r="AR20" s="1"/>
       <c r="AS20" s="1"/>
     </row>
-    <row r="21" spans="1:45" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:45" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A21" s="4"/>
       <c r="B21" s="4"/>
       <c r="C21" s="28"/>
       <c r="D21" s="8"/>
       <c r="E21" s="17"/>
       <c r="F21" s="5"/>
       <c r="G21" s="8"/>
       <c r="H21" s="5"/>
       <c r="I21" s="88"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
       <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
       <c r="R21" s="1"/>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
       <c r="X21" s="1"/>
       <c r="Y21" s="1"/>
       <c r="Z21" s="1"/>
       <c r="AA21" s="1"/>
       <c r="AB21" s="1"/>
       <c r="AC21" s="1"/>
       <c r="AD21" s="1"/>
       <c r="AE21" s="1"/>
       <c r="AF21" s="1"/>
       <c r="AG21" s="1"/>
       <c r="AH21" s="1"/>
       <c r="AI21" s="1"/>
       <c r="AJ21" s="1"/>
       <c r="AK21" s="1"/>
       <c r="AL21" s="1"/>
       <c r="AM21" s="1"/>
       <c r="AN21" s="1"/>
       <c r="AO21" s="1"/>
       <c r="AP21" s="1"/>
       <c r="AQ21" s="1"/>
       <c r="AR21" s="1"/>
       <c r="AS21" s="1"/>
     </row>
-    <row r="22" spans="1:45" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:45" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A22" s="4"/>
       <c r="B22" s="4"/>
       <c r="C22" s="28"/>
       <c r="D22" s="8"/>
       <c r="E22" s="17"/>
       <c r="F22" s="5"/>
       <c r="G22" s="8"/>
       <c r="H22" s="5"/>
       <c r="I22" s="88"/>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
       <c r="L22" s="1"/>
       <c r="M22" s="1"/>
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
       <c r="P22" s="1"/>
       <c r="Q22" s="1"/>
       <c r="R22" s="1"/>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
       <c r="X22" s="1"/>
       <c r="Y22" s="1"/>
       <c r="Z22" s="1"/>
       <c r="AA22" s="1"/>
       <c r="AB22" s="1"/>
       <c r="AC22" s="1"/>
       <c r="AD22" s="1"/>
       <c r="AE22" s="1"/>
       <c r="AF22" s="1"/>
       <c r="AG22" s="1"/>
       <c r="AH22" s="1"/>
       <c r="AI22" s="1"/>
       <c r="AJ22" s="1"/>
       <c r="AK22" s="1"/>
       <c r="AL22" s="1"/>
       <c r="AM22" s="1"/>
       <c r="AN22" s="1"/>
       <c r="AO22" s="1"/>
       <c r="AP22" s="1"/>
       <c r="AQ22" s="1"/>
       <c r="AR22" s="1"/>
       <c r="AS22" s="1"/>
     </row>
-    <row r="23" spans="1:45" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:45" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A23" s="4"/>
       <c r="B23" s="4"/>
       <c r="C23" s="28"/>
       <c r="D23" s="8"/>
       <c r="E23" s="17"/>
       <c r="F23" s="5"/>
       <c r="G23" s="8"/>
       <c r="H23" s="5"/>
       <c r="I23" s="88"/>
       <c r="J23" s="1"/>
       <c r="K23" s="1"/>
       <c r="L23" s="1"/>
       <c r="M23" s="1"/>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
       <c r="P23" s="1"/>
       <c r="Q23" s="1"/>
       <c r="R23" s="1"/>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
       <c r="X23" s="1"/>
       <c r="Y23" s="1"/>
       <c r="Z23" s="1"/>
       <c r="AA23" s="1"/>
       <c r="AB23" s="1"/>
       <c r="AC23" s="1"/>
       <c r="AD23" s="1"/>
       <c r="AE23" s="1"/>
       <c r="AF23" s="1"/>
       <c r="AG23" s="1"/>
       <c r="AH23" s="1"/>
       <c r="AI23" s="1"/>
       <c r="AJ23" s="1"/>
       <c r="AK23" s="1"/>
       <c r="AL23" s="1"/>
       <c r="AM23" s="1"/>
       <c r="AN23" s="1"/>
       <c r="AO23" s="1"/>
       <c r="AP23" s="1"/>
       <c r="AQ23" s="1"/>
       <c r="AR23" s="1"/>
       <c r="AS23" s="1"/>
     </row>
-    <row r="24" spans="1:45" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:45" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A24" s="4"/>
       <c r="B24" s="4"/>
       <c r="C24" s="28"/>
       <c r="D24" s="8"/>
       <c r="E24" s="17"/>
       <c r="F24" s="5"/>
       <c r="G24" s="8"/>
       <c r="H24" s="5"/>
       <c r="I24" s="88"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1"/>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
       <c r="O24" s="1"/>
       <c r="P24" s="1"/>
       <c r="Q24" s="1"/>
       <c r="R24" s="1"/>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
       <c r="X24" s="1"/>
       <c r="Y24" s="1"/>
       <c r="Z24" s="1"/>
       <c r="AA24" s="1"/>
       <c r="AB24" s="1"/>
       <c r="AC24" s="1"/>
       <c r="AD24" s="1"/>
       <c r="AE24" s="1"/>
       <c r="AF24" s="1"/>
       <c r="AG24" s="1"/>
       <c r="AH24" s="1"/>
       <c r="AI24" s="1"/>
       <c r="AJ24" s="1"/>
       <c r="AK24" s="1"/>
       <c r="AL24" s="1"/>
       <c r="AM24" s="1"/>
       <c r="AN24" s="1"/>
       <c r="AO24" s="1"/>
       <c r="AP24" s="1"/>
       <c r="AQ24" s="1"/>
       <c r="AR24" s="1"/>
       <c r="AS24" s="1"/>
     </row>
-    <row r="25" spans="1:45" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:45" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A25" s="4"/>
       <c r="B25" s="4"/>
       <c r="C25" s="28"/>
       <c r="D25" s="8"/>
       <c r="E25" s="17"/>
       <c r="F25" s="5"/>
       <c r="G25" s="8"/>
       <c r="H25" s="5"/>
       <c r="I25" s="88"/>
       <c r="J25" s="1"/>
       <c r="K25" s="1"/>
       <c r="L25" s="1"/>
       <c r="M25" s="1"/>
       <c r="N25" s="1"/>
       <c r="O25" s="1"/>
       <c r="P25" s="1"/>
       <c r="Q25" s="1"/>
       <c r="R25" s="1"/>
       <c r="S25" s="1"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
       <c r="X25" s="1"/>
       <c r="Y25" s="1"/>
       <c r="Z25" s="1"/>
       <c r="AA25" s="1"/>
       <c r="AB25" s="1"/>
       <c r="AC25" s="1"/>
       <c r="AD25" s="1"/>
       <c r="AE25" s="1"/>
       <c r="AF25" s="1"/>
       <c r="AG25" s="1"/>
       <c r="AH25" s="1"/>
       <c r="AI25" s="1"/>
       <c r="AJ25" s="1"/>
       <c r="AK25" s="1"/>
       <c r="AL25" s="1"/>
       <c r="AM25" s="1"/>
       <c r="AN25" s="1"/>
       <c r="AO25" s="1"/>
       <c r="AP25" s="1"/>
       <c r="AQ25" s="1"/>
       <c r="AR25" s="1"/>
       <c r="AS25" s="1"/>
     </row>
-    <row r="26" spans="1:45" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:45" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A26" s="4"/>
       <c r="B26" s="4"/>
       <c r="C26" s="28"/>
       <c r="D26" s="8"/>
       <c r="E26" s="17"/>
       <c r="F26" s="5"/>
       <c r="G26" s="8"/>
       <c r="H26" s="5"/>
       <c r="I26" s="88"/>
       <c r="J26" s="1"/>
       <c r="K26" s="1"/>
       <c r="L26" s="1"/>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
       <c r="Q26" s="1"/>
       <c r="R26" s="1"/>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
       <c r="X26" s="1"/>
       <c r="Y26" s="1"/>
       <c r="Z26" s="1"/>
       <c r="AA26" s="1"/>
       <c r="AB26" s="1"/>
       <c r="AC26" s="1"/>
       <c r="AD26" s="1"/>
       <c r="AE26" s="1"/>
       <c r="AF26" s="1"/>
       <c r="AG26" s="1"/>
       <c r="AH26" s="1"/>
       <c r="AI26" s="1"/>
       <c r="AJ26" s="1"/>
       <c r="AK26" s="1"/>
       <c r="AL26" s="1"/>
       <c r="AM26" s="1"/>
       <c r="AN26" s="1"/>
       <c r="AO26" s="1"/>
       <c r="AP26" s="1"/>
       <c r="AQ26" s="1"/>
       <c r="AR26" s="1"/>
       <c r="AS26" s="1"/>
     </row>
-    <row r="27" spans="1:45" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:45" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A27" s="4"/>
       <c r="B27" s="4"/>
       <c r="C27" s="28"/>
       <c r="D27" s="8"/>
       <c r="E27" s="17"/>
       <c r="F27" s="5"/>
       <c r="G27" s="8"/>
       <c r="H27" s="5"/>
       <c r="I27" s="88"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
       <c r="X27" s="1"/>
       <c r="Y27" s="1"/>
       <c r="Z27" s="1"/>
       <c r="AA27" s="1"/>
       <c r="AB27" s="1"/>
       <c r="AC27" s="1"/>
       <c r="AD27" s="1"/>
       <c r="AE27" s="1"/>
       <c r="AF27" s="1"/>
       <c r="AG27" s="1"/>
       <c r="AH27" s="1"/>
       <c r="AI27" s="1"/>
       <c r="AJ27" s="1"/>
       <c r="AK27" s="1"/>
       <c r="AL27" s="1"/>
       <c r="AM27" s="1"/>
       <c r="AN27" s="1"/>
       <c r="AO27" s="1"/>
       <c r="AP27" s="1"/>
       <c r="AQ27" s="1"/>
       <c r="AR27" s="1"/>
       <c r="AS27" s="1"/>
     </row>
-    <row r="28" spans="1:45" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:45" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A28" s="4"/>
       <c r="B28" s="4"/>
       <c r="C28" s="28"/>
       <c r="D28" s="8"/>
       <c r="E28" s="17"/>
       <c r="F28" s="5"/>
       <c r="G28" s="8"/>
       <c r="H28" s="5"/>
       <c r="I28" s="88"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
       <c r="Q28" s="1"/>
       <c r="R28" s="1"/>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
       <c r="X28" s="1"/>
       <c r="Y28" s="1"/>
       <c r="Z28" s="1"/>
       <c r="AA28" s="1"/>
       <c r="AB28" s="1"/>
       <c r="AC28" s="1"/>
       <c r="AD28" s="1"/>
       <c r="AE28" s="1"/>
       <c r="AF28" s="1"/>
       <c r="AG28" s="1"/>
       <c r="AH28" s="1"/>
       <c r="AI28" s="1"/>
       <c r="AJ28" s="1"/>
       <c r="AK28" s="1"/>
       <c r="AL28" s="1"/>
       <c r="AM28" s="1"/>
       <c r="AN28" s="1"/>
       <c r="AO28" s="1"/>
       <c r="AP28" s="1"/>
       <c r="AQ28" s="1"/>
       <c r="AR28" s="1"/>
       <c r="AS28" s="1"/>
     </row>
-    <row r="29" spans="1:45" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:45" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A29" s="4"/>
       <c r="B29" s="28"/>
       <c r="C29" s="8"/>
       <c r="D29" s="5"/>
       <c r="E29" s="17"/>
       <c r="F29" s="8"/>
       <c r="G29" s="28"/>
       <c r="H29" s="5"/>
       <c r="I29" s="89"/>
       <c r="J29" s="1"/>
       <c r="K29" s="1"/>
       <c r="L29" s="1"/>
       <c r="M29" s="1"/>
       <c r="N29" s="1"/>
       <c r="O29" s="1"/>
       <c r="P29" s="1"/>
       <c r="Q29" s="1"/>
       <c r="R29" s="1"/>
       <c r="S29" s="1"/>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
       <c r="X29" s="1"/>
       <c r="Y29" s="1"/>
       <c r="Z29" s="1"/>
       <c r="AA29" s="1"/>
       <c r="AB29" s="1"/>
       <c r="AC29" s="1"/>
       <c r="AD29" s="1"/>
       <c r="AE29" s="1"/>
       <c r="AF29" s="1"/>
       <c r="AG29" s="1"/>
       <c r="AH29" s="1"/>
       <c r="AI29" s="1"/>
       <c r="AJ29" s="1"/>
       <c r="AK29" s="1"/>
       <c r="AL29" s="1"/>
       <c r="AM29" s="1"/>
       <c r="AN29" s="1"/>
       <c r="AO29" s="1"/>
       <c r="AP29" s="1"/>
       <c r="AQ29" s="1"/>
       <c r="AR29" s="1"/>
       <c r="AS29" s="1"/>
     </row>
-    <row r="30" spans="1:45" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:45" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A30" s="4"/>
       <c r="B30" s="28"/>
       <c r="C30" s="8"/>
       <c r="D30" s="5"/>
       <c r="E30" s="17"/>
       <c r="F30" s="8"/>
       <c r="G30" s="28"/>
       <c r="H30" s="5"/>
       <c r="I30" s="89"/>
       <c r="J30" s="1"/>
       <c r="K30" s="1"/>
       <c r="L30" s="1"/>
       <c r="M30" s="1"/>
       <c r="N30" s="1"/>
       <c r="O30" s="1"/>
       <c r="P30" s="1"/>
       <c r="Q30" s="1"/>
       <c r="R30" s="1"/>
       <c r="S30" s="1"/>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
       <c r="X30" s="1"/>
       <c r="Y30" s="1"/>
       <c r="Z30" s="1"/>
       <c r="AA30" s="1"/>
       <c r="AB30" s="1"/>
       <c r="AC30" s="1"/>
       <c r="AD30" s="1"/>
       <c r="AE30" s="1"/>
       <c r="AF30" s="1"/>
       <c r="AG30" s="1"/>
       <c r="AH30" s="1"/>
       <c r="AI30" s="1"/>
       <c r="AJ30" s="1"/>
       <c r="AK30" s="1"/>
       <c r="AL30" s="1"/>
       <c r="AM30" s="1"/>
       <c r="AN30" s="1"/>
       <c r="AO30" s="1"/>
       <c r="AP30" s="1"/>
       <c r="AQ30" s="1"/>
       <c r="AR30" s="1"/>
       <c r="AS30" s="1"/>
     </row>
-    <row r="31" spans="1:45" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:45" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A31" s="4"/>
       <c r="B31" s="28"/>
       <c r="C31" s="8"/>
       <c r="D31" s="5"/>
       <c r="E31" s="17"/>
       <c r="F31" s="8"/>
       <c r="G31" s="28"/>
       <c r="H31" s="5"/>
       <c r="I31" s="89"/>
       <c r="J31" s="1"/>
       <c r="K31" s="1"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1"/>
       <c r="Q31" s="1"/>
       <c r="R31" s="1"/>
       <c r="S31" s="1"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
       <c r="X31" s="1"/>
       <c r="Y31" s="1"/>
       <c r="Z31" s="1"/>
       <c r="AA31" s="1"/>
       <c r="AB31" s="1"/>
       <c r="AC31" s="1"/>
       <c r="AD31" s="1"/>
       <c r="AE31" s="1"/>
       <c r="AF31" s="1"/>
       <c r="AG31" s="1"/>
       <c r="AH31" s="1"/>
       <c r="AI31" s="1"/>
       <c r="AJ31" s="1"/>
       <c r="AK31" s="1"/>
       <c r="AL31" s="1"/>
       <c r="AM31" s="1"/>
       <c r="AN31" s="1"/>
       <c r="AO31" s="1"/>
       <c r="AP31" s="1"/>
       <c r="AQ31" s="1"/>
       <c r="AR31" s="1"/>
       <c r="AS31" s="1"/>
     </row>
-    <row r="32" spans="1:45" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:45" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A32" s="4"/>
       <c r="B32" s="28"/>
       <c r="C32" s="8"/>
       <c r="D32" s="5"/>
       <c r="E32" s="17"/>
       <c r="F32" s="8"/>
       <c r="G32" s="28"/>
       <c r="H32" s="5"/>
       <c r="I32" s="89"/>
       <c r="J32" s="1"/>
       <c r="K32" s="1"/>
       <c r="L32" s="1"/>
       <c r="M32" s="1"/>
       <c r="N32" s="1"/>
       <c r="O32" s="1"/>
       <c r="P32" s="1"/>
       <c r="Q32" s="1"/>
       <c r="R32" s="1"/>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
       <c r="X32" s="1"/>
       <c r="Y32" s="1"/>
       <c r="Z32" s="1"/>
       <c r="AA32" s="1"/>
       <c r="AB32" s="1"/>
       <c r="AC32" s="1"/>
       <c r="AD32" s="1"/>
       <c r="AE32" s="1"/>
       <c r="AF32" s="1"/>
       <c r="AG32" s="1"/>
       <c r="AH32" s="1"/>
       <c r="AI32" s="1"/>
       <c r="AJ32" s="1"/>
       <c r="AK32" s="1"/>
       <c r="AL32" s="1"/>
       <c r="AM32" s="1"/>
       <c r="AN32" s="1"/>
       <c r="AO32" s="1"/>
       <c r="AP32" s="1"/>
       <c r="AQ32" s="1"/>
       <c r="AR32" s="1"/>
       <c r="AS32" s="1"/>
     </row>
-    <row r="33" spans="1:45" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:45" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A33" s="4"/>
       <c r="B33" s="28"/>
       <c r="C33" s="8"/>
       <c r="D33" s="5"/>
       <c r="E33" s="17"/>
       <c r="F33" s="8"/>
       <c r="G33" s="28"/>
       <c r="H33" s="5"/>
       <c r="I33" s="89"/>
       <c r="J33" s="1"/>
       <c r="K33" s="1"/>
       <c r="L33" s="1"/>
       <c r="M33" s="1"/>
       <c r="N33" s="1"/>
       <c r="O33" s="1"/>
       <c r="P33" s="1"/>
       <c r="Q33" s="1"/>
       <c r="R33" s="1"/>
       <c r="S33" s="1"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
       <c r="X33" s="1"/>
       <c r="Y33" s="1"/>
       <c r="Z33" s="1"/>
       <c r="AA33" s="1"/>
       <c r="AB33" s="1"/>
       <c r="AC33" s="1"/>
       <c r="AD33" s="1"/>
       <c r="AE33" s="1"/>
       <c r="AF33" s="1"/>
       <c r="AG33" s="1"/>
       <c r="AH33" s="1"/>
       <c r="AI33" s="1"/>
       <c r="AJ33" s="1"/>
       <c r="AK33" s="1"/>
       <c r="AL33" s="1"/>
       <c r="AM33" s="1"/>
       <c r="AN33" s="1"/>
       <c r="AO33" s="1"/>
       <c r="AP33" s="1"/>
       <c r="AQ33" s="1"/>
       <c r="AR33" s="1"/>
       <c r="AS33" s="1"/>
     </row>
-    <row r="34" spans="1:45" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:45" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A34" s="4"/>
       <c r="B34" s="28"/>
       <c r="C34" s="8"/>
       <c r="D34" s="5"/>
       <c r="E34" s="17"/>
       <c r="F34" s="8"/>
       <c r="G34" s="28"/>
       <c r="H34" s="5"/>
       <c r="I34" s="89"/>
       <c r="J34" s="1"/>
       <c r="K34" s="1"/>
       <c r="L34" s="1"/>
       <c r="M34" s="1"/>
       <c r="N34" s="1"/>
       <c r="O34" s="1"/>
       <c r="P34" s="1"/>
       <c r="Q34" s="1"/>
       <c r="R34" s="1"/>
       <c r="S34" s="1"/>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
       <c r="X34" s="1"/>
       <c r="Y34" s="1"/>
       <c r="Z34" s="1"/>
       <c r="AA34" s="1"/>
       <c r="AB34" s="1"/>
       <c r="AC34" s="1"/>
       <c r="AD34" s="1"/>
       <c r="AE34" s="1"/>
       <c r="AF34" s="1"/>
       <c r="AG34" s="1"/>
       <c r="AH34" s="1"/>
       <c r="AI34" s="1"/>
       <c r="AJ34" s="1"/>
       <c r="AK34" s="1"/>
       <c r="AL34" s="1"/>
       <c r="AM34" s="1"/>
       <c r="AN34" s="1"/>
       <c r="AO34" s="1"/>
       <c r="AP34" s="1"/>
       <c r="AQ34" s="1"/>
       <c r="AR34" s="1"/>
       <c r="AS34" s="1"/>
     </row>
-    <row r="35" spans="1:45" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:45" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A35" s="4"/>
       <c r="B35" s="4"/>
       <c r="C35" s="28"/>
       <c r="D35" s="8"/>
       <c r="E35" s="17"/>
       <c r="F35" s="5"/>
       <c r="G35" s="8"/>
       <c r="H35" s="5"/>
       <c r="I35" s="88"/>
       <c r="J35" s="1"/>
       <c r="K35" s="1"/>
       <c r="L35" s="1"/>
       <c r="M35" s="1"/>
       <c r="N35" s="1"/>
       <c r="O35" s="1"/>
       <c r="P35" s="1"/>
       <c r="Q35" s="1"/>
       <c r="R35" s="1"/>
       <c r="S35" s="1"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
       <c r="X35" s="1"/>
       <c r="Y35" s="1"/>
       <c r="Z35" s="1"/>
       <c r="AA35" s="1"/>
       <c r="AB35" s="1"/>
       <c r="AC35" s="1"/>
       <c r="AD35" s="1"/>
       <c r="AE35" s="1"/>
       <c r="AF35" s="1"/>
       <c r="AG35" s="1"/>
       <c r="AH35" s="1"/>
       <c r="AI35" s="1"/>
       <c r="AJ35" s="1"/>
       <c r="AK35" s="1"/>
       <c r="AL35" s="1"/>
       <c r="AM35" s="1"/>
       <c r="AN35" s="1"/>
       <c r="AO35" s="1"/>
       <c r="AP35" s="1"/>
       <c r="AQ35" s="1"/>
       <c r="AR35" s="1"/>
       <c r="AS35" s="1"/>
     </row>
-    <row r="36" spans="1:45" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:45" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A36" s="4"/>
       <c r="B36" s="4"/>
       <c r="C36" s="28"/>
       <c r="D36" s="8"/>
       <c r="E36" s="17"/>
       <c r="F36" s="5"/>
       <c r="G36" s="8"/>
       <c r="H36" s="5"/>
       <c r="I36" s="88"/>
       <c r="J36" s="1"/>
       <c r="K36" s="1"/>
       <c r="L36" s="1"/>
       <c r="M36" s="1"/>
       <c r="N36" s="1"/>
       <c r="O36" s="1"/>
       <c r="P36" s="1"/>
       <c r="Q36" s="1"/>
       <c r="R36" s="1"/>
       <c r="S36" s="1"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
       <c r="X36" s="1"/>
       <c r="Y36" s="1"/>
       <c r="Z36" s="1"/>
       <c r="AA36" s="1"/>
       <c r="AB36" s="1"/>
       <c r="AC36" s="1"/>
       <c r="AD36" s="1"/>
       <c r="AE36" s="1"/>
       <c r="AF36" s="1"/>
       <c r="AG36" s="1"/>
       <c r="AH36" s="1"/>
       <c r="AI36" s="1"/>
       <c r="AJ36" s="1"/>
       <c r="AK36" s="1"/>
       <c r="AL36" s="1"/>
       <c r="AM36" s="1"/>
       <c r="AN36" s="1"/>
       <c r="AO36" s="1"/>
       <c r="AP36" s="1"/>
       <c r="AQ36" s="1"/>
       <c r="AR36" s="1"/>
       <c r="AS36" s="1"/>
     </row>
-    <row r="37" spans="1:45" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:45" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A37" s="4"/>
       <c r="B37" s="4"/>
       <c r="C37" s="28"/>
       <c r="D37" s="8"/>
       <c r="E37" s="17"/>
       <c r="F37" s="5"/>
       <c r="G37" s="8"/>
       <c r="H37" s="5"/>
       <c r="I37" s="88"/>
       <c r="J37" s="1"/>
       <c r="K37" s="1"/>
       <c r="L37" s="1"/>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
       <c r="P37" s="1"/>
       <c r="Q37" s="1"/>
       <c r="R37" s="1"/>
       <c r="S37" s="1"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
       <c r="X37" s="1"/>
       <c r="Y37" s="1"/>
       <c r="Z37" s="1"/>
       <c r="AA37" s="1"/>
       <c r="AB37" s="1"/>
       <c r="AC37" s="1"/>
       <c r="AD37" s="1"/>
       <c r="AE37" s="1"/>
       <c r="AF37" s="1"/>
       <c r="AG37" s="1"/>
       <c r="AH37" s="1"/>
       <c r="AI37" s="1"/>
       <c r="AJ37" s="1"/>
       <c r="AK37" s="1"/>
       <c r="AL37" s="1"/>
       <c r="AM37" s="1"/>
       <c r="AN37" s="1"/>
       <c r="AO37" s="1"/>
       <c r="AP37" s="1"/>
       <c r="AQ37" s="1"/>
       <c r="AR37" s="1"/>
       <c r="AS37" s="1"/>
     </row>
-    <row r="38" spans="1:45" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:45" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A38" s="4"/>
       <c r="B38" s="4"/>
       <c r="C38" s="28"/>
       <c r="D38" s="5"/>
       <c r="E38" s="17"/>
       <c r="F38" s="5"/>
       <c r="G38" s="8"/>
       <c r="H38" s="5"/>
       <c r="I38" s="88"/>
       <c r="J38" s="1"/>
       <c r="K38" s="1"/>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
       <c r="P38" s="1"/>
       <c r="Q38" s="1"/>
       <c r="R38" s="1"/>
       <c r="S38" s="1"/>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
       <c r="X38" s="1"/>
       <c r="Y38" s="1"/>
       <c r="Z38" s="1"/>
       <c r="AA38" s="1"/>
       <c r="AB38" s="1"/>
       <c r="AC38" s="1"/>
       <c r="AD38" s="1"/>
       <c r="AE38" s="1"/>
       <c r="AF38" s="1"/>
       <c r="AG38" s="1"/>
       <c r="AH38" s="1"/>
       <c r="AI38" s="1"/>
       <c r="AJ38" s="1"/>
       <c r="AK38" s="1"/>
       <c r="AL38" s="1"/>
       <c r="AM38" s="1"/>
       <c r="AN38" s="1"/>
       <c r="AO38" s="1"/>
       <c r="AP38" s="1"/>
       <c r="AQ38" s="1"/>
       <c r="AR38" s="1"/>
       <c r="AS38" s="1"/>
     </row>
-    <row r="39" spans="1:45" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:45" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A39" s="4"/>
       <c r="B39" s="4"/>
       <c r="C39" s="28"/>
       <c r="D39" s="5"/>
       <c r="E39" s="17"/>
       <c r="F39" s="5"/>
       <c r="G39" s="8"/>
       <c r="H39" s="5"/>
       <c r="I39" s="88"/>
       <c r="J39" s="1"/>
       <c r="K39" s="1"/>
       <c r="L39" s="1"/>
       <c r="M39" s="1"/>
       <c r="N39" s="1"/>
       <c r="O39" s="1"/>
       <c r="P39" s="1"/>
       <c r="Q39" s="1"/>
       <c r="R39" s="1"/>
       <c r="S39" s="1"/>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
       <c r="X39" s="1"/>
       <c r="Y39" s="1"/>
       <c r="Z39" s="1"/>
       <c r="AA39" s="1"/>
       <c r="AB39" s="1"/>
       <c r="AC39" s="1"/>
       <c r="AD39" s="1"/>
       <c r="AE39" s="1"/>
       <c r="AF39" s="1"/>
       <c r="AG39" s="1"/>
       <c r="AH39" s="1"/>
       <c r="AI39" s="1"/>
       <c r="AJ39" s="1"/>
       <c r="AK39" s="1"/>
       <c r="AL39" s="1"/>
       <c r="AM39" s="1"/>
       <c r="AN39" s="1"/>
       <c r="AO39" s="1"/>
       <c r="AP39" s="1"/>
       <c r="AQ39" s="1"/>
       <c r="AR39" s="1"/>
       <c r="AS39" s="1"/>
     </row>
-    <row r="40" spans="1:45" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:45" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A40" s="4"/>
       <c r="B40" s="4"/>
       <c r="C40" s="28"/>
       <c r="D40" s="5"/>
       <c r="E40" s="17"/>
       <c r="F40" s="5"/>
       <c r="G40" s="8"/>
       <c r="H40" s="5"/>
       <c r="I40" s="88"/>
       <c r="J40" s="1"/>
       <c r="K40" s="1"/>
       <c r="L40" s="1"/>
       <c r="M40" s="1"/>
       <c r="N40" s="1"/>
       <c r="O40" s="1"/>
       <c r="P40" s="1"/>
       <c r="Q40" s="1"/>
       <c r="R40" s="1"/>
       <c r="S40" s="1"/>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
       <c r="X40" s="1"/>
       <c r="Y40" s="1"/>
       <c r="Z40" s="1"/>
       <c r="AA40" s="1"/>
       <c r="AB40" s="1"/>
       <c r="AC40" s="1"/>
       <c r="AD40" s="1"/>
       <c r="AE40" s="1"/>
       <c r="AF40" s="1"/>
       <c r="AG40" s="1"/>
       <c r="AH40" s="1"/>
       <c r="AI40" s="1"/>
       <c r="AJ40" s="1"/>
       <c r="AK40" s="1"/>
       <c r="AL40" s="1"/>
       <c r="AM40" s="1"/>
       <c r="AN40" s="1"/>
       <c r="AO40" s="1"/>
       <c r="AP40" s="1"/>
       <c r="AQ40" s="1"/>
       <c r="AR40" s="1"/>
       <c r="AS40" s="1"/>
     </row>
-    <row r="41" spans="1:45" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:45" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A41" s="4"/>
       <c r="B41" s="4"/>
       <c r="C41" s="28"/>
       <c r="D41" s="5"/>
       <c r="E41" s="17"/>
       <c r="F41" s="5"/>
       <c r="G41" s="8"/>
       <c r="H41" s="5"/>
       <c r="I41" s="88"/>
       <c r="J41" s="1"/>
       <c r="K41" s="1"/>
       <c r="L41" s="1"/>
       <c r="M41" s="1"/>
       <c r="N41" s="1"/>
       <c r="O41" s="1"/>
       <c r="P41" s="1"/>
       <c r="Q41" s="1"/>
       <c r="R41" s="1"/>
       <c r="S41" s="1"/>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
       <c r="X41" s="1"/>
       <c r="Y41" s="1"/>
       <c r="Z41" s="1"/>
       <c r="AA41" s="1"/>
       <c r="AB41" s="1"/>
       <c r="AC41" s="1"/>
       <c r="AD41" s="1"/>
       <c r="AE41" s="1"/>
       <c r="AF41" s="1"/>
       <c r="AG41" s="1"/>
       <c r="AH41" s="1"/>
       <c r="AI41" s="1"/>
       <c r="AJ41" s="1"/>
       <c r="AK41" s="1"/>
       <c r="AL41" s="1"/>
       <c r="AM41" s="1"/>
       <c r="AN41" s="1"/>
       <c r="AO41" s="1"/>
       <c r="AP41" s="1"/>
       <c r="AQ41" s="1"/>
       <c r="AR41" s="1"/>
       <c r="AS41" s="1"/>
     </row>
-    <row r="42" spans="1:45" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:45" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A42" s="4"/>
       <c r="B42" s="4"/>
       <c r="C42" s="28"/>
       <c r="D42" s="5"/>
       <c r="E42" s="17"/>
       <c r="F42" s="5"/>
       <c r="G42" s="8"/>
       <c r="H42" s="5"/>
       <c r="I42" s="88"/>
       <c r="J42" s="1"/>
       <c r="K42" s="1"/>
       <c r="L42" s="1"/>
       <c r="M42" s="1"/>
       <c r="N42" s="1"/>
       <c r="O42" s="1"/>
       <c r="P42" s="1"/>
       <c r="Q42" s="1"/>
       <c r="R42" s="1"/>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
       <c r="X42" s="1"/>
       <c r="Y42" s="1"/>
       <c r="Z42" s="1"/>
       <c r="AA42" s="1"/>
       <c r="AB42" s="1"/>
       <c r="AC42" s="1"/>
       <c r="AD42" s="1"/>
       <c r="AE42" s="1"/>
       <c r="AF42" s="1"/>
       <c r="AG42" s="1"/>
       <c r="AH42" s="1"/>
       <c r="AI42" s="1"/>
       <c r="AJ42" s="1"/>
       <c r="AK42" s="1"/>
       <c r="AL42" s="1"/>
       <c r="AM42" s="1"/>
       <c r="AN42" s="1"/>
       <c r="AO42" s="1"/>
       <c r="AP42" s="1"/>
       <c r="AQ42" s="1"/>
       <c r="AR42" s="1"/>
       <c r="AS42" s="1"/>
     </row>
-    <row r="43" spans="1:45" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:45" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A43" s="4"/>
       <c r="B43" s="4"/>
       <c r="C43" s="28"/>
       <c r="D43" s="5"/>
       <c r="E43" s="17"/>
       <c r="F43" s="5"/>
       <c r="G43" s="8"/>
       <c r="H43" s="5"/>
       <c r="I43" s="88"/>
       <c r="J43" s="1"/>
       <c r="K43" s="1"/>
       <c r="L43" s="1"/>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
       <c r="O43" s="1"/>
       <c r="P43" s="1"/>
       <c r="Q43" s="1"/>
       <c r="R43" s="1"/>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
       <c r="X43" s="1"/>
       <c r="Y43" s="1"/>
       <c r="Z43" s="1"/>
       <c r="AA43" s="1"/>
       <c r="AB43" s="1"/>
       <c r="AC43" s="1"/>
       <c r="AD43" s="1"/>
       <c r="AE43" s="1"/>
       <c r="AF43" s="1"/>
       <c r="AG43" s="1"/>
       <c r="AH43" s="1"/>
       <c r="AI43" s="1"/>
       <c r="AJ43" s="1"/>
       <c r="AK43" s="1"/>
       <c r="AL43" s="1"/>
       <c r="AM43" s="1"/>
       <c r="AN43" s="1"/>
       <c r="AO43" s="1"/>
       <c r="AP43" s="1"/>
       <c r="AQ43" s="1"/>
       <c r="AR43" s="1"/>
       <c r="AS43" s="1"/>
     </row>
-    <row r="44" spans="1:45" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:45" ht="18" x14ac:dyDescent="0.5">
       <c r="A44" s="4"/>
       <c r="B44" s="4"/>
       <c r="C44" s="28"/>
       <c r="D44" s="5"/>
       <c r="E44" s="17"/>
       <c r="F44" s="5"/>
       <c r="G44" s="8"/>
       <c r="H44" s="5"/>
       <c r="I44" s="88"/>
     </row>
-    <row r="45" spans="1:45" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:45" ht="18" x14ac:dyDescent="0.5">
       <c r="A45" s="4"/>
       <c r="B45" s="4"/>
       <c r="C45" s="28"/>
       <c r="D45" s="5"/>
       <c r="E45" s="17"/>
       <c r="F45" s="5"/>
       <c r="G45" s="8"/>
       <c r="H45" s="5"/>
       <c r="I45" s="88"/>
     </row>
-    <row r="46" spans="1:45" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:45" ht="18" x14ac:dyDescent="0.5">
       <c r="A46" s="4"/>
       <c r="B46" s="4"/>
       <c r="C46" s="28"/>
       <c r="D46" s="5"/>
       <c r="E46" s="17"/>
       <c r="F46" s="5"/>
       <c r="G46" s="8"/>
       <c r="H46" s="5"/>
       <c r="I46" s="88"/>
     </row>
-    <row r="47" spans="1:45" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:45" ht="18" x14ac:dyDescent="0.5">
       <c r="A47" s="4"/>
       <c r="B47" s="4"/>
       <c r="C47" s="28"/>
       <c r="D47" s="5"/>
       <c r="E47" s="17"/>
       <c r="F47" s="5"/>
       <c r="G47" s="8"/>
       <c r="H47" s="5"/>
       <c r="I47" s="88"/>
     </row>
-    <row r="48" spans="1:45" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:45" ht="18" x14ac:dyDescent="0.5">
       <c r="A48" s="4"/>
       <c r="B48" s="4"/>
       <c r="C48" s="28"/>
       <c r="D48" s="5"/>
       <c r="E48" s="17"/>
       <c r="F48" s="5"/>
       <c r="G48" s="8"/>
       <c r="H48" s="5"/>
       <c r="I48" s="88"/>
     </row>
-    <row r="49" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A49" s="4"/>
       <c r="B49" s="4"/>
       <c r="C49" s="28"/>
       <c r="D49" s="5"/>
       <c r="E49" s="17"/>
       <c r="F49" s="5"/>
       <c r="G49" s="8"/>
       <c r="H49" s="5"/>
       <c r="I49" s="88"/>
     </row>
-    <row r="50" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A50" s="4"/>
       <c r="B50" s="4"/>
       <c r="C50" s="28"/>
       <c r="D50" s="5"/>
       <c r="E50" s="17"/>
       <c r="F50" s="5"/>
       <c r="G50" s="8"/>
       <c r="H50" s="5"/>
       <c r="I50" s="88"/>
     </row>
-    <row r="51" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A51" s="4"/>
       <c r="B51" s="4"/>
       <c r="C51" s="28"/>
       <c r="D51" s="5"/>
       <c r="E51" s="17"/>
       <c r="F51" s="5"/>
       <c r="G51" s="8"/>
       <c r="H51" s="5"/>
       <c r="I51" s="88"/>
     </row>
-    <row r="52" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A52" s="4"/>
       <c r="B52" s="4"/>
       <c r="C52" s="28"/>
       <c r="D52" s="5"/>
       <c r="E52" s="17"/>
       <c r="F52" s="5"/>
       <c r="G52" s="8"/>
       <c r="H52" s="5"/>
       <c r="I52" s="88"/>
     </row>
-    <row r="53" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A53" s="4"/>
       <c r="B53" s="4"/>
       <c r="C53" s="28"/>
       <c r="D53" s="5"/>
       <c r="E53" s="17"/>
       <c r="F53" s="5"/>
       <c r="G53" s="8"/>
       <c r="H53" s="5"/>
       <c r="I53" s="88"/>
     </row>
-    <row r="54" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A54" s="4"/>
       <c r="B54" s="4"/>
       <c r="C54" s="28"/>
       <c r="D54" s="5"/>
       <c r="E54" s="17"/>
       <c r="F54" s="5"/>
       <c r="G54" s="8"/>
       <c r="H54" s="5"/>
       <c r="I54" s="88"/>
     </row>
-    <row r="55" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A55" s="4"/>
       <c r="B55" s="4"/>
       <c r="C55" s="28"/>
       <c r="D55" s="5"/>
       <c r="E55" s="17"/>
       <c r="F55" s="5"/>
       <c r="G55" s="8"/>
       <c r="H55" s="5"/>
       <c r="I55" s="88"/>
     </row>
-    <row r="56" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A56" s="4"/>
       <c r="B56" s="4"/>
       <c r="C56" s="28"/>
       <c r="D56" s="5"/>
       <c r="E56" s="17"/>
       <c r="F56" s="5"/>
       <c r="G56" s="8"/>
       <c r="H56" s="5"/>
       <c r="I56" s="88"/>
     </row>
-    <row r="57" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A57" s="4"/>
       <c r="B57" s="4"/>
       <c r="C57" s="28"/>
       <c r="D57" s="5"/>
       <c r="E57" s="17"/>
       <c r="F57" s="5"/>
       <c r="G57" s="8"/>
       <c r="H57" s="5"/>
       <c r="I57" s="88"/>
     </row>
-    <row r="58" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A58" s="4"/>
       <c r="B58" s="4"/>
       <c r="C58" s="28"/>
       <c r="D58" s="5"/>
       <c r="E58" s="17"/>
       <c r="F58" s="5"/>
       <c r="G58" s="8"/>
       <c r="H58" s="5"/>
       <c r="I58" s="88"/>
     </row>
-    <row r="59" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A59" s="4"/>
       <c r="B59" s="4"/>
       <c r="C59" s="28"/>
       <c r="D59" s="5"/>
       <c r="E59" s="17"/>
       <c r="F59" s="5"/>
       <c r="G59" s="8"/>
       <c r="H59" s="5"/>
       <c r="I59" s="88"/>
     </row>
-    <row r="60" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A60" s="4"/>
       <c r="B60" s="4"/>
       <c r="C60" s="28"/>
       <c r="D60" s="5"/>
       <c r="E60" s="17"/>
       <c r="F60" s="5"/>
       <c r="G60" s="8"/>
       <c r="H60" s="5"/>
       <c r="I60" s="88"/>
     </row>
-    <row r="61" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A61" s="4"/>
       <c r="B61" s="4"/>
       <c r="C61" s="28"/>
       <c r="D61" s="5"/>
       <c r="E61" s="17"/>
       <c r="F61" s="5"/>
       <c r="G61" s="8"/>
       <c r="H61" s="5"/>
       <c r="I61" s="88"/>
     </row>
-    <row r="62" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A62" s="4"/>
       <c r="B62" s="4"/>
       <c r="C62" s="28"/>
       <c r="D62" s="5"/>
       <c r="E62" s="17"/>
       <c r="F62" s="5"/>
       <c r="G62" s="8"/>
       <c r="H62" s="5"/>
       <c r="I62" s="88"/>
     </row>
-    <row r="63" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A63" s="4"/>
       <c r="B63" s="4"/>
       <c r="C63" s="28"/>
       <c r="D63" s="5"/>
       <c r="E63" s="17"/>
       <c r="F63" s="5"/>
       <c r="G63" s="8"/>
       <c r="H63" s="5"/>
       <c r="I63" s="88"/>
     </row>
-    <row r="64" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A64" s="4"/>
       <c r="B64" s="4"/>
       <c r="C64" s="28"/>
       <c r="D64" s="5"/>
       <c r="E64" s="17"/>
       <c r="F64" s="5"/>
       <c r="G64" s="8"/>
       <c r="H64" s="5"/>
       <c r="I64" s="88"/>
     </row>
-    <row r="65" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A65" s="4"/>
       <c r="B65" s="4"/>
       <c r="C65" s="28"/>
       <c r="D65" s="5"/>
       <c r="E65" s="17"/>
       <c r="F65" s="5"/>
       <c r="G65" s="8"/>
       <c r="H65" s="5"/>
       <c r="I65" s="88"/>
     </row>
-    <row r="66" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A66" s="4"/>
       <c r="B66" s="4"/>
       <c r="C66" s="28"/>
       <c r="D66" s="5"/>
       <c r="E66" s="17"/>
       <c r="F66" s="5"/>
       <c r="G66" s="8"/>
       <c r="H66" s="5"/>
       <c r="I66" s="88"/>
     </row>
-    <row r="67" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A67" s="4"/>
       <c r="B67" s="4"/>
       <c r="C67" s="28"/>
       <c r="D67" s="5"/>
       <c r="E67" s="17"/>
       <c r="F67" s="5"/>
       <c r="G67" s="8"/>
       <c r="H67" s="5"/>
       <c r="I67" s="88"/>
     </row>
-    <row r="68" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A68" s="4"/>
       <c r="B68" s="4"/>
       <c r="C68" s="28"/>
       <c r="D68" s="5"/>
       <c r="E68" s="17"/>
       <c r="F68" s="5"/>
       <c r="G68" s="8"/>
       <c r="H68" s="5"/>
       <c r="I68" s="88"/>
     </row>
-    <row r="69" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A69" s="4"/>
       <c r="B69" s="4"/>
       <c r="C69" s="28"/>
       <c r="D69" s="5"/>
       <c r="E69" s="17"/>
       <c r="F69" s="5"/>
       <c r="G69" s="8"/>
       <c r="H69" s="5"/>
       <c r="I69" s="88"/>
     </row>
-    <row r="70" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A70" s="4"/>
       <c r="B70" s="4"/>
       <c r="C70" s="28"/>
       <c r="D70" s="5"/>
       <c r="E70" s="17"/>
       <c r="F70" s="5"/>
       <c r="G70" s="8"/>
       <c r="H70" s="5"/>
       <c r="I70" s="88"/>
     </row>
-    <row r="71" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A71" s="4"/>
       <c r="B71" s="4"/>
       <c r="C71" s="28"/>
       <c r="D71" s="5"/>
       <c r="E71" s="17"/>
       <c r="F71" s="5"/>
       <c r="G71" s="8"/>
       <c r="H71" s="5"/>
       <c r="I71" s="88"/>
     </row>
-    <row r="72" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A72" s="4"/>
       <c r="B72" s="4"/>
       <c r="C72" s="28"/>
       <c r="D72" s="5"/>
       <c r="E72" s="17"/>
       <c r="F72" s="5"/>
       <c r="G72" s="8"/>
       <c r="H72" s="5"/>
       <c r="I72" s="88"/>
     </row>
-    <row r="73" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A73" s="4"/>
       <c r="B73" s="4"/>
       <c r="C73" s="28"/>
       <c r="D73" s="5"/>
       <c r="E73" s="17"/>
       <c r="F73" s="5"/>
       <c r="G73" s="8"/>
       <c r="H73" s="5"/>
       <c r="I73" s="88"/>
     </row>
-    <row r="74" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A74" s="4"/>
       <c r="B74" s="4"/>
       <c r="C74" s="28"/>
       <c r="D74" s="5"/>
       <c r="E74" s="17"/>
       <c r="F74" s="5"/>
       <c r="G74" s="8"/>
       <c r="H74" s="5"/>
       <c r="I74" s="88"/>
     </row>
-    <row r="75" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A75" s="4"/>
       <c r="B75" s="4"/>
       <c r="C75" s="28"/>
       <c r="D75" s="5"/>
       <c r="E75" s="17"/>
       <c r="F75" s="5"/>
       <c r="G75" s="8"/>
       <c r="H75" s="5"/>
       <c r="I75" s="88"/>
     </row>
-    <row r="76" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A76" s="4"/>
       <c r="B76" s="4"/>
       <c r="C76" s="28"/>
       <c r="D76" s="5"/>
       <c r="E76" s="17"/>
       <c r="F76" s="5"/>
       <c r="G76" s="8"/>
       <c r="H76" s="5"/>
       <c r="I76" s="88"/>
     </row>
-    <row r="77" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A77" s="4"/>
       <c r="B77" s="4"/>
       <c r="C77" s="28"/>
       <c r="D77" s="5"/>
       <c r="E77" s="17"/>
       <c r="F77" s="5"/>
       <c r="G77" s="8"/>
       <c r="H77" s="5"/>
       <c r="I77" s="88"/>
     </row>
-    <row r="78" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A78" s="4"/>
       <c r="B78" s="4"/>
       <c r="C78" s="28"/>
       <c r="D78" s="5"/>
       <c r="E78" s="17"/>
       <c r="F78" s="5"/>
       <c r="G78" s="8"/>
       <c r="H78" s="5"/>
       <c r="I78" s="88"/>
     </row>
-    <row r="79" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A79" s="4"/>
       <c r="B79" s="4"/>
       <c r="C79" s="28"/>
       <c r="D79" s="5"/>
       <c r="E79" s="17"/>
       <c r="F79" s="5"/>
       <c r="G79" s="8"/>
       <c r="H79" s="5"/>
       <c r="I79" s="88"/>
     </row>
-    <row r="80" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A80" s="4"/>
       <c r="B80" s="4"/>
       <c r="C80" s="28"/>
       <c r="D80" s="5"/>
       <c r="E80" s="17"/>
       <c r="F80" s="5"/>
       <c r="G80" s="8"/>
       <c r="H80" s="5"/>
       <c r="I80" s="88"/>
     </row>
-    <row r="81" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A81" s="4"/>
       <c r="B81" s="4"/>
       <c r="C81" s="28"/>
       <c r="D81" s="5"/>
       <c r="E81" s="17"/>
       <c r="F81" s="5"/>
       <c r="G81" s="8"/>
       <c r="H81" s="5"/>
       <c r="I81" s="88"/>
     </row>
-    <row r="82" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A82" s="4"/>
       <c r="B82" s="4"/>
       <c r="C82" s="28"/>
       <c r="D82" s="5"/>
       <c r="E82" s="17"/>
       <c r="F82" s="5"/>
       <c r="G82" s="8"/>
       <c r="H82" s="5"/>
       <c r="I82" s="88"/>
     </row>
-    <row r="83" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A83" s="4"/>
       <c r="B83" s="4"/>
       <c r="C83" s="28"/>
       <c r="D83" s="5"/>
       <c r="E83" s="17"/>
       <c r="F83" s="5"/>
       <c r="G83" s="8"/>
       <c r="H83" s="5"/>
       <c r="I83" s="88"/>
     </row>
-    <row r="84" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A84" s="4"/>
       <c r="B84" s="4"/>
       <c r="C84" s="28"/>
       <c r="D84" s="5"/>
       <c r="E84" s="17"/>
       <c r="F84" s="5"/>
       <c r="G84" s="8"/>
       <c r="H84" s="5"/>
       <c r="I84" s="88"/>
     </row>
-    <row r="85" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A85" s="4"/>
       <c r="B85" s="4"/>
       <c r="C85" s="28"/>
       <c r="D85" s="5"/>
       <c r="E85" s="17"/>
       <c r="F85" s="5"/>
       <c r="G85" s="8"/>
       <c r="H85" s="5"/>
       <c r="I85" s="88"/>
     </row>
-    <row r="86" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A86" s="4"/>
       <c r="B86" s="4"/>
       <c r="C86" s="28"/>
       <c r="D86" s="5"/>
       <c r="E86" s="17"/>
       <c r="F86" s="5"/>
       <c r="G86" s="8"/>
       <c r="H86" s="5"/>
       <c r="I86" s="88"/>
     </row>
-    <row r="87" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A87" s="4"/>
       <c r="B87" s="4"/>
       <c r="C87" s="28"/>
       <c r="D87" s="5"/>
       <c r="E87" s="17"/>
       <c r="F87" s="5"/>
       <c r="G87" s="8"/>
       <c r="H87" s="5"/>
       <c r="I87" s="88"/>
     </row>
-    <row r="88" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A88" s="4"/>
       <c r="B88" s="4"/>
       <c r="C88" s="28"/>
       <c r="D88" s="5"/>
       <c r="E88" s="17"/>
       <c r="F88" s="5"/>
       <c r="G88" s="8"/>
       <c r="H88" s="5"/>
       <c r="I88" s="88"/>
     </row>
-    <row r="89" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A89" s="4"/>
       <c r="B89" s="4"/>
       <c r="C89" s="28"/>
       <c r="D89" s="5"/>
       <c r="E89" s="17"/>
       <c r="F89" s="5"/>
       <c r="G89" s="8"/>
       <c r="H89" s="5"/>
       <c r="I89" s="88"/>
     </row>
-    <row r="90" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A90" s="4"/>
       <c r="B90" s="4"/>
       <c r="C90" s="28"/>
       <c r="D90" s="5"/>
       <c r="E90" s="17"/>
       <c r="F90" s="5"/>
       <c r="G90" s="8"/>
       <c r="H90" s="5"/>
       <c r="I90" s="88"/>
     </row>
-    <row r="91" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A91" s="4"/>
       <c r="B91" s="4"/>
       <c r="C91" s="28"/>
       <c r="D91" s="5"/>
       <c r="E91" s="17"/>
       <c r="F91" s="5"/>
       <c r="G91" s="8"/>
       <c r="H91" s="5"/>
       <c r="I91" s="88"/>
     </row>
-    <row r="92" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A92" s="4"/>
       <c r="B92" s="4"/>
       <c r="C92" s="28"/>
       <c r="D92" s="5"/>
       <c r="E92" s="17"/>
       <c r="F92" s="5"/>
       <c r="G92" s="8"/>
       <c r="H92" s="5"/>
       <c r="I92" s="88"/>
     </row>
-    <row r="93" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A93" s="4"/>
       <c r="B93" s="4"/>
       <c r="C93" s="28"/>
       <c r="D93" s="5"/>
       <c r="E93" s="17"/>
       <c r="F93" s="5"/>
       <c r="G93" s="8"/>
       <c r="H93" s="5"/>
       <c r="I93" s="88"/>
     </row>
-    <row r="94" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A94" s="4"/>
       <c r="B94" s="4"/>
       <c r="C94" s="28"/>
       <c r="D94" s="5"/>
       <c r="E94" s="17"/>
       <c r="F94" s="5"/>
       <c r="G94" s="8"/>
       <c r="H94" s="5"/>
       <c r="I94" s="88"/>
     </row>
-    <row r="95" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A95" s="4"/>
       <c r="B95" s="4"/>
       <c r="C95" s="28"/>
       <c r="D95" s="5"/>
       <c r="E95" s="17"/>
       <c r="F95" s="5"/>
       <c r="G95" s="8"/>
       <c r="H95" s="5"/>
       <c r="I95" s="88"/>
     </row>
-    <row r="96" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A96" s="4"/>
       <c r="B96" s="4"/>
       <c r="C96" s="28"/>
       <c r="D96" s="5"/>
       <c r="E96" s="17"/>
       <c r="F96" s="5"/>
       <c r="G96" s="8"/>
       <c r="H96" s="5"/>
       <c r="I96" s="88"/>
     </row>
-    <row r="97" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A97" s="4"/>
       <c r="B97" s="4"/>
       <c r="C97" s="28"/>
       <c r="D97" s="5"/>
       <c r="E97" s="17"/>
       <c r="F97" s="5"/>
       <c r="G97" s="8"/>
       <c r="H97" s="5"/>
       <c r="I97" s="88"/>
     </row>
-    <row r="98" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A98" s="4"/>
       <c r="B98" s="4"/>
       <c r="C98" s="28"/>
       <c r="D98" s="5"/>
       <c r="E98" s="17"/>
       <c r="F98" s="5"/>
       <c r="G98" s="8"/>
       <c r="H98" s="5"/>
       <c r="I98" s="88"/>
     </row>
-    <row r="99" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A99" s="4"/>
       <c r="B99" s="4"/>
       <c r="C99" s="28"/>
       <c r="D99" s="5"/>
       <c r="E99" s="17"/>
       <c r="F99" s="5"/>
       <c r="G99" s="8"/>
       <c r="H99" s="5"/>
       <c r="I99" s="88"/>
     </row>
-    <row r="100" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A100" s="4"/>
       <c r="B100" s="4"/>
       <c r="C100" s="28"/>
       <c r="D100" s="5"/>
       <c r="E100" s="17"/>
       <c r="F100" s="5"/>
       <c r="G100" s="8"/>
       <c r="H100" s="5"/>
       <c r="I100" s="88"/>
     </row>
-    <row r="101" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A101" s="4"/>
       <c r="B101" s="4"/>
       <c r="C101" s="28"/>
       <c r="D101" s="5"/>
       <c r="E101" s="17"/>
       <c r="F101" s="5"/>
       <c r="G101" s="8"/>
       <c r="H101" s="5"/>
       <c r="I101" s="88"/>
     </row>
-    <row r="102" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A102" s="4"/>
       <c r="B102" s="4"/>
       <c r="C102" s="28"/>
       <c r="D102" s="5"/>
       <c r="E102" s="17"/>
       <c r="F102" s="5"/>
       <c r="G102" s="8"/>
       <c r="H102" s="5"/>
       <c r="I102" s="88"/>
     </row>
-    <row r="103" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A103" s="4"/>
       <c r="B103" s="4"/>
       <c r="C103" s="28"/>
       <c r="D103" s="5"/>
       <c r="E103" s="17"/>
       <c r="F103" s="5"/>
       <c r="G103" s="8"/>
       <c r="H103" s="5"/>
       <c r="I103" s="88"/>
     </row>
-    <row r="104" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A104" s="4"/>
       <c r="B104" s="4"/>
       <c r="C104" s="28"/>
       <c r="D104" s="5"/>
       <c r="E104" s="17"/>
       <c r="F104" s="5"/>
       <c r="G104" s="8"/>
       <c r="H104" s="5"/>
       <c r="I104" s="88"/>
     </row>
-    <row r="105" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A105" s="4"/>
       <c r="B105" s="4"/>
       <c r="C105" s="28"/>
       <c r="D105" s="5"/>
       <c r="E105" s="17"/>
       <c r="F105" s="5"/>
       <c r="G105" s="8"/>
       <c r="H105" s="5"/>
       <c r="I105" s="88"/>
     </row>
-    <row r="106" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A106" s="4"/>
       <c r="B106" s="4"/>
       <c r="C106" s="28"/>
       <c r="D106" s="5"/>
       <c r="E106" s="17"/>
       <c r="F106" s="5"/>
       <c r="G106" s="8"/>
       <c r="H106" s="5"/>
       <c r="I106" s="88"/>
     </row>
-    <row r="107" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A107" s="4"/>
       <c r="B107" s="4"/>
       <c r="C107" s="28"/>
       <c r="D107" s="5"/>
       <c r="E107" s="17"/>
       <c r="F107" s="5"/>
       <c r="G107" s="8"/>
       <c r="H107" s="5"/>
       <c r="I107" s="88"/>
     </row>
-    <row r="108" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A108" s="4"/>
       <c r="B108" s="4"/>
       <c r="C108" s="28"/>
       <c r="D108" s="5"/>
       <c r="E108" s="17"/>
       <c r="F108" s="5"/>
       <c r="G108" s="8"/>
       <c r="H108" s="5"/>
       <c r="I108" s="88"/>
     </row>
-    <row r="109" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A109" s="4"/>
       <c r="B109" s="4"/>
       <c r="C109" s="28"/>
       <c r="D109" s="5"/>
       <c r="E109" s="17"/>
       <c r="F109" s="5"/>
       <c r="G109" s="8"/>
       <c r="H109" s="5"/>
       <c r="I109" s="88"/>
     </row>
-    <row r="110" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A110" s="4"/>
       <c r="B110" s="4"/>
       <c r="C110" s="28"/>
       <c r="D110" s="5"/>
       <c r="E110" s="17"/>
       <c r="F110" s="5"/>
       <c r="G110" s="8"/>
       <c r="H110" s="5"/>
       <c r="I110" s="88"/>
     </row>
-    <row r="111" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A111" s="4"/>
       <c r="B111" s="4"/>
       <c r="C111" s="28"/>
       <c r="D111" s="5"/>
       <c r="E111" s="17"/>
       <c r="F111" s="5"/>
       <c r="G111" s="8"/>
       <c r="H111" s="5"/>
       <c r="I111" s="88"/>
     </row>
-    <row r="112" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A112" s="4"/>
       <c r="B112" s="4"/>
       <c r="C112" s="28"/>
       <c r="D112" s="5"/>
       <c r="E112" s="17"/>
       <c r="F112" s="5"/>
       <c r="G112" s="8"/>
       <c r="H112" s="5"/>
       <c r="I112" s="88"/>
     </row>
-    <row r="113" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A113" s="4"/>
       <c r="B113" s="4"/>
       <c r="C113" s="28"/>
       <c r="D113" s="5"/>
       <c r="E113" s="17"/>
       <c r="F113" s="5"/>
       <c r="G113" s="8"/>
       <c r="H113" s="5"/>
       <c r="I113" s="88"/>
     </row>
-    <row r="114" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A114" s="4"/>
       <c r="B114" s="4"/>
       <c r="C114" s="28"/>
       <c r="D114" s="5"/>
       <c r="E114" s="17"/>
       <c r="F114" s="5"/>
       <c r="G114" s="8"/>
       <c r="H114" s="5"/>
       <c r="I114" s="88"/>
     </row>
-    <row r="115" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A115" s="4"/>
       <c r="B115" s="4"/>
       <c r="C115" s="28"/>
       <c r="D115" s="5"/>
       <c r="E115" s="17"/>
       <c r="F115" s="5"/>
       <c r="G115" s="8"/>
       <c r="H115" s="5"/>
       <c r="I115" s="88"/>
     </row>
-    <row r="116" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A116" s="4"/>
       <c r="B116" s="4"/>
       <c r="C116" s="28"/>
       <c r="D116" s="5"/>
       <c r="E116" s="17"/>
       <c r="F116" s="5"/>
       <c r="G116" s="8"/>
       <c r="H116" s="5"/>
       <c r="I116" s="88"/>
     </row>
-    <row r="117" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A117" s="4"/>
       <c r="B117" s="4"/>
       <c r="C117" s="28"/>
       <c r="D117" s="5"/>
       <c r="E117" s="17"/>
       <c r="F117" s="5"/>
       <c r="G117" s="8"/>
       <c r="H117" s="5"/>
       <c r="I117" s="88"/>
     </row>
-    <row r="118" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A118" s="4"/>
       <c r="B118" s="4"/>
       <c r="C118" s="28"/>
       <c r="D118" s="5"/>
       <c r="E118" s="17"/>
       <c r="F118" s="5"/>
       <c r="G118" s="8"/>
       <c r="H118" s="5"/>
       <c r="I118" s="88"/>
     </row>
-    <row r="119" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A119" s="4"/>
       <c r="B119" s="4"/>
       <c r="C119" s="28"/>
       <c r="D119" s="5"/>
       <c r="E119" s="17"/>
       <c r="F119" s="5"/>
       <c r="G119" s="8"/>
       <c r="H119" s="5"/>
       <c r="I119" s="88"/>
     </row>
-    <row r="120" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A120" s="4"/>
       <c r="B120" s="4"/>
       <c r="C120" s="28"/>
       <c r="D120" s="5"/>
       <c r="E120" s="17"/>
       <c r="F120" s="5"/>
       <c r="G120" s="8"/>
       <c r="H120" s="5"/>
       <c r="I120" s="88"/>
     </row>
-    <row r="121" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A121" s="4"/>
       <c r="B121" s="4"/>
       <c r="C121" s="28"/>
       <c r="D121" s="5"/>
       <c r="E121" s="17"/>
       <c r="F121" s="5"/>
       <c r="G121" s="8"/>
       <c r="H121" s="5"/>
       <c r="I121" s="88"/>
     </row>
-    <row r="122" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A122" s="4"/>
       <c r="B122" s="4"/>
       <c r="C122" s="28"/>
       <c r="D122" s="5"/>
       <c r="E122" s="17"/>
       <c r="F122" s="5"/>
       <c r="G122" s="8"/>
       <c r="H122" s="5"/>
       <c r="I122" s="88"/>
     </row>
-    <row r="123" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A123" s="4"/>
       <c r="B123" s="4"/>
       <c r="C123" s="28"/>
       <c r="D123" s="5"/>
       <c r="E123" s="17"/>
       <c r="F123" s="5"/>
       <c r="G123" s="8"/>
       <c r="H123" s="5"/>
       <c r="I123" s="88"/>
     </row>
-    <row r="124" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A124" s="4"/>
       <c r="B124" s="4"/>
       <c r="C124" s="28"/>
       <c r="D124" s="5"/>
       <c r="E124" s="17"/>
       <c r="F124" s="5"/>
       <c r="G124" s="8"/>
       <c r="H124" s="5"/>
       <c r="I124" s="88"/>
     </row>
-    <row r="125" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A125" s="4"/>
       <c r="B125" s="4"/>
       <c r="C125" s="28"/>
       <c r="D125" s="5"/>
       <c r="E125" s="17"/>
       <c r="F125" s="5"/>
       <c r="G125" s="8"/>
       <c r="H125" s="5"/>
       <c r="I125" s="88"/>
     </row>
-    <row r="126" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A126" s="4"/>
       <c r="B126" s="4"/>
       <c r="C126" s="28"/>
       <c r="D126" s="5"/>
       <c r="E126" s="17"/>
       <c r="F126" s="5"/>
       <c r="G126" s="8"/>
       <c r="H126" s="5"/>
       <c r="I126" s="88"/>
     </row>
-    <row r="127" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A127" s="4"/>
       <c r="B127" s="4"/>
       <c r="C127" s="28"/>
       <c r="D127" s="5"/>
       <c r="E127" s="17"/>
       <c r="F127" s="5"/>
       <c r="G127" s="8"/>
       <c r="H127" s="5"/>
       <c r="I127" s="88"/>
     </row>
-    <row r="128" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A128" s="4"/>
       <c r="B128" s="4"/>
       <c r="C128" s="28"/>
       <c r="D128" s="5"/>
       <c r="E128" s="17"/>
       <c r="F128" s="5"/>
       <c r="G128" s="8"/>
       <c r="H128" s="5"/>
       <c r="I128" s="88"/>
     </row>
-    <row r="129" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A129" s="4"/>
       <c r="B129" s="4"/>
       <c r="C129" s="28"/>
       <c r="D129" s="5"/>
       <c r="E129" s="17"/>
       <c r="F129" s="5"/>
       <c r="G129" s="8"/>
       <c r="H129" s="5"/>
       <c r="I129" s="88"/>
     </row>
-    <row r="130" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A130" s="4"/>
       <c r="B130" s="4"/>
       <c r="C130" s="28"/>
       <c r="D130" s="5"/>
       <c r="E130" s="17"/>
       <c r="F130" s="5"/>
       <c r="G130" s="8"/>
       <c r="H130" s="5"/>
       <c r="I130" s="88"/>
     </row>
-    <row r="131" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A131" s="4"/>
       <c r="B131" s="4"/>
       <c r="C131" s="28"/>
       <c r="D131" s="5"/>
       <c r="E131" s="17"/>
       <c r="F131" s="5"/>
       <c r="G131" s="8"/>
       <c r="H131" s="5"/>
       <c r="I131" s="88"/>
     </row>
-    <row r="132" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A132" s="4"/>
       <c r="B132" s="4"/>
       <c r="C132" s="28"/>
       <c r="D132" s="5"/>
       <c r="E132" s="17"/>
       <c r="F132" s="5"/>
       <c r="G132" s="8"/>
       <c r="H132" s="5"/>
       <c r="I132" s="88"/>
     </row>
-    <row r="133" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A133" s="4"/>
       <c r="B133" s="4"/>
       <c r="C133" s="28"/>
       <c r="D133" s="5"/>
       <c r="E133" s="17"/>
       <c r="F133" s="5"/>
       <c r="G133" s="8"/>
       <c r="H133" s="5"/>
       <c r="I133" s="88"/>
     </row>
-    <row r="134" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A134" s="4"/>
       <c r="B134" s="4"/>
       <c r="C134" s="28"/>
       <c r="D134" s="5"/>
       <c r="E134" s="17"/>
       <c r="F134" s="5"/>
       <c r="G134" s="8"/>
       <c r="H134" s="5"/>
       <c r="I134" s="88"/>
     </row>
-    <row r="135" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A135" s="4"/>
       <c r="B135" s="4"/>
       <c r="C135" s="28"/>
       <c r="D135" s="5"/>
       <c r="E135" s="17"/>
       <c r="F135" s="5"/>
       <c r="G135" s="8"/>
       <c r="H135" s="5"/>
       <c r="I135" s="88"/>
     </row>
-    <row r="136" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A136" s="4"/>
       <c r="B136" s="4"/>
       <c r="C136" s="28"/>
       <c r="D136" s="5"/>
       <c r="E136" s="17"/>
       <c r="F136" s="5"/>
       <c r="G136" s="8"/>
       <c r="H136" s="5"/>
       <c r="I136" s="88"/>
     </row>
-    <row r="137" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A137" s="4"/>
       <c r="B137" s="4"/>
       <c r="C137" s="28"/>
       <c r="D137" s="5"/>
       <c r="E137" s="17"/>
       <c r="F137" s="5"/>
       <c r="G137" s="8"/>
       <c r="H137" s="5"/>
       <c r="I137" s="88"/>
     </row>
-    <row r="138" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A138" s="4"/>
       <c r="B138" s="4"/>
       <c r="C138" s="28"/>
       <c r="D138" s="5"/>
       <c r="E138" s="17"/>
       <c r="F138" s="5"/>
       <c r="G138" s="8"/>
       <c r="H138" s="5"/>
       <c r="I138" s="88"/>
     </row>
-    <row r="139" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A139" s="4"/>
       <c r="B139" s="4"/>
       <c r="C139" s="28"/>
       <c r="D139" s="5"/>
       <c r="E139" s="17"/>
       <c r="F139" s="5"/>
       <c r="G139" s="8"/>
       <c r="H139" s="5"/>
       <c r="I139" s="88"/>
     </row>
-    <row r="140" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A140" s="4"/>
       <c r="B140" s="4"/>
       <c r="C140" s="28"/>
       <c r="D140" s="5"/>
       <c r="E140" s="17"/>
       <c r="F140" s="5"/>
       <c r="G140" s="8"/>
       <c r="H140" s="5"/>
       <c r="I140" s="88"/>
     </row>
-    <row r="141" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A141" s="4"/>
       <c r="B141" s="4"/>
       <c r="C141" s="28"/>
       <c r="D141" s="5"/>
       <c r="E141" s="17"/>
       <c r="F141" s="5"/>
       <c r="G141" s="8"/>
       <c r="H141" s="5"/>
       <c r="I141" s="88"/>
     </row>
-    <row r="142" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A142" s="4"/>
       <c r="B142" s="4"/>
       <c r="C142" s="28"/>
       <c r="D142" s="5"/>
       <c r="E142" s="17"/>
       <c r="F142" s="5"/>
       <c r="G142" s="8"/>
       <c r="H142" s="5"/>
       <c r="I142" s="88"/>
     </row>
-    <row r="143" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A143" s="4"/>
       <c r="B143" s="4"/>
       <c r="C143" s="28"/>
       <c r="D143" s="5"/>
       <c r="E143" s="17"/>
       <c r="F143" s="5"/>
       <c r="G143" s="8"/>
       <c r="H143" s="5"/>
       <c r="I143" s="88"/>
     </row>
-    <row r="144" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A144" s="4"/>
       <c r="B144" s="4"/>
       <c r="C144" s="28"/>
       <c r="D144" s="5"/>
       <c r="E144" s="17"/>
       <c r="F144" s="5"/>
       <c r="G144" s="8"/>
       <c r="H144" s="5"/>
       <c r="I144" s="88"/>
     </row>
-    <row r="145" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="145" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A145" s="4"/>
       <c r="B145" s="4"/>
       <c r="C145" s="28"/>
       <c r="D145" s="5"/>
       <c r="E145" s="17"/>
       <c r="F145" s="5"/>
       <c r="G145" s="8"/>
       <c r="H145" s="5"/>
       <c r="I145" s="88"/>
     </row>
-    <row r="146" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="146" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A146" s="4"/>
       <c r="B146" s="4"/>
       <c r="C146" s="28"/>
       <c r="D146" s="5"/>
       <c r="E146" s="17"/>
       <c r="F146" s="5"/>
       <c r="G146" s="8"/>
       <c r="H146" s="5"/>
       <c r="I146" s="88"/>
     </row>
-    <row r="147" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="147" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A147" s="4"/>
       <c r="B147" s="4"/>
       <c r="C147" s="28"/>
       <c r="D147" s="5"/>
       <c r="E147" s="17"/>
       <c r="F147" s="5"/>
       <c r="G147" s="8"/>
       <c r="H147" s="5"/>
       <c r="I147" s="88"/>
     </row>
-    <row r="148" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A148" s="4"/>
       <c r="B148" s="4"/>
       <c r="C148" s="28"/>
       <c r="D148" s="5"/>
       <c r="E148" s="17"/>
       <c r="F148" s="5"/>
       <c r="G148" s="8"/>
       <c r="H148" s="5"/>
       <c r="I148" s="88"/>
     </row>
-    <row r="149" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A149" s="4"/>
       <c r="B149" s="4"/>
       <c r="C149" s="28"/>
       <c r="D149" s="5"/>
       <c r="E149" s="17"/>
       <c r="F149" s="5"/>
       <c r="G149" s="8"/>
       <c r="H149" s="5"/>
       <c r="I149" s="88"/>
     </row>
-    <row r="150" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="150" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A150" s="4"/>
       <c r="B150" s="4"/>
       <c r="C150" s="28"/>
       <c r="D150" s="5"/>
       <c r="E150" s="17"/>
       <c r="F150" s="5"/>
       <c r="G150" s="8"/>
       <c r="H150" s="5"/>
       <c r="I150" s="88"/>
     </row>
-    <row r="151" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="151" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A151" s="4"/>
       <c r="B151" s="4"/>
       <c r="C151" s="28"/>
       <c r="D151" s="5"/>
       <c r="E151" s="17"/>
       <c r="F151" s="5"/>
       <c r="G151" s="8"/>
       <c r="H151" s="5"/>
       <c r="I151" s="88"/>
     </row>
-    <row r="152" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A152" s="4"/>
       <c r="B152" s="4"/>
       <c r="C152" s="28"/>
       <c r="D152" s="5"/>
       <c r="E152" s="17"/>
       <c r="F152" s="5"/>
       <c r="G152" s="8"/>
       <c r="H152" s="5"/>
       <c r="I152" s="88"/>
     </row>
-    <row r="153" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A153" s="4"/>
       <c r="B153" s="4"/>
       <c r="C153" s="28"/>
       <c r="D153" s="5"/>
       <c r="E153" s="17"/>
       <c r="F153" s="5"/>
       <c r="G153" s="8"/>
       <c r="H153" s="5"/>
       <c r="I153" s="88"/>
     </row>
-    <row r="154" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="154" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A154" s="4"/>
       <c r="B154" s="4"/>
       <c r="C154" s="28"/>
       <c r="D154" s="5"/>
       <c r="E154" s="17"/>
       <c r="F154" s="5"/>
       <c r="G154" s="8"/>
       <c r="H154" s="5"/>
       <c r="I154" s="88"/>
     </row>
-    <row r="155" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A155" s="4"/>
       <c r="B155" s="4"/>
       <c r="C155" s="28"/>
       <c r="D155" s="5"/>
       <c r="E155" s="17"/>
       <c r="F155" s="5"/>
       <c r="G155" s="8"/>
       <c r="H155" s="5"/>
       <c r="I155" s="88"/>
     </row>
-    <row r="156" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A156" s="4"/>
       <c r="B156" s="4"/>
       <c r="C156" s="28"/>
       <c r="D156" s="5"/>
       <c r="E156" s="17"/>
       <c r="F156" s="5"/>
       <c r="G156" s="8"/>
       <c r="H156" s="5"/>
       <c r="I156" s="88"/>
     </row>
-    <row r="157" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A157" s="4"/>
       <c r="B157" s="4"/>
       <c r="C157" s="28"/>
       <c r="D157" s="5"/>
       <c r="E157" s="17"/>
       <c r="F157" s="5"/>
       <c r="G157" s="8"/>
       <c r="H157" s="5"/>
       <c r="I157" s="88"/>
     </row>
-    <row r="158" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="158" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A158" s="4"/>
       <c r="B158" s="4"/>
       <c r="C158" s="28"/>
       <c r="D158" s="5"/>
       <c r="E158" s="17"/>
       <c r="F158" s="5"/>
       <c r="G158" s="8"/>
       <c r="H158" s="5"/>
       <c r="I158" s="88"/>
     </row>
-    <row r="159" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="159" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A159" s="4"/>
       <c r="B159" s="4"/>
       <c r="C159" s="28"/>
       <c r="D159" s="5"/>
       <c r="E159" s="17"/>
       <c r="F159" s="5"/>
       <c r="G159" s="8"/>
       <c r="H159" s="5"/>
       <c r="I159" s="88"/>
     </row>
-    <row r="160" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="160" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A160" s="4"/>
       <c r="B160" s="4"/>
       <c r="C160" s="28"/>
       <c r="D160" s="5"/>
       <c r="E160" s="17"/>
       <c r="F160" s="5"/>
       <c r="G160" s="8"/>
       <c r="H160" s="5"/>
       <c r="I160" s="88"/>
     </row>
-    <row r="161" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A161" s="4"/>
       <c r="B161" s="4"/>
       <c r="C161" s="28"/>
       <c r="D161" s="5"/>
       <c r="E161" s="17"/>
       <c r="F161" s="5"/>
       <c r="G161" s="8"/>
       <c r="H161" s="5"/>
       <c r="I161" s="88"/>
     </row>
-    <row r="162" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="162" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A162" s="4"/>
       <c r="B162" s="4"/>
       <c r="C162" s="28"/>
       <c r="D162" s="5"/>
       <c r="E162" s="17"/>
       <c r="F162" s="5"/>
       <c r="G162" s="8"/>
       <c r="H162" s="5"/>
       <c r="I162" s="88"/>
     </row>
-    <row r="163" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="163" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A163" s="4"/>
       <c r="B163" s="4"/>
       <c r="C163" s="28"/>
       <c r="D163" s="5"/>
       <c r="E163" s="17"/>
       <c r="F163" s="5"/>
       <c r="G163" s="8"/>
       <c r="H163" s="5"/>
       <c r="I163" s="88"/>
     </row>
-    <row r="164" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="164" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A164" s="4"/>
       <c r="B164" s="4"/>
       <c r="C164" s="28"/>
       <c r="D164" s="5"/>
       <c r="E164" s="17"/>
       <c r="F164" s="5"/>
       <c r="G164" s="8"/>
       <c r="H164" s="5"/>
       <c r="I164" s="88"/>
     </row>
-    <row r="165" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="165" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A165" s="4"/>
       <c r="B165" s="4"/>
       <c r="C165" s="28"/>
       <c r="D165" s="5"/>
       <c r="E165" s="17"/>
       <c r="F165" s="5"/>
       <c r="G165" s="8"/>
       <c r="H165" s="5"/>
       <c r="I165" s="88"/>
     </row>
-    <row r="166" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="166" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A166" s="4"/>
       <c r="B166" s="4"/>
       <c r="C166" s="28"/>
       <c r="D166" s="5"/>
       <c r="E166" s="17"/>
       <c r="F166" s="5"/>
       <c r="G166" s="8"/>
       <c r="H166" s="5"/>
       <c r="I166" s="88"/>
     </row>
-    <row r="167" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="167" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A167" s="4"/>
       <c r="B167" s="4"/>
       <c r="C167" s="28"/>
       <c r="D167" s="5"/>
       <c r="E167" s="17"/>
       <c r="F167" s="5"/>
       <c r="G167" s="8"/>
       <c r="H167" s="5"/>
       <c r="I167" s="88"/>
     </row>
-    <row r="168" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="168" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A168" s="4"/>
       <c r="B168" s="4"/>
       <c r="C168" s="28"/>
       <c r="D168" s="5"/>
       <c r="E168" s="17"/>
       <c r="F168" s="5"/>
       <c r="G168" s="8"/>
       <c r="H168" s="5"/>
       <c r="I168" s="88"/>
     </row>
-    <row r="169" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="169" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A169" s="4"/>
       <c r="B169" s="4"/>
       <c r="C169" s="28"/>
       <c r="D169" s="5"/>
       <c r="E169" s="17"/>
       <c r="F169" s="5"/>
       <c r="G169" s="8"/>
       <c r="H169" s="5"/>
       <c r="I169" s="88"/>
     </row>
-    <row r="170" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="170" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A170" s="4"/>
       <c r="B170" s="4"/>
       <c r="C170" s="28"/>
       <c r="D170" s="5"/>
       <c r="E170" s="17"/>
       <c r="F170" s="5"/>
       <c r="G170" s="8"/>
       <c r="H170" s="5"/>
       <c r="I170" s="88"/>
     </row>
-    <row r="171" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="171" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A171" s="4"/>
       <c r="B171" s="4"/>
       <c r="C171" s="28"/>
       <c r="D171" s="5"/>
       <c r="E171" s="17"/>
       <c r="F171" s="5"/>
       <c r="G171" s="8"/>
       <c r="H171" s="5"/>
       <c r="I171" s="88"/>
     </row>
-    <row r="172" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="172" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A172" s="4"/>
       <c r="B172" s="4"/>
       <c r="C172" s="28"/>
       <c r="D172" s="5"/>
       <c r="E172" s="17"/>
       <c r="F172" s="5"/>
       <c r="G172" s="8"/>
       <c r="H172" s="5"/>
       <c r="I172" s="88"/>
     </row>
-    <row r="173" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="173" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A173" s="4"/>
       <c r="B173" s="4"/>
       <c r="C173" s="28"/>
       <c r="D173" s="5"/>
       <c r="E173" s="17"/>
       <c r="F173" s="5"/>
       <c r="G173" s="8"/>
       <c r="H173" s="5"/>
       <c r="I173" s="88"/>
     </row>
-    <row r="174" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="174" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A174" s="4"/>
       <c r="B174" s="4"/>
       <c r="C174" s="28"/>
       <c r="D174" s="5"/>
       <c r="E174" s="17"/>
       <c r="F174" s="5"/>
       <c r="G174" s="8"/>
       <c r="H174" s="5"/>
       <c r="I174" s="88"/>
     </row>
-    <row r="175" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="175" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A175" s="4"/>
       <c r="B175" s="4"/>
       <c r="C175" s="28"/>
       <c r="D175" s="5"/>
       <c r="E175" s="17"/>
       <c r="F175" s="5"/>
       <c r="G175" s="8"/>
       <c r="H175" s="5"/>
       <c r="I175" s="88"/>
     </row>
-    <row r="176" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="176" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A176" s="4"/>
       <c r="B176" s="4"/>
       <c r="C176" s="28"/>
       <c r="D176" s="5"/>
       <c r="E176" s="17"/>
       <c r="F176" s="5"/>
       <c r="G176" s="8"/>
       <c r="H176" s="5"/>
       <c r="I176" s="88"/>
     </row>
-    <row r="177" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A177" s="4"/>
       <c r="B177" s="4"/>
       <c r="C177" s="28"/>
       <c r="D177" s="5"/>
       <c r="E177" s="17"/>
       <c r="F177" s="5"/>
       <c r="G177" s="8"/>
       <c r="H177" s="5"/>
       <c r="I177" s="88"/>
     </row>
-    <row r="178" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A178" s="4"/>
       <c r="B178" s="4"/>
       <c r="C178" s="28"/>
       <c r="D178" s="5"/>
       <c r="E178" s="17"/>
       <c r="F178" s="5"/>
       <c r="G178" s="8"/>
       <c r="H178" s="5"/>
       <c r="I178" s="88"/>
     </row>
-    <row r="179" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A179" s="4"/>
       <c r="B179" s="4"/>
       <c r="C179" s="28"/>
       <c r="D179" s="5"/>
       <c r="E179" s="17"/>
       <c r="F179" s="5"/>
       <c r="G179" s="8"/>
       <c r="H179" s="5"/>
       <c r="I179" s="88"/>
     </row>
-    <row r="180" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A180" s="4"/>
       <c r="B180" s="4"/>
       <c r="C180" s="28"/>
       <c r="D180" s="5"/>
       <c r="E180" s="17"/>
       <c r="F180" s="5"/>
       <c r="G180" s="8"/>
       <c r="H180" s="5"/>
       <c r="I180" s="88"/>
     </row>
-    <row r="181" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A181" s="4"/>
       <c r="B181" s="4"/>
       <c r="C181" s="28"/>
       <c r="D181" s="5"/>
       <c r="E181" s="17"/>
       <c r="F181" s="5"/>
       <c r="G181" s="8"/>
       <c r="H181" s="5"/>
       <c r="I181" s="88"/>
     </row>
-    <row r="182" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A182" s="4"/>
       <c r="B182" s="4"/>
       <c r="C182" s="28"/>
       <c r="D182" s="5"/>
       <c r="E182" s="17"/>
       <c r="F182" s="5"/>
       <c r="G182" s="8"/>
       <c r="H182" s="5"/>
       <c r="I182" s="88"/>
     </row>
-    <row r="183" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A183" s="4"/>
       <c r="B183" s="4"/>
       <c r="C183" s="28"/>
       <c r="D183" s="5"/>
       <c r="E183" s="17"/>
       <c r="F183" s="5"/>
       <c r="G183" s="8"/>
       <c r="H183" s="5"/>
       <c r="I183" s="88"/>
     </row>
-    <row r="184" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="184" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A184" s="4"/>
       <c r="B184" s="4"/>
       <c r="C184" s="28"/>
       <c r="D184" s="5"/>
       <c r="E184" s="17"/>
       <c r="F184" s="5"/>
       <c r="G184" s="8"/>
       <c r="H184" s="5"/>
       <c r="I184" s="88"/>
     </row>
-    <row r="185" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="185" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A185" s="4"/>
       <c r="B185" s="4"/>
       <c r="C185" s="28"/>
       <c r="D185" s="5"/>
       <c r="E185" s="17"/>
       <c r="F185" s="5"/>
       <c r="G185" s="8"/>
       <c r="H185" s="5"/>
       <c r="I185" s="88"/>
     </row>
-    <row r="186" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="186" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A186" s="4"/>
       <c r="B186" s="4"/>
       <c r="C186" s="28"/>
       <c r="D186" s="5"/>
       <c r="E186" s="17"/>
       <c r="F186" s="5"/>
       <c r="G186" s="8"/>
       <c r="H186" s="5"/>
       <c r="I186" s="88"/>
     </row>
-    <row r="187" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A187" s="4"/>
       <c r="B187" s="4"/>
       <c r="C187" s="28"/>
       <c r="D187" s="5"/>
       <c r="E187" s="17"/>
       <c r="F187" s="5"/>
       <c r="G187" s="8"/>
       <c r="H187" s="5"/>
       <c r="I187" s="88"/>
     </row>
-    <row r="188" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="188" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A188" s="4"/>
       <c r="B188" s="4"/>
       <c r="C188" s="28"/>
       <c r="D188" s="5"/>
       <c r="E188" s="17"/>
       <c r="F188" s="5"/>
       <c r="G188" s="8"/>
       <c r="H188" s="5"/>
       <c r="I188" s="88"/>
     </row>
-    <row r="189" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="189" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A189" s="4"/>
       <c r="B189" s="4"/>
       <c r="C189" s="28"/>
       <c r="D189" s="5"/>
       <c r="E189" s="17"/>
       <c r="F189" s="5"/>
       <c r="G189" s="8"/>
       <c r="H189" s="5"/>
       <c r="I189" s="88"/>
     </row>
-    <row r="190" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="190" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A190" s="4"/>
       <c r="B190" s="4"/>
       <c r="C190" s="28"/>
       <c r="D190" s="5"/>
       <c r="E190" s="17"/>
       <c r="F190" s="5"/>
       <c r="G190" s="8"/>
       <c r="H190" s="5"/>
       <c r="I190" s="88"/>
     </row>
-    <row r="191" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="191" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A191" s="4"/>
       <c r="B191" s="4"/>
       <c r="C191" s="28"/>
       <c r="D191" s="5"/>
       <c r="E191" s="17"/>
       <c r="F191" s="5"/>
       <c r="G191" s="8"/>
       <c r="H191" s="5"/>
       <c r="I191" s="88"/>
     </row>
-    <row r="192" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="192" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A192" s="4"/>
       <c r="B192" s="4"/>
       <c r="C192" s="28"/>
       <c r="D192" s="5"/>
       <c r="E192" s="17"/>
       <c r="F192" s="5"/>
       <c r="G192" s="8"/>
       <c r="H192" s="5"/>
       <c r="I192" s="88"/>
     </row>
-    <row r="193" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A193" s="4"/>
       <c r="B193" s="4"/>
       <c r="C193" s="28"/>
       <c r="D193" s="5"/>
       <c r="E193" s="17"/>
       <c r="F193" s="5"/>
       <c r="G193" s="8"/>
       <c r="H193" s="5"/>
       <c r="I193" s="88"/>
     </row>
-    <row r="194" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A194" s="4"/>
       <c r="B194" s="4"/>
       <c r="C194" s="28"/>
       <c r="D194" s="5"/>
       <c r="E194" s="17"/>
       <c r="F194" s="5"/>
       <c r="G194" s="8"/>
       <c r="H194" s="5"/>
       <c r="I194" s="88"/>
     </row>
-    <row r="195" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="195" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A195" s="4"/>
       <c r="B195" s="4"/>
       <c r="C195" s="28"/>
       <c r="D195" s="5"/>
       <c r="E195" s="17"/>
       <c r="F195" s="5"/>
       <c r="G195" s="8"/>
       <c r="H195" s="5"/>
       <c r="I195" s="88"/>
     </row>
-    <row r="196" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="196" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A196" s="4"/>
       <c r="B196" s="4"/>
       <c r="C196" s="28"/>
       <c r="D196" s="5"/>
       <c r="E196" s="17"/>
       <c r="F196" s="5"/>
       <c r="G196" s="8"/>
       <c r="H196" s="5"/>
       <c r="I196" s="88"/>
     </row>
-    <row r="197" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="197" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A197" s="4"/>
       <c r="B197" s="4"/>
       <c r="C197" s="28"/>
       <c r="D197" s="5"/>
       <c r="E197" s="17"/>
       <c r="F197" s="5"/>
       <c r="G197" s="8"/>
       <c r="H197" s="5"/>
       <c r="I197" s="88"/>
     </row>
-    <row r="198" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A198" s="4"/>
       <c r="B198" s="4"/>
       <c r="C198" s="28"/>
       <c r="D198" s="5"/>
       <c r="E198" s="17"/>
       <c r="F198" s="5"/>
       <c r="G198" s="8"/>
       <c r="H198" s="5"/>
       <c r="I198" s="88"/>
     </row>
-    <row r="199" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="199" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A199" s="4"/>
       <c r="B199" s="4"/>
       <c r="C199" s="28"/>
       <c r="D199" s="5"/>
       <c r="E199" s="17"/>
       <c r="F199" s="5"/>
       <c r="G199" s="8"/>
       <c r="H199" s="5"/>
       <c r="I199" s="88"/>
     </row>
-    <row r="200" spans="1:9" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="200" spans="1:9" ht="18" x14ac:dyDescent="0.5">
       <c r="A200" s="4"/>
       <c r="B200" s="4"/>
       <c r="C200" s="28"/>
       <c r="D200" s="5"/>
       <c r="E200" s="17"/>
       <c r="F200" s="5"/>
       <c r="G200" s="8"/>
       <c r="H200" s="5"/>
       <c r="I200" s="88"/>
     </row>
   </sheetData>
   <sheetProtection insertColumns="0" insertRows="0" deleteColumns="0" deleteRows="0"/>
   <mergeCells count="1">
     <mergeCell ref="H11:I11"/>
   </mergeCells>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A16:A200" xr:uid="{00000000-0002-0000-0200-000000000000}">
       <formula1>"Income Fund Reimbursable (IFR), State Operating, Dormitory Income Fund Reimbursable (DIFR), SUNY Tuition Reimbursement Account (SUTRA)"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F15:F200" xr:uid="{00000000-0002-0000-0200-000001000000}">
       <formula1>"Yes, No"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
@@ -15173,27251 +15254,27315 @@
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{D2FC8CAB-D930-498A-87C7-CDFD3E5AC83B}">
           <x14:formula1>
             <xm:f>INDIRECT(VLOOKUP('Step1 - Requestor-Unit Info '!$B$6,'VP Decanal-Entity Name &amp; Number'!$E$1380:$F$1404,2,FALSE))</xm:f>
           </x14:formula1>
           <xm:sqref>E16:E200</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{1EEB6254-73D5-4CA7-A11B-B1441111B6CD}">
           <x14:formula1>
             <xm:f>'Activity Selections'!$A$1:$A$90</xm:f>
           </x14:formula1>
           <xm:sqref>H16:H200</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:AU199"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView showGridLines="0" topLeftCell="A5" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A14" sqref="A14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="33.5703125" defaultRowHeight="15.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="33.59765625" defaultRowHeight="15.75" x14ac:dyDescent="0.5"/>
   <cols>
-    <col min="1" max="1" width="35.5703125" style="1" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="12" max="16384" width="33.5703125" style="1"/>
+    <col min="1" max="1" width="35.59765625" style="1" customWidth="1"/>
+    <col min="2" max="2" width="27.3984375" style="1" customWidth="1"/>
+    <col min="3" max="3" width="39.3984375" style="1" customWidth="1"/>
+    <col min="4" max="4" width="39.1328125" style="1" customWidth="1"/>
+    <col min="5" max="5" width="38.73046875" style="1" customWidth="1"/>
+    <col min="6" max="6" width="40.1328125" style="1" customWidth="1"/>
+    <col min="7" max="7" width="32.73046875" style="1" customWidth="1"/>
+    <col min="8" max="8" width="32.86328125" style="1" customWidth="1"/>
+    <col min="9" max="9" width="49.59765625" style="1" customWidth="1"/>
+    <col min="10" max="11" width="25.1328125" style="1" customWidth="1"/>
+    <col min="12" max="16384" width="33.59765625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:47" ht="50.25" customHeight="1" x14ac:dyDescent="0.25"/>
-    <row r="2" spans="1:47" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:47" ht="50.25" customHeight="1" x14ac:dyDescent="0.5"/>
+    <row r="2" spans="1:47" ht="22.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A2" s="38" t="s">
         <v>38</v>
       </c>
       <c r="B2" s="38"/>
     </row>
-    <row r="3" spans="1:47" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:47" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A3" s="11" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="46" t="str">
         <f>+'Step1 - Requestor-Unit Info '!B4 &amp; " "</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="D3" s="30"/>
     </row>
-    <row r="4" spans="1:47" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:47" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A4" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="47" t="str">
         <f>+'Step1 - Requestor-Unit Info '!B5 &amp; " "</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="5" spans="1:47" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:47" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A5" s="11" t="s">
         <v>65</v>
       </c>
       <c r="B5" s="47" t="str">
         <f>+'Step1 - Requestor-Unit Info '!B6 &amp; " "</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="6" spans="1:47" ht="18" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:47" ht="18" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A6" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="47" t="str">
         <f>+'Step1 - Requestor-Unit Info '!B7 &amp; " "</f>
         <v xml:space="preserve"> </v>
       </c>
     </row>
-    <row r="7" spans="1:47" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:47" ht="18" x14ac:dyDescent="0.55000000000000004">
       <c r="A7" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="48" t="str">
         <f>+'Step1 - Requestor-Unit Info '!B8</f>
         <v>SUNY @ Buffalo (28030)</v>
       </c>
     </row>
-    <row r="8" spans="1:47" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:47" ht="18" x14ac:dyDescent="0.55000000000000004">
       <c r="A8" s="11" t="str">
         <f>+'Step1 - Requestor-Unit Info '!A9</f>
         <v>UBO Name:</v>
       </c>
       <c r="B8" s="46" t="str">
         <f>+'Step1 - Requestor-Unit Info '!B9 &amp; " "</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="C8" s="19"/>
       <c r="D8" s="10"/>
       <c r="E8" s="10"/>
       <c r="F8" s="10"/>
     </row>
-    <row r="9" spans="1:47" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:47" ht="18" x14ac:dyDescent="0.55000000000000004">
       <c r="A9" s="11" t="str">
         <f>+'Step1 - Requestor-Unit Info '!A10</f>
         <v>UBO Email:</v>
       </c>
       <c r="B9" s="47" t="str">
         <f>+'Step1 - Requestor-Unit Info '!B10 &amp; " "</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="C9" s="19"/>
       <c r="D9" s="57" t="s">
         <v>35</v>
       </c>
     </row>
-    <row r="10" spans="1:47" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:47" x14ac:dyDescent="0.5">
       <c r="A10" s="3"/>
       <c r="B10" s="3"/>
       <c r="C10" s="9"/>
       <c r="D10" s="9"/>
       <c r="E10" s="79"/>
       <c r="F10" s="9"/>
     </row>
-    <row r="11" spans="1:47" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="11" spans="1:47" ht="18" x14ac:dyDescent="0.55000000000000004">
       <c r="C11" s="111" t="s">
         <v>20</v>
       </c>
       <c r="D11" s="112"/>
       <c r="E11" s="80" t="s">
         <v>0</v>
       </c>
       <c r="F11" s="53" t="s">
         <v>21</v>
       </c>
       <c r="G11" s="111" t="s">
         <v>4</v>
       </c>
       <c r="H11" s="113"/>
       <c r="I11" s="113"/>
       <c r="J11" s="108" t="s">
         <v>1507</v>
       </c>
       <c r="K11" s="110"/>
     </row>
-    <row r="12" spans="1:47" s="7" customFormat="1" ht="54" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:47" s="7" customFormat="1" ht="54" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A12" s="25" t="s">
         <v>15</v>
       </c>
       <c r="B12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="43" t="s">
         <v>16</v>
       </c>
       <c r="D12" s="44" t="s">
         <v>17</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>130</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>1616</v>
       </c>
       <c r="G12" s="54" t="s">
         <v>62</v>
       </c>
       <c r="H12" s="54" t="s">
         <v>63</v>
       </c>
       <c r="I12" s="51" t="s">
         <v>95</v>
       </c>
       <c r="J12" s="50" t="s">
         <v>1508</v>
       </c>
       <c r="K12" s="50" t="s">
         <v>1509</v>
       </c>
     </row>
-    <row r="13" spans="1:47" s="6" customFormat="1" ht="48.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A13" s="100" t="s">
+    <row r="13" spans="1:47" s="6" customFormat="1" ht="48.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A13" s="98" t="s">
         <v>18</v>
       </c>
-      <c r="B13" s="100" t="s">
+      <c r="B13" s="98" t="s">
         <v>64</v>
       </c>
-      <c r="C13" s="100" t="s">
+      <c r="C13" s="98" t="s">
         <v>22</v>
       </c>
-      <c r="D13" s="100" t="s">
+      <c r="D13" s="98" t="s">
         <v>22</v>
       </c>
-      <c r="E13" s="100" t="s">
+      <c r="E13" s="98" t="s">
         <v>18</v>
       </c>
-      <c r="F13" s="100" t="s">
+      <c r="F13" s="98" t="s">
         <v>18</v>
       </c>
-      <c r="G13" s="100" t="s">
+      <c r="G13" s="98" t="s">
         <v>18</v>
       </c>
-      <c r="H13" s="100" t="s">
+      <c r="H13" s="98" t="s">
         <v>18</v>
       </c>
-      <c r="I13" s="100"/>
-      <c r="J13" s="100" t="s">
+      <c r="I13" s="98"/>
+      <c r="J13" s="98" t="s">
         <v>18</v>
       </c>
-      <c r="K13" s="101" t="s">
+      <c r="K13" s="99" t="s">
         <v>1512</v>
       </c>
       <c r="L13" s="55"/>
       <c r="M13" s="55"/>
       <c r="N13" s="55"/>
       <c r="O13" s="55"/>
       <c r="P13" s="55"/>
       <c r="Q13" s="55"/>
     </row>
-    <row r="14" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:47" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A14" s="29"/>
       <c r="B14" s="4"/>
       <c r="C14" s="8"/>
       <c r="D14" s="8"/>
       <c r="E14" s="17"/>
-      <c r="F14" s="103"/>
+      <c r="F14" s="101"/>
       <c r="G14" s="22"/>
       <c r="H14" s="22"/>
       <c r="I14" s="8"/>
       <c r="J14" s="5"/>
       <c r="K14" s="85"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1"/>
       <c r="U14" s="1"/>
       <c r="V14" s="1"/>
       <c r="W14" s="1"/>
       <c r="X14" s="1"/>
       <c r="Y14" s="1"/>
       <c r="Z14" s="1"/>
       <c r="AA14" s="1"/>
       <c r="AB14" s="1"/>
       <c r="AC14" s="1"/>
       <c r="AD14" s="1"/>
       <c r="AE14" s="1"/>
       <c r="AF14" s="1"/>
       <c r="AG14" s="1"/>
       <c r="AH14" s="1"/>
       <c r="AI14" s="1"/>
       <c r="AJ14" s="1"/>
       <c r="AK14" s="1"/>
       <c r="AL14" s="1"/>
       <c r="AM14" s="1"/>
       <c r="AN14" s="1"/>
       <c r="AO14" s="1"/>
       <c r="AP14" s="1"/>
       <c r="AQ14" s="1"/>
       <c r="AR14" s="1"/>
       <c r="AS14" s="1"/>
       <c r="AT14" s="1"/>
       <c r="AU14" s="1"/>
     </row>
-    <row r="15" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:47" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A15" s="29"/>
       <c r="B15" s="4"/>
       <c r="C15" s="8"/>
       <c r="D15" s="8"/>
       <c r="E15" s="17"/>
-      <c r="F15" s="103"/>
+      <c r="F15" s="101"/>
       <c r="G15" s="5"/>
       <c r="H15" s="5"/>
       <c r="I15" s="8"/>
       <c r="J15" s="5"/>
       <c r="K15" s="85"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1"/>
       <c r="U15" s="1"/>
       <c r="V15" s="1"/>
       <c r="W15" s="1"/>
       <c r="X15" s="1"/>
       <c r="Y15" s="1"/>
       <c r="Z15" s="1"/>
       <c r="AA15" s="1"/>
       <c r="AB15" s="1"/>
       <c r="AC15" s="1"/>
       <c r="AD15" s="1"/>
       <c r="AE15" s="1"/>
       <c r="AF15" s="1"/>
       <c r="AG15" s="1"/>
       <c r="AH15" s="1"/>
       <c r="AI15" s="1"/>
       <c r="AJ15" s="1"/>
       <c r="AK15" s="1"/>
       <c r="AL15" s="1"/>
       <c r="AM15" s="1"/>
       <c r="AN15" s="1"/>
       <c r="AO15" s="1"/>
       <c r="AP15" s="1"/>
       <c r="AQ15" s="1"/>
       <c r="AR15" s="1"/>
       <c r="AS15" s="1"/>
       <c r="AT15" s="1"/>
       <c r="AU15" s="1"/>
     </row>
-    <row r="16" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:47" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A16" s="29"/>
       <c r="B16" s="4"/>
       <c r="C16" s="8"/>
       <c r="D16" s="8"/>
       <c r="E16" s="17"/>
-      <c r="F16" s="103"/>
+      <c r="F16" s="101"/>
       <c r="G16" s="5"/>
       <c r="H16" s="5"/>
       <c r="I16" s="8"/>
       <c r="J16" s="5"/>
       <c r="K16" s="85"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1"/>
       <c r="U16" s="1"/>
       <c r="V16" s="1"/>
       <c r="W16" s="1"/>
       <c r="X16" s="1"/>
       <c r="Y16" s="1"/>
       <c r="Z16" s="1"/>
       <c r="AA16" s="1"/>
       <c r="AB16" s="1"/>
       <c r="AC16" s="1"/>
       <c r="AD16" s="1"/>
       <c r="AE16" s="1"/>
       <c r="AF16" s="1"/>
       <c r="AG16" s="1"/>
       <c r="AH16" s="1"/>
       <c r="AI16" s="1"/>
       <c r="AJ16" s="1"/>
       <c r="AK16" s="1"/>
       <c r="AL16" s="1"/>
       <c r="AM16" s="1"/>
       <c r="AN16" s="1"/>
       <c r="AO16" s="1"/>
       <c r="AP16" s="1"/>
       <c r="AQ16" s="1"/>
       <c r="AR16" s="1"/>
       <c r="AS16" s="1"/>
       <c r="AT16" s="1"/>
       <c r="AU16" s="1"/>
     </row>
-    <row r="17" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:47" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A17" s="29"/>
       <c r="B17" s="4"/>
       <c r="C17" s="8"/>
       <c r="D17" s="8"/>
       <c r="E17" s="17"/>
-      <c r="F17" s="103"/>
+      <c r="F17" s="101"/>
       <c r="G17" s="5"/>
       <c r="H17" s="5"/>
       <c r="I17" s="8"/>
       <c r="J17" s="5"/>
       <c r="K17" s="85"/>
       <c r="L17" s="1"/>
       <c r="M17" s="1"/>
       <c r="N17" s="1"/>
       <c r="O17" s="1"/>
       <c r="P17" s="1"/>
       <c r="Q17" s="1"/>
       <c r="R17" s="1"/>
       <c r="S17" s="1"/>
       <c r="T17" s="1"/>
       <c r="U17" s="1"/>
       <c r="V17" s="1"/>
       <c r="W17" s="1"/>
       <c r="X17" s="1"/>
       <c r="Y17" s="1"/>
       <c r="Z17" s="1"/>
       <c r="AA17" s="1"/>
       <c r="AB17" s="1"/>
       <c r="AC17" s="1"/>
       <c r="AD17" s="1"/>
       <c r="AE17" s="1"/>
       <c r="AF17" s="1"/>
       <c r="AG17" s="1"/>
       <c r="AH17" s="1"/>
       <c r="AI17" s="1"/>
       <c r="AJ17" s="1"/>
       <c r="AK17" s="1"/>
       <c r="AL17" s="1"/>
       <c r="AM17" s="1"/>
       <c r="AN17" s="1"/>
       <c r="AO17" s="1"/>
       <c r="AP17" s="1"/>
       <c r="AQ17" s="1"/>
       <c r="AR17" s="1"/>
       <c r="AS17" s="1"/>
       <c r="AT17" s="1"/>
       <c r="AU17" s="1"/>
     </row>
-    <row r="18" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:47" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A18" s="29"/>
       <c r="B18" s="4"/>
       <c r="C18" s="8"/>
       <c r="D18" s="8"/>
       <c r="E18" s="17"/>
-      <c r="F18" s="103"/>
+      <c r="F18" s="101"/>
       <c r="G18" s="5"/>
       <c r="H18" s="5"/>
       <c r="I18" s="8"/>
       <c r="J18" s="5"/>
       <c r="K18" s="85"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1"/>
       <c r="U18" s="1"/>
       <c r="V18" s="1"/>
       <c r="W18" s="1"/>
       <c r="X18" s="1"/>
       <c r="Y18" s="1"/>
       <c r="Z18" s="1"/>
       <c r="AA18" s="1"/>
       <c r="AB18" s="1"/>
       <c r="AC18" s="1"/>
       <c r="AD18" s="1"/>
       <c r="AE18" s="1"/>
       <c r="AF18" s="1"/>
       <c r="AG18" s="1"/>
       <c r="AH18" s="1"/>
       <c r="AI18" s="1"/>
       <c r="AJ18" s="1"/>
       <c r="AK18" s="1"/>
       <c r="AL18" s="1"/>
       <c r="AM18" s="1"/>
       <c r="AN18" s="1"/>
       <c r="AO18" s="1"/>
       <c r="AP18" s="1"/>
       <c r="AQ18" s="1"/>
       <c r="AR18" s="1"/>
       <c r="AS18" s="1"/>
       <c r="AT18" s="1"/>
       <c r="AU18" s="1"/>
     </row>
-    <row r="19" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:47" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A19" s="29"/>
       <c r="B19" s="4"/>
       <c r="C19" s="8"/>
       <c r="D19" s="8"/>
       <c r="E19" s="17"/>
-      <c r="F19" s="103"/>
+      <c r="F19" s="101"/>
       <c r="G19" s="5"/>
       <c r="H19" s="5"/>
       <c r="I19" s="8"/>
       <c r="J19" s="5"/>
       <c r="K19" s="85"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
       <c r="P19" s="1"/>
       <c r="Q19" s="1"/>
       <c r="R19" s="1"/>
       <c r="S19" s="1"/>
       <c r="T19" s="1"/>
       <c r="U19" s="1"/>
       <c r="V19" s="1"/>
       <c r="W19" s="1"/>
       <c r="X19" s="1"/>
       <c r="Y19" s="1"/>
       <c r="Z19" s="1"/>
       <c r="AA19" s="1"/>
       <c r="AB19" s="1"/>
       <c r="AC19" s="1"/>
       <c r="AD19" s="1"/>
       <c r="AE19" s="1"/>
       <c r="AF19" s="1"/>
       <c r="AG19" s="1"/>
       <c r="AH19" s="1"/>
       <c r="AI19" s="1"/>
       <c r="AJ19" s="1"/>
       <c r="AK19" s="1"/>
       <c r="AL19" s="1"/>
       <c r="AM19" s="1"/>
       <c r="AN19" s="1"/>
       <c r="AO19" s="1"/>
       <c r="AP19" s="1"/>
       <c r="AQ19" s="1"/>
       <c r="AR19" s="1"/>
       <c r="AS19" s="1"/>
       <c r="AT19" s="1"/>
       <c r="AU19" s="1"/>
     </row>
-    <row r="20" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:47" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A20" s="29"/>
       <c r="B20" s="4"/>
       <c r="C20" s="8"/>
       <c r="D20" s="8"/>
       <c r="E20" s="17"/>
-      <c r="F20" s="103"/>
+      <c r="F20" s="101"/>
       <c r="G20" s="5"/>
       <c r="H20" s="5"/>
       <c r="I20" s="8"/>
       <c r="J20" s="5"/>
       <c r="K20" s="85"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="1"/>
       <c r="R20" s="1"/>
       <c r="S20" s="1"/>
       <c r="T20" s="1"/>
       <c r="U20" s="1"/>
       <c r="V20" s="1"/>
       <c r="W20" s="1"/>
       <c r="X20" s="1"/>
       <c r="Y20" s="1"/>
       <c r="Z20" s="1"/>
       <c r="AA20" s="1"/>
       <c r="AB20" s="1"/>
       <c r="AC20" s="1"/>
       <c r="AD20" s="1"/>
       <c r="AE20" s="1"/>
       <c r="AF20" s="1"/>
       <c r="AG20" s="1"/>
       <c r="AH20" s="1"/>
       <c r="AI20" s="1"/>
       <c r="AJ20" s="1"/>
       <c r="AK20" s="1"/>
       <c r="AL20" s="1"/>
       <c r="AM20" s="1"/>
       <c r="AN20" s="1"/>
       <c r="AO20" s="1"/>
       <c r="AP20" s="1"/>
       <c r="AQ20" s="1"/>
       <c r="AR20" s="1"/>
       <c r="AS20" s="1"/>
       <c r="AT20" s="1"/>
       <c r="AU20" s="1"/>
     </row>
-    <row r="21" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:47" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A21" s="29"/>
       <c r="B21" s="4"/>
       <c r="C21" s="8"/>
       <c r="D21" s="8"/>
       <c r="E21" s="17"/>
-      <c r="F21" s="103"/>
+      <c r="F21" s="101"/>
       <c r="G21" s="5"/>
       <c r="H21" s="5"/>
       <c r="I21" s="8"/>
       <c r="J21" s="5"/>
       <c r="K21" s="85"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
       <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
       <c r="R21" s="1"/>
       <c r="S21" s="1"/>
       <c r="T21" s="1"/>
       <c r="U21" s="1"/>
       <c r="V21" s="1"/>
       <c r="W21" s="1"/>
       <c r="X21" s="1"/>
       <c r="Y21" s="1"/>
       <c r="Z21" s="1"/>
       <c r="AA21" s="1"/>
       <c r="AB21" s="1"/>
       <c r="AC21" s="1"/>
       <c r="AD21" s="1"/>
       <c r="AE21" s="1"/>
       <c r="AF21" s="1"/>
       <c r="AG21" s="1"/>
       <c r="AH21" s="1"/>
       <c r="AI21" s="1"/>
       <c r="AJ21" s="1"/>
       <c r="AK21" s="1"/>
       <c r="AL21" s="1"/>
       <c r="AM21" s="1"/>
       <c r="AN21" s="1"/>
       <c r="AO21" s="1"/>
       <c r="AP21" s="1"/>
       <c r="AQ21" s="1"/>
       <c r="AR21" s="1"/>
       <c r="AS21" s="1"/>
       <c r="AT21" s="1"/>
       <c r="AU21" s="1"/>
     </row>
-    <row r="22" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:47" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A22" s="29"/>
       <c r="B22" s="4"/>
       <c r="C22" s="8"/>
       <c r="D22" s="8"/>
       <c r="E22" s="17"/>
-      <c r="F22" s="103"/>
+      <c r="F22" s="101"/>
       <c r="G22" s="5"/>
       <c r="H22" s="5"/>
       <c r="I22" s="8"/>
       <c r="J22" s="5"/>
       <c r="K22" s="85"/>
       <c r="L22" s="1"/>
       <c r="M22" s="1"/>
       <c r="N22" s="1"/>
       <c r="O22" s="1"/>
       <c r="P22" s="1"/>
       <c r="Q22" s="1"/>
       <c r="R22" s="1"/>
       <c r="S22" s="1"/>
       <c r="T22" s="1"/>
       <c r="U22" s="1"/>
       <c r="V22" s="1"/>
       <c r="W22" s="1"/>
       <c r="X22" s="1"/>
       <c r="Y22" s="1"/>
       <c r="Z22" s="1"/>
       <c r="AA22" s="1"/>
       <c r="AB22" s="1"/>
       <c r="AC22" s="1"/>
       <c r="AD22" s="1"/>
       <c r="AE22" s="1"/>
       <c r="AF22" s="1"/>
       <c r="AG22" s="1"/>
       <c r="AH22" s="1"/>
       <c r="AI22" s="1"/>
       <c r="AJ22" s="1"/>
       <c r="AK22" s="1"/>
       <c r="AL22" s="1"/>
       <c r="AM22" s="1"/>
       <c r="AN22" s="1"/>
       <c r="AO22" s="1"/>
       <c r="AP22" s="1"/>
       <c r="AQ22" s="1"/>
       <c r="AR22" s="1"/>
       <c r="AS22" s="1"/>
       <c r="AT22" s="1"/>
       <c r="AU22" s="1"/>
     </row>
-    <row r="23" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:47" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A23" s="29"/>
       <c r="B23" s="4"/>
       <c r="C23" s="8"/>
       <c r="D23" s="8"/>
       <c r="E23" s="17"/>
-      <c r="F23" s="103"/>
+      <c r="F23" s="101"/>
       <c r="G23" s="5"/>
       <c r="H23" s="5"/>
       <c r="I23" s="8"/>
       <c r="J23" s="5"/>
       <c r="K23" s="85"/>
       <c r="L23" s="1"/>
       <c r="M23" s="1"/>
       <c r="N23" s="1"/>
       <c r="O23" s="1"/>
       <c r="P23" s="1"/>
       <c r="Q23" s="1"/>
       <c r="R23" s="1"/>
       <c r="S23" s="1"/>
       <c r="T23" s="1"/>
       <c r="U23" s="1"/>
       <c r="V23" s="1"/>
       <c r="W23" s="1"/>
       <c r="X23" s="1"/>
       <c r="Y23" s="1"/>
       <c r="Z23" s="1"/>
       <c r="AA23" s="1"/>
       <c r="AB23" s="1"/>
       <c r="AC23" s="1"/>
       <c r="AD23" s="1"/>
       <c r="AE23" s="1"/>
       <c r="AF23" s="1"/>
       <c r="AG23" s="1"/>
       <c r="AH23" s="1"/>
       <c r="AI23" s="1"/>
       <c r="AJ23" s="1"/>
       <c r="AK23" s="1"/>
       <c r="AL23" s="1"/>
       <c r="AM23" s="1"/>
       <c r="AN23" s="1"/>
       <c r="AO23" s="1"/>
       <c r="AP23" s="1"/>
       <c r="AQ23" s="1"/>
       <c r="AR23" s="1"/>
       <c r="AS23" s="1"/>
       <c r="AT23" s="1"/>
       <c r="AU23" s="1"/>
     </row>
-    <row r="24" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:47" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A24" s="29"/>
       <c r="B24" s="4"/>
       <c r="C24" s="8"/>
       <c r="D24" s="8"/>
       <c r="E24" s="17"/>
-      <c r="F24" s="103"/>
+      <c r="F24" s="101"/>
       <c r="G24" s="5"/>
       <c r="H24" s="5"/>
       <c r="I24" s="8"/>
       <c r="J24" s="5"/>
       <c r="K24" s="85"/>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
       <c r="O24" s="1"/>
       <c r="P24" s="1"/>
       <c r="Q24" s="1"/>
       <c r="R24" s="1"/>
       <c r="S24" s="1"/>
       <c r="T24" s="1"/>
       <c r="U24" s="1"/>
       <c r="V24" s="1"/>
       <c r="W24" s="1"/>
       <c r="X24" s="1"/>
       <c r="Y24" s="1"/>
       <c r="Z24" s="1"/>
       <c r="AA24" s="1"/>
       <c r="AB24" s="1"/>
       <c r="AC24" s="1"/>
       <c r="AD24" s="1"/>
       <c r="AE24" s="1"/>
       <c r="AF24" s="1"/>
       <c r="AG24" s="1"/>
       <c r="AH24" s="1"/>
       <c r="AI24" s="1"/>
       <c r="AJ24" s="1"/>
       <c r="AK24" s="1"/>
       <c r="AL24" s="1"/>
       <c r="AM24" s="1"/>
       <c r="AN24" s="1"/>
       <c r="AO24" s="1"/>
       <c r="AP24" s="1"/>
       <c r="AQ24" s="1"/>
       <c r="AR24" s="1"/>
       <c r="AS24" s="1"/>
       <c r="AT24" s="1"/>
       <c r="AU24" s="1"/>
     </row>
-    <row r="25" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:47" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A25" s="29"/>
       <c r="B25" s="4"/>
       <c r="C25" s="8"/>
       <c r="D25" s="8"/>
       <c r="E25" s="17"/>
-      <c r="F25" s="103"/>
+      <c r="F25" s="101"/>
       <c r="G25" s="5"/>
       <c r="H25" s="5"/>
       <c r="I25" s="8"/>
       <c r="J25" s="5"/>
       <c r="K25" s="85"/>
       <c r="L25" s="1"/>
       <c r="M25" s="1"/>
       <c r="N25" s="1"/>
       <c r="O25" s="1"/>
       <c r="P25" s="1"/>
       <c r="Q25" s="1"/>
       <c r="R25" s="1"/>
       <c r="S25" s="1"/>
       <c r="T25" s="1"/>
       <c r="U25" s="1"/>
       <c r="V25" s="1"/>
       <c r="W25" s="1"/>
       <c r="X25" s="1"/>
       <c r="Y25" s="1"/>
       <c r="Z25" s="1"/>
       <c r="AA25" s="1"/>
       <c r="AB25" s="1"/>
       <c r="AC25" s="1"/>
       <c r="AD25" s="1"/>
       <c r="AE25" s="1"/>
       <c r="AF25" s="1"/>
       <c r="AG25" s="1"/>
       <c r="AH25" s="1"/>
       <c r="AI25" s="1"/>
       <c r="AJ25" s="1"/>
       <c r="AK25" s="1"/>
       <c r="AL25" s="1"/>
       <c r="AM25" s="1"/>
       <c r="AN25" s="1"/>
       <c r="AO25" s="1"/>
       <c r="AP25" s="1"/>
       <c r="AQ25" s="1"/>
       <c r="AR25" s="1"/>
       <c r="AS25" s="1"/>
       <c r="AT25" s="1"/>
       <c r="AU25" s="1"/>
     </row>
-    <row r="26" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:47" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A26" s="29"/>
       <c r="B26" s="4"/>
       <c r="C26" s="8"/>
       <c r="D26" s="8"/>
       <c r="E26" s="17"/>
-      <c r="F26" s="103"/>
+      <c r="F26" s="101"/>
       <c r="G26" s="5"/>
       <c r="H26" s="5"/>
       <c r="I26" s="8"/>
       <c r="J26" s="5"/>
       <c r="K26" s="85"/>
       <c r="L26" s="1"/>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
       <c r="O26" s="1"/>
       <c r="P26" s="1"/>
       <c r="Q26" s="1"/>
       <c r="R26" s="1"/>
       <c r="S26" s="1"/>
       <c r="T26" s="1"/>
       <c r="U26" s="1"/>
       <c r="V26" s="1"/>
       <c r="W26" s="1"/>
       <c r="X26" s="1"/>
       <c r="Y26" s="1"/>
       <c r="Z26" s="1"/>
       <c r="AA26" s="1"/>
       <c r="AB26" s="1"/>
       <c r="AC26" s="1"/>
       <c r="AD26" s="1"/>
       <c r="AE26" s="1"/>
       <c r="AF26" s="1"/>
       <c r="AG26" s="1"/>
       <c r="AH26" s="1"/>
       <c r="AI26" s="1"/>
       <c r="AJ26" s="1"/>
       <c r="AK26" s="1"/>
       <c r="AL26" s="1"/>
       <c r="AM26" s="1"/>
       <c r="AN26" s="1"/>
       <c r="AO26" s="1"/>
       <c r="AP26" s="1"/>
       <c r="AQ26" s="1"/>
       <c r="AR26" s="1"/>
       <c r="AS26" s="1"/>
       <c r="AT26" s="1"/>
       <c r="AU26" s="1"/>
     </row>
-    <row r="27" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:47" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A27" s="29"/>
       <c r="B27" s="4"/>
       <c r="C27" s="8"/>
       <c r="D27" s="8"/>
       <c r="E27" s="17"/>
-      <c r="F27" s="103"/>
+      <c r="F27" s="101"/>
       <c r="G27" s="5"/>
       <c r="H27" s="5"/>
       <c r="I27" s="8"/>
       <c r="J27" s="5"/>
       <c r="K27" s="85"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
       <c r="O27" s="1"/>
       <c r="P27" s="1"/>
       <c r="Q27" s="1"/>
       <c r="R27" s="1"/>
       <c r="S27" s="1"/>
       <c r="T27" s="1"/>
       <c r="U27" s="1"/>
       <c r="V27" s="1"/>
       <c r="W27" s="1"/>
       <c r="X27" s="1"/>
       <c r="Y27" s="1"/>
       <c r="Z27" s="1"/>
       <c r="AA27" s="1"/>
       <c r="AB27" s="1"/>
       <c r="AC27" s="1"/>
       <c r="AD27" s="1"/>
       <c r="AE27" s="1"/>
       <c r="AF27" s="1"/>
       <c r="AG27" s="1"/>
       <c r="AH27" s="1"/>
       <c r="AI27" s="1"/>
       <c r="AJ27" s="1"/>
       <c r="AK27" s="1"/>
       <c r="AL27" s="1"/>
       <c r="AM27" s="1"/>
       <c r="AN27" s="1"/>
       <c r="AO27" s="1"/>
       <c r="AP27" s="1"/>
       <c r="AQ27" s="1"/>
       <c r="AR27" s="1"/>
       <c r="AS27" s="1"/>
       <c r="AT27" s="1"/>
       <c r="AU27" s="1"/>
     </row>
-    <row r="28" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:47" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A28" s="29"/>
       <c r="B28" s="4"/>
       <c r="C28" s="8"/>
       <c r="D28" s="8"/>
       <c r="E28" s="17"/>
-      <c r="F28" s="103"/>
+      <c r="F28" s="101"/>
       <c r="G28" s="5"/>
       <c r="H28" s="5"/>
       <c r="I28" s="8"/>
       <c r="J28" s="5"/>
       <c r="K28" s="85"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
       <c r="O28" s="1"/>
       <c r="P28" s="1"/>
       <c r="Q28" s="1"/>
       <c r="R28" s="1"/>
       <c r="S28" s="1"/>
       <c r="T28" s="1"/>
       <c r="U28" s="1"/>
       <c r="V28" s="1"/>
       <c r="W28" s="1"/>
       <c r="X28" s="1"/>
       <c r="Y28" s="1"/>
       <c r="Z28" s="1"/>
       <c r="AA28" s="1"/>
       <c r="AB28" s="1"/>
       <c r="AC28" s="1"/>
       <c r="AD28" s="1"/>
       <c r="AE28" s="1"/>
       <c r="AF28" s="1"/>
       <c r="AG28" s="1"/>
       <c r="AH28" s="1"/>
       <c r="AI28" s="1"/>
       <c r="AJ28" s="1"/>
       <c r="AK28" s="1"/>
       <c r="AL28" s="1"/>
       <c r="AM28" s="1"/>
       <c r="AN28" s="1"/>
       <c r="AO28" s="1"/>
       <c r="AP28" s="1"/>
       <c r="AQ28" s="1"/>
       <c r="AR28" s="1"/>
       <c r="AS28" s="1"/>
       <c r="AT28" s="1"/>
       <c r="AU28" s="1"/>
     </row>
-    <row r="29" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:47" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A29" s="29"/>
       <c r="B29" s="4"/>
       <c r="C29" s="8"/>
       <c r="D29" s="8"/>
       <c r="E29" s="17"/>
-      <c r="F29" s="103"/>
+      <c r="F29" s="101"/>
       <c r="G29" s="5"/>
       <c r="H29" s="5"/>
       <c r="I29" s="8"/>
       <c r="J29" s="5"/>
       <c r="K29" s="85"/>
       <c r="L29" s="1"/>
       <c r="M29" s="1"/>
       <c r="N29" s="1"/>
       <c r="O29" s="1"/>
       <c r="P29" s="1"/>
       <c r="Q29" s="1"/>
       <c r="R29" s="1"/>
       <c r="S29" s="1"/>
       <c r="T29" s="1"/>
       <c r="U29" s="1"/>
       <c r="V29" s="1"/>
       <c r="W29" s="1"/>
       <c r="X29" s="1"/>
       <c r="Y29" s="1"/>
       <c r="Z29" s="1"/>
       <c r="AA29" s="1"/>
       <c r="AB29" s="1"/>
       <c r="AC29" s="1"/>
       <c r="AD29" s="1"/>
       <c r="AE29" s="1"/>
       <c r="AF29" s="1"/>
       <c r="AG29" s="1"/>
       <c r="AH29" s="1"/>
       <c r="AI29" s="1"/>
       <c r="AJ29" s="1"/>
       <c r="AK29" s="1"/>
       <c r="AL29" s="1"/>
       <c r="AM29" s="1"/>
       <c r="AN29" s="1"/>
       <c r="AO29" s="1"/>
       <c r="AP29" s="1"/>
       <c r="AQ29" s="1"/>
       <c r="AR29" s="1"/>
       <c r="AS29" s="1"/>
       <c r="AT29" s="1"/>
       <c r="AU29" s="1"/>
     </row>
-    <row r="30" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:47" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A30" s="29"/>
       <c r="B30" s="4"/>
       <c r="C30" s="8"/>
       <c r="D30" s="8"/>
       <c r="E30" s="17"/>
-      <c r="F30" s="103"/>
+      <c r="F30" s="101"/>
       <c r="G30" s="5"/>
       <c r="H30" s="5"/>
       <c r="I30" s="8"/>
       <c r="J30" s="5"/>
       <c r="K30" s="85"/>
       <c r="L30" s="1"/>
       <c r="M30" s="1"/>
       <c r="N30" s="1"/>
       <c r="O30" s="1"/>
       <c r="P30" s="1"/>
       <c r="Q30" s="1"/>
       <c r="R30" s="1"/>
       <c r="S30" s="1"/>
       <c r="T30" s="1"/>
       <c r="U30" s="1"/>
       <c r="V30" s="1"/>
       <c r="W30" s="1"/>
       <c r="X30" s="1"/>
       <c r="Y30" s="1"/>
       <c r="Z30" s="1"/>
       <c r="AA30" s="1"/>
       <c r="AB30" s="1"/>
       <c r="AC30" s="1"/>
       <c r="AD30" s="1"/>
       <c r="AE30" s="1"/>
       <c r="AF30" s="1"/>
       <c r="AG30" s="1"/>
       <c r="AH30" s="1"/>
       <c r="AI30" s="1"/>
       <c r="AJ30" s="1"/>
       <c r="AK30" s="1"/>
       <c r="AL30" s="1"/>
       <c r="AM30" s="1"/>
       <c r="AN30" s="1"/>
       <c r="AO30" s="1"/>
       <c r="AP30" s="1"/>
       <c r="AQ30" s="1"/>
       <c r="AR30" s="1"/>
       <c r="AS30" s="1"/>
       <c r="AT30" s="1"/>
       <c r="AU30" s="1"/>
     </row>
-    <row r="31" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:47" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A31" s="29"/>
       <c r="B31" s="4"/>
       <c r="C31" s="8"/>
       <c r="D31" s="8"/>
       <c r="E31" s="17"/>
-      <c r="F31" s="103"/>
+      <c r="F31" s="101"/>
       <c r="G31" s="5"/>
       <c r="H31" s="5"/>
       <c r="I31" s="8"/>
       <c r="J31" s="5"/>
       <c r="K31" s="85"/>
       <c r="L31" s="1"/>
       <c r="M31" s="1"/>
       <c r="N31" s="1"/>
       <c r="O31" s="1"/>
       <c r="P31" s="1"/>
       <c r="Q31" s="1"/>
       <c r="R31" s="1"/>
       <c r="S31" s="1"/>
       <c r="T31" s="1"/>
       <c r="U31" s="1"/>
       <c r="V31" s="1"/>
       <c r="W31" s="1"/>
       <c r="X31" s="1"/>
       <c r="Y31" s="1"/>
       <c r="Z31" s="1"/>
       <c r="AA31" s="1"/>
       <c r="AB31" s="1"/>
       <c r="AC31" s="1"/>
       <c r="AD31" s="1"/>
       <c r="AE31" s="1"/>
       <c r="AF31" s="1"/>
       <c r="AG31" s="1"/>
       <c r="AH31" s="1"/>
       <c r="AI31" s="1"/>
       <c r="AJ31" s="1"/>
       <c r="AK31" s="1"/>
       <c r="AL31" s="1"/>
       <c r="AM31" s="1"/>
       <c r="AN31" s="1"/>
       <c r="AO31" s="1"/>
       <c r="AP31" s="1"/>
       <c r="AQ31" s="1"/>
       <c r="AR31" s="1"/>
       <c r="AS31" s="1"/>
       <c r="AT31" s="1"/>
       <c r="AU31" s="1"/>
     </row>
-    <row r="32" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:47" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A32" s="29"/>
       <c r="B32" s="4"/>
       <c r="C32" s="8"/>
       <c r="D32" s="8"/>
       <c r="E32" s="17"/>
-      <c r="F32" s="103"/>
+      <c r="F32" s="101"/>
       <c r="G32" s="5"/>
       <c r="H32" s="5"/>
       <c r="I32" s="8"/>
       <c r="J32" s="5"/>
       <c r="K32" s="85"/>
       <c r="L32" s="1"/>
       <c r="M32" s="1"/>
       <c r="N32" s="1"/>
       <c r="O32" s="1"/>
       <c r="P32" s="1"/>
       <c r="Q32" s="1"/>
       <c r="R32" s="1"/>
       <c r="S32" s="1"/>
       <c r="T32" s="1"/>
       <c r="U32" s="1"/>
       <c r="V32" s="1"/>
       <c r="W32" s="1"/>
       <c r="X32" s="1"/>
       <c r="Y32" s="1"/>
       <c r="Z32" s="1"/>
       <c r="AA32" s="1"/>
       <c r="AB32" s="1"/>
       <c r="AC32" s="1"/>
       <c r="AD32" s="1"/>
       <c r="AE32" s="1"/>
       <c r="AF32" s="1"/>
       <c r="AG32" s="1"/>
       <c r="AH32" s="1"/>
       <c r="AI32" s="1"/>
       <c r="AJ32" s="1"/>
       <c r="AK32" s="1"/>
       <c r="AL32" s="1"/>
       <c r="AM32" s="1"/>
       <c r="AN32" s="1"/>
       <c r="AO32" s="1"/>
       <c r="AP32" s="1"/>
       <c r="AQ32" s="1"/>
       <c r="AR32" s="1"/>
       <c r="AS32" s="1"/>
       <c r="AT32" s="1"/>
       <c r="AU32" s="1"/>
     </row>
-    <row r="33" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:47" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A33" s="29"/>
       <c r="B33" s="4"/>
       <c r="C33" s="8"/>
       <c r="D33" s="8"/>
       <c r="E33" s="17"/>
-      <c r="F33" s="103"/>
+      <c r="F33" s="101"/>
       <c r="G33" s="5"/>
       <c r="H33" s="5"/>
       <c r="I33" s="8"/>
       <c r="J33" s="5"/>
       <c r="K33" s="85"/>
       <c r="L33" s="1"/>
       <c r="M33" s="1"/>
       <c r="N33" s="1"/>
       <c r="O33" s="1"/>
       <c r="P33" s="1"/>
       <c r="Q33" s="1"/>
       <c r="R33" s="1"/>
       <c r="S33" s="1"/>
       <c r="T33" s="1"/>
       <c r="U33" s="1"/>
       <c r="V33" s="1"/>
       <c r="W33" s="1"/>
       <c r="X33" s="1"/>
       <c r="Y33" s="1"/>
       <c r="Z33" s="1"/>
       <c r="AA33" s="1"/>
       <c r="AB33" s="1"/>
       <c r="AC33" s="1"/>
       <c r="AD33" s="1"/>
       <c r="AE33" s="1"/>
       <c r="AF33" s="1"/>
       <c r="AG33" s="1"/>
       <c r="AH33" s="1"/>
       <c r="AI33" s="1"/>
       <c r="AJ33" s="1"/>
       <c r="AK33" s="1"/>
       <c r="AL33" s="1"/>
       <c r="AM33" s="1"/>
       <c r="AN33" s="1"/>
       <c r="AO33" s="1"/>
       <c r="AP33" s="1"/>
       <c r="AQ33" s="1"/>
       <c r="AR33" s="1"/>
       <c r="AS33" s="1"/>
       <c r="AT33" s="1"/>
       <c r="AU33" s="1"/>
     </row>
-    <row r="34" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:47" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A34" s="29"/>
       <c r="B34" s="4"/>
       <c r="C34" s="8"/>
       <c r="D34" s="8"/>
       <c r="E34" s="17"/>
-      <c r="F34" s="103"/>
+      <c r="F34" s="101"/>
       <c r="G34" s="5"/>
       <c r="H34" s="5"/>
       <c r="I34" s="8"/>
       <c r="J34" s="5"/>
       <c r="K34" s="85"/>
       <c r="L34" s="1"/>
       <c r="M34" s="1"/>
       <c r="N34" s="1"/>
       <c r="O34" s="1"/>
       <c r="P34" s="1"/>
       <c r="Q34" s="1"/>
       <c r="R34" s="1"/>
       <c r="S34" s="1"/>
       <c r="T34" s="1"/>
       <c r="U34" s="1"/>
       <c r="V34" s="1"/>
       <c r="W34" s="1"/>
       <c r="X34" s="1"/>
       <c r="Y34" s="1"/>
       <c r="Z34" s="1"/>
       <c r="AA34" s="1"/>
       <c r="AB34" s="1"/>
       <c r="AC34" s="1"/>
       <c r="AD34" s="1"/>
       <c r="AE34" s="1"/>
       <c r="AF34" s="1"/>
       <c r="AG34" s="1"/>
       <c r="AH34" s="1"/>
       <c r="AI34" s="1"/>
       <c r="AJ34" s="1"/>
       <c r="AK34" s="1"/>
       <c r="AL34" s="1"/>
       <c r="AM34" s="1"/>
       <c r="AN34" s="1"/>
       <c r="AO34" s="1"/>
       <c r="AP34" s="1"/>
       <c r="AQ34" s="1"/>
       <c r="AR34" s="1"/>
       <c r="AS34" s="1"/>
       <c r="AT34" s="1"/>
       <c r="AU34" s="1"/>
     </row>
-    <row r="35" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:47" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A35" s="29"/>
       <c r="B35" s="4"/>
       <c r="C35" s="8"/>
       <c r="D35" s="8"/>
       <c r="E35" s="17"/>
-      <c r="F35" s="103"/>
+      <c r="F35" s="101"/>
       <c r="G35" s="5"/>
       <c r="H35" s="5"/>
       <c r="I35" s="8"/>
       <c r="J35" s="5"/>
       <c r="K35" s="85"/>
       <c r="L35" s="1"/>
       <c r="M35" s="1"/>
       <c r="N35" s="1"/>
       <c r="O35" s="1"/>
       <c r="P35" s="1"/>
       <c r="Q35" s="1"/>
       <c r="R35" s="1"/>
       <c r="S35" s="1"/>
       <c r="T35" s="1"/>
       <c r="U35" s="1"/>
       <c r="V35" s="1"/>
       <c r="W35" s="1"/>
       <c r="X35" s="1"/>
       <c r="Y35" s="1"/>
       <c r="Z35" s="1"/>
       <c r="AA35" s="1"/>
       <c r="AB35" s="1"/>
       <c r="AC35" s="1"/>
       <c r="AD35" s="1"/>
       <c r="AE35" s="1"/>
       <c r="AF35" s="1"/>
       <c r="AG35" s="1"/>
       <c r="AH35" s="1"/>
       <c r="AI35" s="1"/>
       <c r="AJ35" s="1"/>
       <c r="AK35" s="1"/>
       <c r="AL35" s="1"/>
       <c r="AM35" s="1"/>
       <c r="AN35" s="1"/>
       <c r="AO35" s="1"/>
       <c r="AP35" s="1"/>
       <c r="AQ35" s="1"/>
       <c r="AR35" s="1"/>
       <c r="AS35" s="1"/>
       <c r="AT35" s="1"/>
       <c r="AU35" s="1"/>
     </row>
-    <row r="36" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:47" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A36" s="29"/>
       <c r="B36" s="4"/>
       <c r="C36" s="8"/>
       <c r="D36" s="8"/>
       <c r="E36" s="17"/>
-      <c r="F36" s="103"/>
+      <c r="F36" s="101"/>
       <c r="G36" s="5"/>
       <c r="H36" s="5"/>
       <c r="I36" s="8"/>
       <c r="J36" s="5"/>
       <c r="K36" s="85"/>
       <c r="L36" s="1"/>
       <c r="M36" s="1"/>
       <c r="N36" s="1"/>
       <c r="O36" s="1"/>
       <c r="P36" s="1"/>
       <c r="Q36" s="1"/>
       <c r="R36" s="1"/>
       <c r="S36" s="1"/>
       <c r="T36" s="1"/>
       <c r="U36" s="1"/>
       <c r="V36" s="1"/>
       <c r="W36" s="1"/>
       <c r="X36" s="1"/>
       <c r="Y36" s="1"/>
       <c r="Z36" s="1"/>
       <c r="AA36" s="1"/>
       <c r="AB36" s="1"/>
       <c r="AC36" s="1"/>
       <c r="AD36" s="1"/>
       <c r="AE36" s="1"/>
       <c r="AF36" s="1"/>
       <c r="AG36" s="1"/>
       <c r="AH36" s="1"/>
       <c r="AI36" s="1"/>
       <c r="AJ36" s="1"/>
       <c r="AK36" s="1"/>
       <c r="AL36" s="1"/>
       <c r="AM36" s="1"/>
       <c r="AN36" s="1"/>
       <c r="AO36" s="1"/>
       <c r="AP36" s="1"/>
       <c r="AQ36" s="1"/>
       <c r="AR36" s="1"/>
       <c r="AS36" s="1"/>
       <c r="AT36" s="1"/>
       <c r="AU36" s="1"/>
     </row>
-    <row r="37" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:47" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A37" s="29"/>
       <c r="B37" s="4"/>
       <c r="C37" s="8"/>
       <c r="D37" s="8"/>
       <c r="E37" s="17"/>
-      <c r="F37" s="103"/>
+      <c r="F37" s="101"/>
       <c r="G37" s="5"/>
       <c r="H37" s="5"/>
       <c r="I37" s="8"/>
       <c r="J37" s="5"/>
       <c r="K37" s="85"/>
       <c r="L37" s="1"/>
       <c r="M37" s="1"/>
       <c r="N37" s="1"/>
       <c r="O37" s="1"/>
       <c r="P37" s="1"/>
       <c r="Q37" s="1"/>
       <c r="R37" s="1"/>
       <c r="S37" s="1"/>
       <c r="T37" s="1"/>
       <c r="U37" s="1"/>
       <c r="V37" s="1"/>
       <c r="W37" s="1"/>
       <c r="X37" s="1"/>
       <c r="Y37" s="1"/>
       <c r="Z37" s="1"/>
       <c r="AA37" s="1"/>
       <c r="AB37" s="1"/>
       <c r="AC37" s="1"/>
       <c r="AD37" s="1"/>
       <c r="AE37" s="1"/>
       <c r="AF37" s="1"/>
       <c r="AG37" s="1"/>
       <c r="AH37" s="1"/>
       <c r="AI37" s="1"/>
       <c r="AJ37" s="1"/>
       <c r="AK37" s="1"/>
       <c r="AL37" s="1"/>
       <c r="AM37" s="1"/>
       <c r="AN37" s="1"/>
       <c r="AO37" s="1"/>
       <c r="AP37" s="1"/>
       <c r="AQ37" s="1"/>
       <c r="AR37" s="1"/>
       <c r="AS37" s="1"/>
       <c r="AT37" s="1"/>
       <c r="AU37" s="1"/>
     </row>
-    <row r="38" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:47" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A38" s="29"/>
       <c r="B38" s="4"/>
       <c r="C38" s="8"/>
       <c r="D38" s="8"/>
       <c r="E38" s="17"/>
-      <c r="F38" s="103"/>
+      <c r="F38" s="101"/>
       <c r="G38" s="5"/>
       <c r="H38" s="5"/>
       <c r="I38" s="8"/>
       <c r="J38" s="5"/>
       <c r="K38" s="85"/>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
       <c r="O38" s="1"/>
       <c r="P38" s="1"/>
       <c r="Q38" s="1"/>
       <c r="R38" s="1"/>
       <c r="S38" s="1"/>
       <c r="T38" s="1"/>
       <c r="U38" s="1"/>
       <c r="V38" s="1"/>
       <c r="W38" s="1"/>
       <c r="X38" s="1"/>
       <c r="Y38" s="1"/>
       <c r="Z38" s="1"/>
       <c r="AA38" s="1"/>
       <c r="AB38" s="1"/>
       <c r="AC38" s="1"/>
       <c r="AD38" s="1"/>
       <c r="AE38" s="1"/>
       <c r="AF38" s="1"/>
       <c r="AG38" s="1"/>
       <c r="AH38" s="1"/>
       <c r="AI38" s="1"/>
       <c r="AJ38" s="1"/>
       <c r="AK38" s="1"/>
       <c r="AL38" s="1"/>
       <c r="AM38" s="1"/>
       <c r="AN38" s="1"/>
       <c r="AO38" s="1"/>
       <c r="AP38" s="1"/>
       <c r="AQ38" s="1"/>
       <c r="AR38" s="1"/>
       <c r="AS38" s="1"/>
       <c r="AT38" s="1"/>
       <c r="AU38" s="1"/>
     </row>
-    <row r="39" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:47" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A39" s="29"/>
       <c r="B39" s="4"/>
       <c r="C39" s="8"/>
       <c r="D39" s="8"/>
       <c r="E39" s="17"/>
-      <c r="F39" s="103"/>
+      <c r="F39" s="101"/>
       <c r="G39" s="5"/>
       <c r="H39" s="5"/>
       <c r="I39" s="8"/>
       <c r="J39" s="5"/>
       <c r="K39" s="85"/>
       <c r="L39" s="1"/>
       <c r="M39" s="1"/>
       <c r="N39" s="1"/>
       <c r="O39" s="1"/>
       <c r="P39" s="1"/>
       <c r="Q39" s="1"/>
       <c r="R39" s="1"/>
       <c r="S39" s="1"/>
       <c r="T39" s="1"/>
       <c r="U39" s="1"/>
       <c r="V39" s="1"/>
       <c r="W39" s="1"/>
       <c r="X39" s="1"/>
       <c r="Y39" s="1"/>
       <c r="Z39" s="1"/>
       <c r="AA39" s="1"/>
       <c r="AB39" s="1"/>
       <c r="AC39" s="1"/>
       <c r="AD39" s="1"/>
       <c r="AE39" s="1"/>
       <c r="AF39" s="1"/>
       <c r="AG39" s="1"/>
       <c r="AH39" s="1"/>
       <c r="AI39" s="1"/>
       <c r="AJ39" s="1"/>
       <c r="AK39" s="1"/>
       <c r="AL39" s="1"/>
       <c r="AM39" s="1"/>
       <c r="AN39" s="1"/>
       <c r="AO39" s="1"/>
       <c r="AP39" s="1"/>
       <c r="AQ39" s="1"/>
       <c r="AR39" s="1"/>
       <c r="AS39" s="1"/>
       <c r="AT39" s="1"/>
       <c r="AU39" s="1"/>
     </row>
-    <row r="40" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:47" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A40" s="29"/>
       <c r="B40" s="4"/>
       <c r="C40" s="8"/>
       <c r="D40" s="8"/>
       <c r="E40" s="18"/>
-      <c r="F40" s="103"/>
+      <c r="F40" s="101"/>
       <c r="G40" s="5"/>
       <c r="H40" s="5"/>
       <c r="I40" s="8"/>
       <c r="J40" s="5"/>
       <c r="K40" s="85"/>
       <c r="L40" s="1"/>
       <c r="M40" s="1"/>
       <c r="N40" s="1"/>
       <c r="O40" s="1"/>
       <c r="P40" s="1"/>
       <c r="Q40" s="1"/>
       <c r="R40" s="1"/>
       <c r="S40" s="1"/>
       <c r="T40" s="1"/>
       <c r="U40" s="1"/>
       <c r="V40" s="1"/>
       <c r="W40" s="1"/>
       <c r="X40" s="1"/>
       <c r="Y40" s="1"/>
       <c r="Z40" s="1"/>
       <c r="AA40" s="1"/>
       <c r="AB40" s="1"/>
       <c r="AC40" s="1"/>
       <c r="AD40" s="1"/>
       <c r="AE40" s="1"/>
       <c r="AF40" s="1"/>
       <c r="AG40" s="1"/>
       <c r="AH40" s="1"/>
       <c r="AI40" s="1"/>
       <c r="AJ40" s="1"/>
       <c r="AK40" s="1"/>
       <c r="AL40" s="1"/>
       <c r="AM40" s="1"/>
       <c r="AN40" s="1"/>
       <c r="AO40" s="1"/>
       <c r="AP40" s="1"/>
       <c r="AQ40" s="1"/>
       <c r="AR40" s="1"/>
       <c r="AS40" s="1"/>
       <c r="AT40" s="1"/>
       <c r="AU40" s="1"/>
     </row>
-    <row r="41" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:47" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A41" s="29"/>
       <c r="B41" s="4"/>
       <c r="C41" s="8"/>
       <c r="D41" s="8"/>
       <c r="E41" s="18"/>
-      <c r="F41" s="103"/>
+      <c r="F41" s="101"/>
       <c r="G41" s="5"/>
       <c r="H41" s="5"/>
       <c r="I41" s="8"/>
       <c r="J41" s="5"/>
       <c r="K41" s="85"/>
       <c r="L41" s="1"/>
       <c r="M41" s="1"/>
       <c r="N41" s="1"/>
       <c r="O41" s="1"/>
       <c r="P41" s="1"/>
       <c r="Q41" s="1"/>
       <c r="R41" s="1"/>
       <c r="S41" s="1"/>
       <c r="T41" s="1"/>
       <c r="U41" s="1"/>
       <c r="V41" s="1"/>
       <c r="W41" s="1"/>
       <c r="X41" s="1"/>
       <c r="Y41" s="1"/>
       <c r="Z41" s="1"/>
       <c r="AA41" s="1"/>
       <c r="AB41" s="1"/>
       <c r="AC41" s="1"/>
       <c r="AD41" s="1"/>
       <c r="AE41" s="1"/>
       <c r="AF41" s="1"/>
       <c r="AG41" s="1"/>
       <c r="AH41" s="1"/>
       <c r="AI41" s="1"/>
       <c r="AJ41" s="1"/>
       <c r="AK41" s="1"/>
       <c r="AL41" s="1"/>
       <c r="AM41" s="1"/>
       <c r="AN41" s="1"/>
       <c r="AO41" s="1"/>
       <c r="AP41" s="1"/>
       <c r="AQ41" s="1"/>
       <c r="AR41" s="1"/>
       <c r="AS41" s="1"/>
       <c r="AT41" s="1"/>
       <c r="AU41" s="1"/>
     </row>
-    <row r="42" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:47" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A42" s="29"/>
       <c r="B42" s="4"/>
       <c r="C42" s="8"/>
       <c r="D42" s="8"/>
       <c r="E42" s="18"/>
-      <c r="F42" s="103"/>
+      <c r="F42" s="101"/>
       <c r="G42" s="5"/>
       <c r="H42" s="5"/>
       <c r="I42" s="8"/>
       <c r="J42" s="5"/>
       <c r="K42" s="85"/>
       <c r="L42" s="1"/>
       <c r="M42" s="1"/>
       <c r="N42" s="1"/>
       <c r="O42" s="1"/>
       <c r="P42" s="1"/>
       <c r="Q42" s="1"/>
       <c r="R42" s="1"/>
       <c r="S42" s="1"/>
       <c r="T42" s="1"/>
       <c r="U42" s="1"/>
       <c r="V42" s="1"/>
       <c r="W42" s="1"/>
       <c r="X42" s="1"/>
       <c r="Y42" s="1"/>
       <c r="Z42" s="1"/>
       <c r="AA42" s="1"/>
       <c r="AB42" s="1"/>
       <c r="AC42" s="1"/>
       <c r="AD42" s="1"/>
       <c r="AE42" s="1"/>
       <c r="AF42" s="1"/>
       <c r="AG42" s="1"/>
       <c r="AH42" s="1"/>
       <c r="AI42" s="1"/>
       <c r="AJ42" s="1"/>
       <c r="AK42" s="1"/>
       <c r="AL42" s="1"/>
       <c r="AM42" s="1"/>
       <c r="AN42" s="1"/>
       <c r="AO42" s="1"/>
       <c r="AP42" s="1"/>
       <c r="AQ42" s="1"/>
       <c r="AR42" s="1"/>
       <c r="AS42" s="1"/>
       <c r="AT42" s="1"/>
       <c r="AU42" s="1"/>
     </row>
-    <row r="43" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:47" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A43" s="29"/>
       <c r="B43" s="4"/>
       <c r="C43" s="8"/>
       <c r="D43" s="8"/>
       <c r="E43" s="18"/>
-      <c r="F43" s="103"/>
+      <c r="F43" s="101"/>
       <c r="G43" s="5"/>
       <c r="H43" s="5"/>
       <c r="I43" s="8"/>
       <c r="J43" s="5"/>
       <c r="K43" s="85"/>
       <c r="L43" s="1"/>
       <c r="M43" s="1"/>
       <c r="N43" s="1"/>
       <c r="O43" s="1"/>
       <c r="P43" s="1"/>
       <c r="Q43" s="1"/>
       <c r="R43" s="1"/>
       <c r="S43" s="1"/>
       <c r="T43" s="1"/>
       <c r="U43" s="1"/>
       <c r="V43" s="1"/>
       <c r="W43" s="1"/>
       <c r="X43" s="1"/>
       <c r="Y43" s="1"/>
       <c r="Z43" s="1"/>
       <c r="AA43" s="1"/>
       <c r="AB43" s="1"/>
       <c r="AC43" s="1"/>
       <c r="AD43" s="1"/>
       <c r="AE43" s="1"/>
       <c r="AF43" s="1"/>
       <c r="AG43" s="1"/>
       <c r="AH43" s="1"/>
       <c r="AI43" s="1"/>
       <c r="AJ43" s="1"/>
       <c r="AK43" s="1"/>
       <c r="AL43" s="1"/>
       <c r="AM43" s="1"/>
       <c r="AN43" s="1"/>
       <c r="AO43" s="1"/>
       <c r="AP43" s="1"/>
       <c r="AQ43" s="1"/>
       <c r="AR43" s="1"/>
       <c r="AS43" s="1"/>
       <c r="AT43" s="1"/>
       <c r="AU43" s="1"/>
     </row>
-    <row r="44" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:47" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A44" s="29"/>
       <c r="B44" s="4"/>
       <c r="C44" s="8"/>
       <c r="D44" s="8"/>
       <c r="E44" s="18"/>
-      <c r="F44" s="103"/>
+      <c r="F44" s="101"/>
       <c r="G44" s="5"/>
       <c r="H44" s="5"/>
       <c r="I44" s="8"/>
       <c r="J44" s="5"/>
       <c r="K44" s="85"/>
       <c r="L44" s="1"/>
       <c r="M44" s="1"/>
       <c r="N44" s="1"/>
       <c r="O44" s="1"/>
       <c r="P44" s="1"/>
       <c r="Q44" s="1"/>
       <c r="R44" s="1"/>
       <c r="S44" s="1"/>
       <c r="T44" s="1"/>
       <c r="U44" s="1"/>
       <c r="V44" s="1"/>
       <c r="W44" s="1"/>
       <c r="X44" s="1"/>
       <c r="Y44" s="1"/>
       <c r="Z44" s="1"/>
       <c r="AA44" s="1"/>
       <c r="AB44" s="1"/>
       <c r="AC44" s="1"/>
       <c r="AD44" s="1"/>
       <c r="AE44" s="1"/>
       <c r="AF44" s="1"/>
       <c r="AG44" s="1"/>
       <c r="AH44" s="1"/>
       <c r="AI44" s="1"/>
       <c r="AJ44" s="1"/>
       <c r="AK44" s="1"/>
       <c r="AL44" s="1"/>
       <c r="AM44" s="1"/>
       <c r="AN44" s="1"/>
       <c r="AO44" s="1"/>
       <c r="AP44" s="1"/>
       <c r="AQ44" s="1"/>
       <c r="AR44" s="1"/>
       <c r="AS44" s="1"/>
       <c r="AT44" s="1"/>
       <c r="AU44" s="1"/>
     </row>
-    <row r="45" spans="1:47" s="2" customFormat="1" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:47" s="2" customFormat="1" ht="18" x14ac:dyDescent="0.5">
       <c r="A45" s="29"/>
       <c r="B45" s="4"/>
       <c r="C45" s="8"/>
       <c r="D45" s="8"/>
       <c r="E45" s="18"/>
-      <c r="F45" s="103"/>
+      <c r="F45" s="101"/>
       <c r="G45" s="5"/>
       <c r="H45" s="5"/>
       <c r="I45" s="8"/>
       <c r="J45" s="5"/>
       <c r="K45" s="85"/>
       <c r="L45" s="1"/>
       <c r="M45" s="1"/>
       <c r="N45" s="1"/>
       <c r="O45" s="1"/>
       <c r="P45" s="1"/>
       <c r="Q45" s="1"/>
       <c r="R45" s="1"/>
       <c r="S45" s="1"/>
       <c r="T45" s="1"/>
       <c r="U45" s="1"/>
       <c r="V45" s="1"/>
       <c r="W45" s="1"/>
       <c r="X45" s="1"/>
       <c r="Y45" s="1"/>
       <c r="Z45" s="1"/>
       <c r="AA45" s="1"/>
       <c r="AB45" s="1"/>
       <c r="AC45" s="1"/>
       <c r="AD45" s="1"/>
       <c r="AE45" s="1"/>
       <c r="AF45" s="1"/>
       <c r="AG45" s="1"/>
       <c r="AH45" s="1"/>
       <c r="AI45" s="1"/>
       <c r="AJ45" s="1"/>
       <c r="AK45" s="1"/>
       <c r="AL45" s="1"/>
       <c r="AM45" s="1"/>
       <c r="AN45" s="1"/>
       <c r="AO45" s="1"/>
       <c r="AP45" s="1"/>
       <c r="AQ45" s="1"/>
       <c r="AR45" s="1"/>
       <c r="AS45" s="1"/>
       <c r="AT45" s="1"/>
       <c r="AU45" s="1"/>
     </row>
-    <row r="46" spans="1:47" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:47" ht="18" x14ac:dyDescent="0.5">
       <c r="A46" s="29"/>
       <c r="B46" s="4"/>
       <c r="C46" s="8"/>
       <c r="D46" s="8"/>
       <c r="E46" s="18"/>
-      <c r="F46" s="103"/>
+      <c r="F46" s="101"/>
       <c r="G46" s="5"/>
       <c r="H46" s="5"/>
       <c r="I46" s="8"/>
       <c r="J46" s="5"/>
       <c r="K46" s="85"/>
     </row>
-    <row r="47" spans="1:47" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:47" ht="18" x14ac:dyDescent="0.5">
       <c r="A47" s="29"/>
       <c r="B47" s="4"/>
       <c r="C47" s="8"/>
       <c r="D47" s="8"/>
       <c r="E47" s="18"/>
-      <c r="F47" s="103"/>
+      <c r="F47" s="101"/>
       <c r="G47" s="5"/>
       <c r="H47" s="5"/>
       <c r="I47" s="8"/>
       <c r="J47" s="5"/>
       <c r="K47" s="85"/>
     </row>
-    <row r="48" spans="1:47" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:47" ht="18" x14ac:dyDescent="0.5">
       <c r="A48" s="29"/>
       <c r="B48" s="4"/>
       <c r="C48" s="8"/>
       <c r="D48" s="8"/>
       <c r="E48" s="18"/>
-      <c r="F48" s="103"/>
+      <c r="F48" s="101"/>
       <c r="G48" s="5"/>
       <c r="H48" s="5"/>
       <c r="I48" s="8"/>
       <c r="J48" s="5"/>
       <c r="K48" s="85"/>
     </row>
-    <row r="49" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A49" s="29"/>
       <c r="B49" s="4"/>
       <c r="C49" s="8"/>
       <c r="D49" s="8"/>
       <c r="E49" s="18"/>
-      <c r="F49" s="103"/>
+      <c r="F49" s="101"/>
       <c r="G49" s="5"/>
       <c r="H49" s="5"/>
       <c r="I49" s="8"/>
       <c r="J49" s="5"/>
       <c r="K49" s="85"/>
     </row>
-    <row r="50" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A50" s="29"/>
       <c r="B50" s="4"/>
       <c r="C50" s="8"/>
       <c r="D50" s="8"/>
       <c r="E50" s="18"/>
-      <c r="F50" s="103"/>
+      <c r="F50" s="101"/>
       <c r="G50" s="5"/>
       <c r="H50" s="5"/>
       <c r="I50" s="8"/>
       <c r="J50" s="5"/>
       <c r="K50" s="85"/>
     </row>
-    <row r="51" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A51" s="29"/>
       <c r="B51" s="4"/>
       <c r="C51" s="8"/>
       <c r="D51" s="8"/>
       <c r="E51" s="18"/>
-      <c r="F51" s="103"/>
+      <c r="F51" s="101"/>
       <c r="G51" s="5"/>
       <c r="H51" s="5"/>
       <c r="I51" s="8"/>
       <c r="J51" s="5"/>
       <c r="K51" s="85"/>
     </row>
-    <row r="52" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A52" s="29"/>
       <c r="B52" s="4"/>
       <c r="C52" s="8"/>
       <c r="D52" s="8"/>
       <c r="E52" s="18"/>
-      <c r="F52" s="103"/>
+      <c r="F52" s="101"/>
       <c r="G52" s="5"/>
       <c r="H52" s="5"/>
       <c r="I52" s="8"/>
       <c r="J52" s="5"/>
       <c r="K52" s="85"/>
     </row>
-    <row r="53" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A53" s="29"/>
       <c r="B53" s="4"/>
       <c r="C53" s="8"/>
       <c r="D53" s="8"/>
       <c r="E53" s="18"/>
-      <c r="F53" s="103"/>
+      <c r="F53" s="101"/>
       <c r="G53" s="5"/>
       <c r="H53" s="5"/>
       <c r="I53" s="8"/>
       <c r="J53" s="5"/>
       <c r="K53" s="85"/>
     </row>
-    <row r="54" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A54" s="29"/>
       <c r="B54" s="4"/>
       <c r="C54" s="8"/>
       <c r="D54" s="8"/>
       <c r="E54" s="18"/>
-      <c r="F54" s="103"/>
+      <c r="F54" s="101"/>
       <c r="G54" s="5"/>
       <c r="H54" s="5"/>
       <c r="I54" s="8"/>
       <c r="J54" s="5"/>
       <c r="K54" s="85"/>
     </row>
-    <row r="55" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A55" s="29"/>
       <c r="B55" s="4"/>
       <c r="C55" s="8"/>
       <c r="D55" s="8"/>
       <c r="E55" s="18"/>
-      <c r="F55" s="103"/>
+      <c r="F55" s="101"/>
       <c r="G55" s="5"/>
       <c r="H55" s="5"/>
       <c r="I55" s="8"/>
       <c r="J55" s="5"/>
       <c r="K55" s="85"/>
     </row>
-    <row r="56" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A56" s="29"/>
       <c r="B56" s="4"/>
       <c r="C56" s="8"/>
       <c r="D56" s="8"/>
       <c r="E56" s="18"/>
-      <c r="F56" s="103"/>
+      <c r="F56" s="101"/>
       <c r="G56" s="5"/>
       <c r="H56" s="5"/>
       <c r="I56" s="8"/>
       <c r="J56" s="5"/>
       <c r="K56" s="85"/>
     </row>
-    <row r="57" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A57" s="29"/>
       <c r="B57" s="4"/>
       <c r="C57" s="8"/>
       <c r="D57" s="8"/>
       <c r="E57" s="18"/>
-      <c r="F57" s="103"/>
+      <c r="F57" s="101"/>
       <c r="G57" s="5"/>
       <c r="H57" s="5"/>
       <c r="I57" s="8"/>
       <c r="J57" s="5"/>
       <c r="K57" s="85"/>
     </row>
-    <row r="58" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A58" s="29"/>
       <c r="B58" s="4"/>
       <c r="C58" s="8"/>
       <c r="D58" s="8"/>
       <c r="E58" s="18"/>
-      <c r="F58" s="103"/>
+      <c r="F58" s="101"/>
       <c r="G58" s="5"/>
       <c r="H58" s="5"/>
       <c r="I58" s="8"/>
       <c r="J58" s="5"/>
       <c r="K58" s="85"/>
     </row>
-    <row r="59" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A59" s="29"/>
       <c r="B59" s="4"/>
       <c r="C59" s="8"/>
       <c r="D59" s="8"/>
       <c r="E59" s="18"/>
-      <c r="F59" s="103"/>
+      <c r="F59" s="101"/>
       <c r="G59" s="5"/>
       <c r="H59" s="5"/>
       <c r="I59" s="8"/>
       <c r="J59" s="5"/>
       <c r="K59" s="85"/>
     </row>
-    <row r="60" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A60" s="29"/>
       <c r="B60" s="4"/>
       <c r="C60" s="8"/>
       <c r="D60" s="8"/>
       <c r="E60" s="18"/>
-      <c r="F60" s="103"/>
+      <c r="F60" s="101"/>
       <c r="G60" s="5"/>
       <c r="H60" s="5"/>
       <c r="I60" s="8"/>
       <c r="J60" s="5"/>
       <c r="K60" s="85"/>
     </row>
-    <row r="61" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A61" s="29"/>
       <c r="B61" s="4"/>
       <c r="C61" s="8"/>
       <c r="D61" s="8"/>
       <c r="E61" s="18"/>
-      <c r="F61" s="103"/>
+      <c r="F61" s="101"/>
       <c r="G61" s="5"/>
       <c r="H61" s="5"/>
       <c r="I61" s="8"/>
       <c r="J61" s="5"/>
       <c r="K61" s="85"/>
     </row>
-    <row r="62" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A62" s="29"/>
       <c r="B62" s="4"/>
       <c r="C62" s="8"/>
       <c r="D62" s="8"/>
       <c r="E62" s="18"/>
-      <c r="F62" s="103"/>
+      <c r="F62" s="101"/>
       <c r="G62" s="5"/>
       <c r="H62" s="5"/>
       <c r="I62" s="8"/>
       <c r="J62" s="5"/>
       <c r="K62" s="85"/>
     </row>
-    <row r="63" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A63" s="29"/>
       <c r="B63" s="4"/>
       <c r="C63" s="8"/>
       <c r="D63" s="8"/>
       <c r="E63" s="18"/>
-      <c r="F63" s="103"/>
+      <c r="F63" s="101"/>
       <c r="G63" s="5"/>
       <c r="H63" s="5"/>
       <c r="I63" s="8"/>
       <c r="J63" s="5"/>
       <c r="K63" s="85"/>
     </row>
-    <row r="64" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A64" s="29"/>
       <c r="B64" s="4"/>
       <c r="C64" s="8"/>
       <c r="D64" s="8"/>
       <c r="E64" s="18"/>
-      <c r="F64" s="103"/>
+      <c r="F64" s="101"/>
       <c r="G64" s="5"/>
       <c r="H64" s="5"/>
       <c r="I64" s="8"/>
       <c r="J64" s="5"/>
       <c r="K64" s="85"/>
     </row>
-    <row r="65" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A65" s="29"/>
       <c r="B65" s="4"/>
       <c r="C65" s="8"/>
       <c r="D65" s="8"/>
       <c r="E65" s="18"/>
-      <c r="F65" s="103"/>
+      <c r="F65" s="101"/>
       <c r="G65" s="5"/>
       <c r="H65" s="5"/>
       <c r="I65" s="8"/>
       <c r="J65" s="5"/>
       <c r="K65" s="85"/>
     </row>
-    <row r="66" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A66" s="29"/>
       <c r="B66" s="4"/>
       <c r="C66" s="8"/>
       <c r="D66" s="8"/>
       <c r="E66" s="18"/>
-      <c r="F66" s="103"/>
+      <c r="F66" s="101"/>
       <c r="G66" s="5"/>
       <c r="H66" s="5"/>
       <c r="I66" s="8"/>
       <c r="J66" s="5"/>
       <c r="K66" s="85"/>
     </row>
-    <row r="67" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A67" s="29"/>
       <c r="B67" s="4"/>
       <c r="C67" s="8"/>
       <c r="D67" s="8"/>
       <c r="E67" s="18"/>
-      <c r="F67" s="103"/>
+      <c r="F67" s="101"/>
       <c r="G67" s="5"/>
       <c r="H67" s="5"/>
       <c r="I67" s="8"/>
       <c r="J67" s="5"/>
       <c r="K67" s="85"/>
     </row>
-    <row r="68" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A68" s="29"/>
       <c r="B68" s="4"/>
       <c r="C68" s="8"/>
       <c r="D68" s="8"/>
       <c r="E68" s="18"/>
-      <c r="F68" s="103"/>
+      <c r="F68" s="101"/>
       <c r="G68" s="5"/>
       <c r="H68" s="5"/>
       <c r="I68" s="8"/>
       <c r="J68" s="5"/>
       <c r="K68" s="85"/>
     </row>
-    <row r="69" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A69" s="29"/>
       <c r="B69" s="4"/>
       <c r="C69" s="8"/>
       <c r="D69" s="8"/>
       <c r="E69" s="18"/>
-      <c r="F69" s="103"/>
+      <c r="F69" s="101"/>
       <c r="G69" s="5"/>
       <c r="H69" s="5"/>
       <c r="I69" s="8"/>
       <c r="J69" s="5"/>
       <c r="K69" s="85"/>
     </row>
-    <row r="70" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A70" s="29"/>
       <c r="B70" s="4"/>
       <c r="C70" s="8"/>
       <c r="D70" s="8"/>
       <c r="E70" s="18"/>
-      <c r="F70" s="103"/>
+      <c r="F70" s="101"/>
       <c r="G70" s="5"/>
       <c r="H70" s="5"/>
       <c r="I70" s="8"/>
       <c r="J70" s="5"/>
       <c r="K70" s="85"/>
     </row>
-    <row r="71" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A71" s="29"/>
       <c r="B71" s="4"/>
       <c r="C71" s="8"/>
       <c r="D71" s="8"/>
       <c r="E71" s="18"/>
-      <c r="F71" s="103"/>
+      <c r="F71" s="101"/>
       <c r="G71" s="5"/>
       <c r="H71" s="5"/>
       <c r="I71" s="8"/>
       <c r="J71" s="5"/>
       <c r="K71" s="85"/>
     </row>
-    <row r="72" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A72" s="29"/>
       <c r="B72" s="4"/>
       <c r="C72" s="8"/>
       <c r="D72" s="8"/>
       <c r="E72" s="18"/>
-      <c r="F72" s="103"/>
+      <c r="F72" s="101"/>
       <c r="G72" s="5"/>
       <c r="H72" s="5"/>
       <c r="I72" s="8"/>
       <c r="J72" s="5"/>
       <c r="K72" s="85"/>
     </row>
-    <row r="73" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A73" s="29"/>
       <c r="B73" s="4"/>
       <c r="C73" s="8"/>
       <c r="D73" s="8"/>
       <c r="E73" s="18"/>
-      <c r="F73" s="103"/>
+      <c r="F73" s="101"/>
       <c r="G73" s="5"/>
       <c r="H73" s="5"/>
       <c r="I73" s="8"/>
       <c r="J73" s="5"/>
       <c r="K73" s="85"/>
     </row>
-    <row r="74" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A74" s="29"/>
       <c r="B74" s="4"/>
       <c r="C74" s="8"/>
       <c r="D74" s="8"/>
       <c r="E74" s="18"/>
-      <c r="F74" s="103"/>
+      <c r="F74" s="101"/>
       <c r="G74" s="5"/>
       <c r="H74" s="5"/>
       <c r="I74" s="8"/>
       <c r="J74" s="5"/>
       <c r="K74" s="85"/>
     </row>
-    <row r="75" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A75" s="29"/>
       <c r="B75" s="4"/>
       <c r="C75" s="8"/>
       <c r="D75" s="8"/>
       <c r="E75" s="18"/>
-      <c r="F75" s="103"/>
+      <c r="F75" s="101"/>
       <c r="G75" s="5"/>
       <c r="H75" s="5"/>
       <c r="I75" s="8"/>
       <c r="J75" s="5"/>
       <c r="K75" s="85"/>
     </row>
-    <row r="76" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A76" s="29"/>
       <c r="B76" s="4"/>
       <c r="C76" s="8"/>
       <c r="D76" s="8"/>
       <c r="E76" s="18"/>
-      <c r="F76" s="103"/>
+      <c r="F76" s="101"/>
       <c r="G76" s="5"/>
       <c r="H76" s="5"/>
       <c r="I76" s="8"/>
       <c r="J76" s="5"/>
       <c r="K76" s="85"/>
     </row>
-    <row r="77" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A77" s="29"/>
       <c r="B77" s="4"/>
       <c r="C77" s="8"/>
       <c r="D77" s="8"/>
       <c r="E77" s="18"/>
-      <c r="F77" s="103"/>
+      <c r="F77" s="101"/>
       <c r="G77" s="5"/>
       <c r="H77" s="5"/>
       <c r="I77" s="8"/>
       <c r="J77" s="5"/>
       <c r="K77" s="85"/>
     </row>
-    <row r="78" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A78" s="29"/>
       <c r="B78" s="4"/>
       <c r="C78" s="8"/>
       <c r="D78" s="8"/>
       <c r="E78" s="18"/>
-      <c r="F78" s="103"/>
+      <c r="F78" s="101"/>
       <c r="G78" s="5"/>
       <c r="H78" s="5"/>
       <c r="I78" s="8"/>
       <c r="J78" s="5"/>
       <c r="K78" s="85"/>
     </row>
-    <row r="79" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A79" s="29"/>
       <c r="B79" s="4"/>
       <c r="C79" s="8"/>
       <c r="D79" s="8"/>
       <c r="E79" s="18"/>
-      <c r="F79" s="103"/>
+      <c r="F79" s="101"/>
       <c r="G79" s="5"/>
       <c r="H79" s="5"/>
       <c r="I79" s="8"/>
       <c r="J79" s="5"/>
       <c r="K79" s="85"/>
     </row>
-    <row r="80" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A80" s="29"/>
       <c r="B80" s="4"/>
       <c r="C80" s="8"/>
       <c r="D80" s="8"/>
       <c r="E80" s="18"/>
-      <c r="F80" s="103"/>
+      <c r="F80" s="101"/>
       <c r="G80" s="5"/>
       <c r="H80" s="5"/>
       <c r="I80" s="8"/>
       <c r="J80" s="5"/>
       <c r="K80" s="85"/>
     </row>
-    <row r="81" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A81" s="29"/>
       <c r="B81" s="4"/>
       <c r="C81" s="8"/>
       <c r="D81" s="8"/>
       <c r="E81" s="18"/>
-      <c r="F81" s="103"/>
+      <c r="F81" s="101"/>
       <c r="G81" s="5"/>
       <c r="H81" s="5"/>
       <c r="I81" s="8"/>
       <c r="J81" s="5"/>
       <c r="K81" s="85"/>
     </row>
-    <row r="82" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A82" s="29"/>
       <c r="B82" s="4"/>
       <c r="C82" s="8"/>
       <c r="D82" s="8"/>
       <c r="E82" s="18"/>
-      <c r="F82" s="103"/>
+      <c r="F82" s="101"/>
       <c r="G82" s="5"/>
       <c r="H82" s="5"/>
       <c r="I82" s="8"/>
       <c r="J82" s="5"/>
       <c r="K82" s="85"/>
     </row>
-    <row r="83" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A83" s="29"/>
       <c r="B83" s="4"/>
       <c r="C83" s="8"/>
       <c r="D83" s="8"/>
       <c r="E83" s="18"/>
-      <c r="F83" s="103"/>
+      <c r="F83" s="101"/>
       <c r="G83" s="5"/>
       <c r="H83" s="5"/>
       <c r="I83" s="8"/>
       <c r="J83" s="5"/>
       <c r="K83" s="85"/>
     </row>
-    <row r="84" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A84" s="29"/>
       <c r="B84" s="4"/>
       <c r="C84" s="8"/>
       <c r="D84" s="8"/>
       <c r="E84" s="18"/>
-      <c r="F84" s="103"/>
+      <c r="F84" s="101"/>
       <c r="G84" s="5"/>
       <c r="H84" s="5"/>
       <c r="I84" s="8"/>
       <c r="J84" s="5"/>
       <c r="K84" s="85"/>
     </row>
-    <row r="85" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A85" s="29"/>
       <c r="B85" s="4"/>
       <c r="C85" s="8"/>
       <c r="D85" s="8"/>
       <c r="E85" s="18"/>
-      <c r="F85" s="103"/>
+      <c r="F85" s="101"/>
       <c r="G85" s="5"/>
       <c r="H85" s="5"/>
       <c r="I85" s="8"/>
       <c r="J85" s="5"/>
       <c r="K85" s="85"/>
     </row>
-    <row r="86" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A86" s="29"/>
       <c r="B86" s="4"/>
       <c r="C86" s="8"/>
       <c r="D86" s="8"/>
       <c r="E86" s="18"/>
-      <c r="F86" s="103"/>
+      <c r="F86" s="101"/>
       <c r="G86" s="5"/>
       <c r="H86" s="5"/>
       <c r="I86" s="8"/>
       <c r="J86" s="5"/>
       <c r="K86" s="85"/>
     </row>
-    <row r="87" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A87" s="29"/>
       <c r="B87" s="4"/>
       <c r="C87" s="8"/>
       <c r="D87" s="8"/>
       <c r="E87" s="18"/>
-      <c r="F87" s="103"/>
+      <c r="F87" s="101"/>
       <c r="G87" s="5"/>
       <c r="H87" s="5"/>
       <c r="I87" s="8"/>
       <c r="J87" s="5"/>
       <c r="K87" s="85"/>
     </row>
-    <row r="88" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A88" s="29"/>
       <c r="B88" s="4"/>
       <c r="C88" s="8"/>
       <c r="D88" s="8"/>
       <c r="E88" s="18"/>
-      <c r="F88" s="103"/>
+      <c r="F88" s="101"/>
       <c r="G88" s="5"/>
       <c r="H88" s="5"/>
       <c r="I88" s="8"/>
       <c r="J88" s="5"/>
       <c r="K88" s="85"/>
     </row>
-    <row r="89" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A89" s="29"/>
       <c r="B89" s="4"/>
       <c r="C89" s="8"/>
       <c r="D89" s="8"/>
       <c r="E89" s="18"/>
-      <c r="F89" s="103"/>
+      <c r="F89" s="101"/>
       <c r="G89" s="5"/>
       <c r="H89" s="5"/>
       <c r="I89" s="8"/>
       <c r="J89" s="5"/>
       <c r="K89" s="85"/>
     </row>
-    <row r="90" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A90" s="29"/>
       <c r="B90" s="4"/>
       <c r="C90" s="8"/>
       <c r="D90" s="8"/>
       <c r="E90" s="18"/>
-      <c r="F90" s="103"/>
+      <c r="F90" s="101"/>
       <c r="G90" s="5"/>
       <c r="H90" s="5"/>
       <c r="I90" s="8"/>
       <c r="J90" s="5"/>
       <c r="K90" s="85"/>
     </row>
-    <row r="91" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A91" s="29"/>
       <c r="B91" s="4"/>
       <c r="C91" s="8"/>
       <c r="D91" s="8"/>
       <c r="E91" s="18"/>
-      <c r="F91" s="103"/>
+      <c r="F91" s="101"/>
       <c r="G91" s="5"/>
       <c r="H91" s="5"/>
       <c r="I91" s="8"/>
       <c r="J91" s="5"/>
       <c r="K91" s="85"/>
     </row>
-    <row r="92" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A92" s="29"/>
       <c r="B92" s="4"/>
       <c r="C92" s="8"/>
       <c r="D92" s="8"/>
       <c r="E92" s="18"/>
-      <c r="F92" s="103"/>
+      <c r="F92" s="101"/>
       <c r="G92" s="5"/>
       <c r="H92" s="5"/>
       <c r="I92" s="8"/>
       <c r="J92" s="5"/>
       <c r="K92" s="85"/>
     </row>
-    <row r="93" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A93" s="29"/>
       <c r="B93" s="4"/>
       <c r="C93" s="8"/>
       <c r="D93" s="8"/>
       <c r="E93" s="18"/>
-      <c r="F93" s="103"/>
+      <c r="F93" s="101"/>
       <c r="G93" s="5"/>
       <c r="H93" s="5"/>
       <c r="I93" s="8"/>
       <c r="J93" s="5"/>
       <c r="K93" s="85"/>
     </row>
-    <row r="94" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A94" s="29"/>
       <c r="B94" s="4"/>
       <c r="C94" s="8"/>
       <c r="D94" s="8"/>
       <c r="E94" s="18"/>
-      <c r="F94" s="103"/>
+      <c r="F94" s="101"/>
       <c r="G94" s="5"/>
       <c r="H94" s="5"/>
       <c r="I94" s="8"/>
       <c r="J94" s="5"/>
       <c r="K94" s="85"/>
     </row>
-    <row r="95" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A95" s="29"/>
       <c r="B95" s="4"/>
       <c r="C95" s="8"/>
       <c r="D95" s="8"/>
       <c r="E95" s="18"/>
-      <c r="F95" s="103"/>
+      <c r="F95" s="101"/>
       <c r="G95" s="5"/>
       <c r="H95" s="5"/>
       <c r="I95" s="8"/>
       <c r="J95" s="5"/>
       <c r="K95" s="85"/>
     </row>
-    <row r="96" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A96" s="29"/>
       <c r="B96" s="4"/>
       <c r="C96" s="8"/>
       <c r="D96" s="8"/>
       <c r="E96" s="18"/>
-      <c r="F96" s="103"/>
+      <c r="F96" s="101"/>
       <c r="G96" s="5"/>
       <c r="H96" s="5"/>
       <c r="I96" s="8"/>
       <c r="J96" s="5"/>
       <c r="K96" s="85"/>
     </row>
-    <row r="97" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A97" s="29"/>
       <c r="B97" s="4"/>
       <c r="C97" s="8"/>
       <c r="D97" s="8"/>
       <c r="E97" s="18"/>
-      <c r="F97" s="103"/>
+      <c r="F97" s="101"/>
       <c r="G97" s="5"/>
       <c r="H97" s="5"/>
       <c r="I97" s="8"/>
       <c r="J97" s="5"/>
       <c r="K97" s="85"/>
     </row>
-    <row r="98" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A98" s="29"/>
       <c r="B98" s="4"/>
       <c r="C98" s="8"/>
       <c r="D98" s="8"/>
       <c r="E98" s="18"/>
-      <c r="F98" s="103"/>
+      <c r="F98" s="101"/>
       <c r="G98" s="5"/>
       <c r="H98" s="5"/>
       <c r="I98" s="8"/>
       <c r="J98" s="5"/>
       <c r="K98" s="85"/>
     </row>
-    <row r="99" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A99" s="29"/>
       <c r="B99" s="4"/>
       <c r="C99" s="8"/>
       <c r="D99" s="8"/>
       <c r="E99" s="18"/>
-      <c r="F99" s="103"/>
+      <c r="F99" s="101"/>
       <c r="G99" s="5"/>
       <c r="H99" s="5"/>
       <c r="I99" s="8"/>
       <c r="J99" s="5"/>
       <c r="K99" s="85"/>
     </row>
-    <row r="100" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A100" s="29"/>
       <c r="B100" s="4"/>
       <c r="C100" s="8"/>
       <c r="D100" s="8"/>
       <c r="E100" s="18"/>
-      <c r="F100" s="103"/>
+      <c r="F100" s="101"/>
       <c r="G100" s="5"/>
       <c r="H100" s="5"/>
       <c r="I100" s="8"/>
       <c r="J100" s="5"/>
       <c r="K100" s="85"/>
     </row>
-    <row r="101" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A101" s="29"/>
       <c r="B101" s="4"/>
       <c r="C101" s="8"/>
       <c r="D101" s="8"/>
       <c r="E101" s="18"/>
-      <c r="F101" s="103"/>
+      <c r="F101" s="101"/>
       <c r="G101" s="5"/>
       <c r="H101" s="5"/>
       <c r="I101" s="8"/>
       <c r="J101" s="5"/>
       <c r="K101" s="85"/>
     </row>
-    <row r="102" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A102" s="29"/>
       <c r="B102" s="4"/>
       <c r="C102" s="8"/>
       <c r="D102" s="8"/>
       <c r="E102" s="18"/>
-      <c r="F102" s="103"/>
+      <c r="F102" s="101"/>
       <c r="G102" s="5"/>
       <c r="H102" s="5"/>
       <c r="I102" s="8"/>
       <c r="J102" s="5"/>
       <c r="K102" s="85"/>
     </row>
-    <row r="103" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A103" s="29"/>
       <c r="B103" s="4"/>
       <c r="C103" s="8"/>
       <c r="D103" s="8"/>
       <c r="E103" s="18"/>
-      <c r="F103" s="103"/>
+      <c r="F103" s="101"/>
       <c r="G103" s="5"/>
       <c r="H103" s="5"/>
       <c r="I103" s="8"/>
       <c r="J103" s="5"/>
       <c r="K103" s="85"/>
     </row>
-    <row r="104" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A104" s="29"/>
       <c r="B104" s="4"/>
       <c r="C104" s="8"/>
       <c r="D104" s="8"/>
       <c r="E104" s="18"/>
-      <c r="F104" s="103"/>
+      <c r="F104" s="101"/>
       <c r="G104" s="5"/>
       <c r="H104" s="5"/>
       <c r="I104" s="8"/>
       <c r="J104" s="5"/>
       <c r="K104" s="85"/>
     </row>
-    <row r="105" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A105" s="29"/>
       <c r="B105" s="4"/>
       <c r="C105" s="8"/>
       <c r="D105" s="8"/>
       <c r="E105" s="18"/>
-      <c r="F105" s="103"/>
+      <c r="F105" s="101"/>
       <c r="G105" s="5"/>
       <c r="H105" s="5"/>
       <c r="I105" s="8"/>
       <c r="J105" s="5"/>
       <c r="K105" s="85"/>
     </row>
-    <row r="106" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A106" s="29"/>
       <c r="B106" s="4"/>
       <c r="C106" s="8"/>
       <c r="D106" s="8"/>
       <c r="E106" s="18"/>
-      <c r="F106" s="103"/>
+      <c r="F106" s="101"/>
       <c r="G106" s="5"/>
       <c r="H106" s="5"/>
       <c r="I106" s="8"/>
       <c r="J106" s="5"/>
       <c r="K106" s="85"/>
     </row>
-    <row r="107" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A107" s="29"/>
       <c r="B107" s="4"/>
       <c r="C107" s="8"/>
       <c r="D107" s="8"/>
       <c r="E107" s="18"/>
-      <c r="F107" s="103"/>
+      <c r="F107" s="101"/>
       <c r="G107" s="5"/>
       <c r="H107" s="5"/>
       <c r="I107" s="8"/>
       <c r="J107" s="5"/>
       <c r="K107" s="85"/>
     </row>
-    <row r="108" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A108" s="29"/>
       <c r="B108" s="4"/>
       <c r="C108" s="8"/>
       <c r="D108" s="8"/>
       <c r="E108" s="18"/>
-      <c r="F108" s="103"/>
+      <c r="F108" s="101"/>
       <c r="G108" s="5"/>
       <c r="H108" s="5"/>
       <c r="I108" s="8"/>
       <c r="J108" s="5"/>
       <c r="K108" s="85"/>
     </row>
-    <row r="109" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A109" s="29"/>
       <c r="B109" s="4"/>
       <c r="C109" s="8"/>
       <c r="D109" s="8"/>
       <c r="E109" s="18"/>
-      <c r="F109" s="103"/>
+      <c r="F109" s="101"/>
       <c r="G109" s="5"/>
       <c r="H109" s="5"/>
       <c r="I109" s="8"/>
       <c r="J109" s="5"/>
       <c r="K109" s="85"/>
     </row>
-    <row r="110" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A110" s="29"/>
       <c r="B110" s="4"/>
       <c r="C110" s="8"/>
       <c r="D110" s="8"/>
       <c r="E110" s="18"/>
-      <c r="F110" s="103"/>
+      <c r="F110" s="101"/>
       <c r="G110" s="5"/>
       <c r="H110" s="5"/>
       <c r="I110" s="8"/>
       <c r="J110" s="5"/>
       <c r="K110" s="85"/>
     </row>
-    <row r="111" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A111" s="29"/>
       <c r="B111" s="4"/>
       <c r="C111" s="8"/>
       <c r="D111" s="8"/>
       <c r="E111" s="18"/>
-      <c r="F111" s="103"/>
+      <c r="F111" s="101"/>
       <c r="G111" s="5"/>
       <c r="H111" s="5"/>
       <c r="I111" s="8"/>
       <c r="J111" s="5"/>
       <c r="K111" s="85"/>
     </row>
-    <row r="112" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A112" s="29"/>
       <c r="B112" s="4"/>
       <c r="C112" s="8"/>
       <c r="D112" s="8"/>
       <c r="E112" s="18"/>
-      <c r="F112" s="103"/>
+      <c r="F112" s="101"/>
       <c r="G112" s="5"/>
       <c r="H112" s="5"/>
       <c r="I112" s="8"/>
       <c r="J112" s="5"/>
       <c r="K112" s="85"/>
     </row>
-    <row r="113" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A113" s="29"/>
       <c r="B113" s="4"/>
       <c r="C113" s="8"/>
       <c r="D113" s="8"/>
       <c r="E113" s="18"/>
-      <c r="F113" s="103"/>
+      <c r="F113" s="101"/>
       <c r="G113" s="5"/>
       <c r="H113" s="5"/>
       <c r="I113" s="8"/>
       <c r="J113" s="5"/>
       <c r="K113" s="85"/>
     </row>
-    <row r="114" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A114" s="29"/>
       <c r="B114" s="4"/>
       <c r="C114" s="8"/>
       <c r="D114" s="8"/>
       <c r="E114" s="18"/>
-      <c r="F114" s="103"/>
+      <c r="F114" s="101"/>
       <c r="G114" s="5"/>
       <c r="H114" s="5"/>
       <c r="I114" s="8"/>
       <c r="J114" s="5"/>
       <c r="K114" s="85"/>
     </row>
-    <row r="115" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A115" s="29"/>
       <c r="B115" s="4"/>
       <c r="C115" s="8"/>
       <c r="D115" s="8"/>
       <c r="E115" s="18"/>
-      <c r="F115" s="103"/>
+      <c r="F115" s="101"/>
       <c r="G115" s="5"/>
       <c r="H115" s="5"/>
       <c r="I115" s="8"/>
       <c r="J115" s="5"/>
       <c r="K115" s="85"/>
     </row>
-    <row r="116" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A116" s="29"/>
       <c r="B116" s="4"/>
       <c r="C116" s="8"/>
       <c r="D116" s="8"/>
       <c r="E116" s="18"/>
-      <c r="F116" s="103"/>
+      <c r="F116" s="101"/>
       <c r="G116" s="5"/>
       <c r="H116" s="5"/>
       <c r="I116" s="8"/>
       <c r="J116" s="5"/>
       <c r="K116" s="85"/>
     </row>
-    <row r="117" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A117" s="29"/>
       <c r="B117" s="4"/>
       <c r="C117" s="8"/>
       <c r="D117" s="8"/>
       <c r="E117" s="18"/>
-      <c r="F117" s="103"/>
+      <c r="F117" s="101"/>
       <c r="G117" s="5"/>
       <c r="H117" s="5"/>
       <c r="I117" s="8"/>
       <c r="J117" s="5"/>
       <c r="K117" s="85"/>
     </row>
-    <row r="118" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A118" s="29"/>
       <c r="B118" s="4"/>
       <c r="C118" s="8"/>
       <c r="D118" s="8"/>
       <c r="E118" s="18"/>
-      <c r="F118" s="103"/>
+      <c r="F118" s="101"/>
       <c r="G118" s="5"/>
       <c r="H118" s="5"/>
       <c r="I118" s="8"/>
       <c r="J118" s="5"/>
       <c r="K118" s="85"/>
     </row>
-    <row r="119" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A119" s="29"/>
       <c r="B119" s="4"/>
       <c r="C119" s="8"/>
       <c r="D119" s="8"/>
       <c r="E119" s="18"/>
-      <c r="F119" s="103"/>
+      <c r="F119" s="101"/>
       <c r="G119" s="5"/>
       <c r="H119" s="5"/>
       <c r="I119" s="8"/>
       <c r="J119" s="5"/>
       <c r="K119" s="85"/>
     </row>
-    <row r="120" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A120" s="29"/>
       <c r="B120" s="4"/>
       <c r="C120" s="8"/>
       <c r="D120" s="8"/>
       <c r="E120" s="18"/>
-      <c r="F120" s="103"/>
+      <c r="F120" s="101"/>
       <c r="G120" s="5"/>
       <c r="H120" s="5"/>
       <c r="I120" s="8"/>
       <c r="J120" s="5"/>
       <c r="K120" s="85"/>
     </row>
-    <row r="121" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A121" s="29"/>
       <c r="B121" s="4"/>
       <c r="C121" s="8"/>
       <c r="D121" s="8"/>
       <c r="E121" s="18"/>
-      <c r="F121" s="103"/>
+      <c r="F121" s="101"/>
       <c r="G121" s="5"/>
       <c r="H121" s="5"/>
       <c r="I121" s="8"/>
       <c r="J121" s="5"/>
       <c r="K121" s="85"/>
     </row>
-    <row r="122" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A122" s="29"/>
       <c r="B122" s="4"/>
       <c r="C122" s="8"/>
       <c r="D122" s="8"/>
       <c r="E122" s="18"/>
-      <c r="F122" s="103"/>
+      <c r="F122" s="101"/>
       <c r="G122" s="5"/>
       <c r="H122" s="5"/>
       <c r="I122" s="8"/>
       <c r="J122" s="5"/>
       <c r="K122" s="85"/>
     </row>
-    <row r="123" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A123" s="29"/>
       <c r="B123" s="4"/>
       <c r="C123" s="8"/>
       <c r="D123" s="8"/>
       <c r="E123" s="18"/>
-      <c r="F123" s="103"/>
+      <c r="F123" s="101"/>
       <c r="G123" s="5"/>
       <c r="H123" s="5"/>
       <c r="I123" s="8"/>
       <c r="J123" s="5"/>
       <c r="K123" s="85"/>
     </row>
-    <row r="124" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A124" s="29"/>
       <c r="B124" s="4"/>
       <c r="C124" s="8"/>
       <c r="D124" s="8"/>
       <c r="E124" s="18"/>
-      <c r="F124" s="103"/>
+      <c r="F124" s="101"/>
       <c r="G124" s="5"/>
       <c r="H124" s="5"/>
       <c r="I124" s="8"/>
       <c r="J124" s="5"/>
       <c r="K124" s="85"/>
     </row>
-    <row r="125" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A125" s="29"/>
       <c r="B125" s="4"/>
       <c r="C125" s="8"/>
       <c r="D125" s="8"/>
       <c r="E125" s="18"/>
-      <c r="F125" s="103"/>
+      <c r="F125" s="101"/>
       <c r="G125" s="5"/>
       <c r="H125" s="5"/>
       <c r="I125" s="8"/>
       <c r="J125" s="5"/>
       <c r="K125" s="85"/>
     </row>
-    <row r="126" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A126" s="29"/>
       <c r="B126" s="4"/>
       <c r="C126" s="8"/>
       <c r="D126" s="8"/>
       <c r="E126" s="18"/>
-      <c r="F126" s="103"/>
+      <c r="F126" s="101"/>
       <c r="G126" s="5"/>
       <c r="H126" s="5"/>
       <c r="I126" s="8"/>
       <c r="J126" s="5"/>
       <c r="K126" s="85"/>
     </row>
-    <row r="127" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A127" s="29"/>
       <c r="B127" s="4"/>
       <c r="C127" s="8"/>
       <c r="D127" s="8"/>
       <c r="E127" s="18"/>
-      <c r="F127" s="103"/>
+      <c r="F127" s="101"/>
       <c r="G127" s="5"/>
       <c r="H127" s="5"/>
       <c r="I127" s="8"/>
       <c r="J127" s="5"/>
       <c r="K127" s="85"/>
     </row>
-    <row r="128" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A128" s="29"/>
       <c r="B128" s="4"/>
       <c r="C128" s="8"/>
       <c r="D128" s="8"/>
       <c r="E128" s="18"/>
-      <c r="F128" s="103"/>
+      <c r="F128" s="101"/>
       <c r="G128" s="5"/>
       <c r="H128" s="5"/>
       <c r="I128" s="8"/>
       <c r="J128" s="5"/>
       <c r="K128" s="85"/>
     </row>
-    <row r="129" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A129" s="29"/>
       <c r="B129" s="4"/>
       <c r="C129" s="8"/>
       <c r="D129" s="8"/>
       <c r="E129" s="18"/>
-      <c r="F129" s="103"/>
+      <c r="F129" s="101"/>
       <c r="G129" s="5"/>
       <c r="H129" s="5"/>
       <c r="I129" s="8"/>
       <c r="J129" s="5"/>
       <c r="K129" s="85"/>
     </row>
-    <row r="130" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A130" s="29"/>
       <c r="B130" s="4"/>
       <c r="C130" s="8"/>
       <c r="D130" s="8"/>
       <c r="E130" s="18"/>
-      <c r="F130" s="103"/>
+      <c r="F130" s="101"/>
       <c r="G130" s="5"/>
       <c r="H130" s="5"/>
       <c r="I130" s="8"/>
       <c r="J130" s="5"/>
       <c r="K130" s="85"/>
     </row>
-    <row r="131" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A131" s="29"/>
       <c r="B131" s="4"/>
       <c r="C131" s="8"/>
       <c r="D131" s="8"/>
       <c r="E131" s="18"/>
-      <c r="F131" s="103"/>
+      <c r="F131" s="101"/>
       <c r="G131" s="5"/>
       <c r="H131" s="5"/>
       <c r="I131" s="8"/>
       <c r="J131" s="5"/>
       <c r="K131" s="85"/>
     </row>
-    <row r="132" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A132" s="29"/>
       <c r="B132" s="4"/>
       <c r="C132" s="8"/>
       <c r="D132" s="8"/>
       <c r="E132" s="18"/>
-      <c r="F132" s="103"/>
+      <c r="F132" s="101"/>
       <c r="G132" s="5"/>
       <c r="H132" s="5"/>
       <c r="I132" s="8"/>
       <c r="J132" s="5"/>
       <c r="K132" s="85"/>
     </row>
-    <row r="133" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A133" s="29"/>
       <c r="B133" s="4"/>
       <c r="C133" s="8"/>
       <c r="D133" s="8"/>
       <c r="E133" s="18"/>
-      <c r="F133" s="103"/>
+      <c r="F133" s="101"/>
       <c r="G133" s="5"/>
       <c r="H133" s="5"/>
       <c r="I133" s="8"/>
       <c r="J133" s="5"/>
       <c r="K133" s="85"/>
     </row>
-    <row r="134" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A134" s="29"/>
       <c r="B134" s="4"/>
       <c r="C134" s="8"/>
       <c r="D134" s="8"/>
       <c r="E134" s="18"/>
-      <c r="F134" s="103"/>
+      <c r="F134" s="101"/>
       <c r="G134" s="5"/>
       <c r="H134" s="5"/>
       <c r="I134" s="8"/>
       <c r="J134" s="5"/>
       <c r="K134" s="85"/>
     </row>
-    <row r="135" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A135" s="29"/>
       <c r="B135" s="4"/>
       <c r="C135" s="8"/>
       <c r="D135" s="8"/>
       <c r="E135" s="18"/>
-      <c r="F135" s="103"/>
+      <c r="F135" s="101"/>
       <c r="G135" s="5"/>
       <c r="H135" s="5"/>
       <c r="I135" s="8"/>
       <c r="J135" s="5"/>
       <c r="K135" s="85"/>
     </row>
-    <row r="136" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A136" s="29"/>
       <c r="B136" s="4"/>
       <c r="C136" s="8"/>
       <c r="D136" s="8"/>
       <c r="E136" s="18"/>
-      <c r="F136" s="103"/>
+      <c r="F136" s="101"/>
       <c r="G136" s="5"/>
       <c r="H136" s="5"/>
       <c r="I136" s="8"/>
       <c r="J136" s="5"/>
       <c r="K136" s="85"/>
     </row>
-    <row r="137" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A137" s="29"/>
       <c r="B137" s="4"/>
       <c r="C137" s="8"/>
       <c r="D137" s="8"/>
       <c r="E137" s="18"/>
-      <c r="F137" s="103"/>
+      <c r="F137" s="101"/>
       <c r="G137" s="5"/>
       <c r="H137" s="5"/>
       <c r="I137" s="8"/>
       <c r="J137" s="5"/>
       <c r="K137" s="85"/>
     </row>
-    <row r="138" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A138" s="29"/>
       <c r="B138" s="4"/>
       <c r="C138" s="8"/>
       <c r="D138" s="8"/>
       <c r="E138" s="18"/>
-      <c r="F138" s="103"/>
+      <c r="F138" s="101"/>
       <c r="G138" s="5"/>
       <c r="H138" s="5"/>
       <c r="I138" s="8"/>
       <c r="J138" s="5"/>
       <c r="K138" s="85"/>
     </row>
-    <row r="139" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A139" s="29"/>
       <c r="B139" s="4"/>
       <c r="C139" s="8"/>
       <c r="D139" s="8"/>
       <c r="E139" s="18"/>
-      <c r="F139" s="103"/>
+      <c r="F139" s="101"/>
       <c r="G139" s="5"/>
       <c r="H139" s="5"/>
       <c r="I139" s="8"/>
       <c r="J139" s="5"/>
       <c r="K139" s="85"/>
     </row>
-    <row r="140" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A140" s="29"/>
       <c r="B140" s="4"/>
       <c r="C140" s="8"/>
       <c r="D140" s="8"/>
       <c r="E140" s="18"/>
-      <c r="F140" s="103"/>
+      <c r="F140" s="101"/>
       <c r="G140" s="5"/>
       <c r="H140" s="5"/>
       <c r="I140" s="8"/>
       <c r="J140" s="5"/>
       <c r="K140" s="85"/>
     </row>
-    <row r="141" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A141" s="29"/>
       <c r="B141" s="4"/>
       <c r="C141" s="8"/>
       <c r="D141" s="8"/>
       <c r="E141" s="18"/>
-      <c r="F141" s="103"/>
+      <c r="F141" s="101"/>
       <c r="G141" s="5"/>
       <c r="H141" s="5"/>
       <c r="I141" s="8"/>
       <c r="J141" s="5"/>
       <c r="K141" s="85"/>
     </row>
-    <row r="142" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A142" s="29"/>
       <c r="B142" s="4"/>
       <c r="C142" s="8"/>
       <c r="D142" s="8"/>
       <c r="E142" s="18"/>
-      <c r="F142" s="103"/>
+      <c r="F142" s="101"/>
       <c r="G142" s="5"/>
       <c r="H142" s="5"/>
       <c r="I142" s="8"/>
       <c r="J142" s="5"/>
       <c r="K142" s="85"/>
     </row>
-    <row r="143" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A143" s="29"/>
       <c r="B143" s="4"/>
       <c r="C143" s="8"/>
       <c r="D143" s="8"/>
       <c r="E143" s="18"/>
-      <c r="F143" s="103"/>
+      <c r="F143" s="101"/>
       <c r="G143" s="5"/>
       <c r="H143" s="5"/>
       <c r="I143" s="8"/>
       <c r="J143" s="5"/>
       <c r="K143" s="85"/>
     </row>
-    <row r="144" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A144" s="29"/>
       <c r="B144" s="4"/>
       <c r="C144" s="8"/>
       <c r="D144" s="8"/>
       <c r="E144" s="18"/>
-      <c r="F144" s="103"/>
+      <c r="F144" s="101"/>
       <c r="G144" s="5"/>
       <c r="H144" s="5"/>
       <c r="I144" s="8"/>
       <c r="J144" s="5"/>
       <c r="K144" s="85"/>
     </row>
-    <row r="145" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="145" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A145" s="29"/>
       <c r="B145" s="4"/>
       <c r="C145" s="8"/>
       <c r="D145" s="8"/>
       <c r="E145" s="18"/>
-      <c r="F145" s="103"/>
+      <c r="F145" s="101"/>
       <c r="G145" s="5"/>
       <c r="H145" s="5"/>
       <c r="I145" s="8"/>
       <c r="J145" s="5"/>
       <c r="K145" s="85"/>
     </row>
-    <row r="146" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="146" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A146" s="29"/>
       <c r="B146" s="4"/>
       <c r="C146" s="8"/>
       <c r="D146" s="8"/>
       <c r="E146" s="18"/>
-      <c r="F146" s="103"/>
+      <c r="F146" s="101"/>
       <c r="G146" s="5"/>
       <c r="H146" s="5"/>
       <c r="I146" s="8"/>
       <c r="J146" s="5"/>
       <c r="K146" s="85"/>
     </row>
-    <row r="147" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="147" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A147" s="29"/>
       <c r="B147" s="4"/>
       <c r="C147" s="8"/>
       <c r="D147" s="8"/>
       <c r="E147" s="18"/>
-      <c r="F147" s="103"/>
+      <c r="F147" s="101"/>
       <c r="G147" s="5"/>
       <c r="H147" s="5"/>
       <c r="I147" s="8"/>
       <c r="J147" s="5"/>
       <c r="K147" s="85"/>
     </row>
-    <row r="148" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A148" s="29"/>
       <c r="B148" s="4"/>
       <c r="C148" s="8"/>
       <c r="D148" s="8"/>
       <c r="E148" s="18"/>
-      <c r="F148" s="103"/>
+      <c r="F148" s="101"/>
       <c r="G148" s="5"/>
       <c r="H148" s="5"/>
       <c r="I148" s="8"/>
       <c r="J148" s="5"/>
       <c r="K148" s="85"/>
     </row>
-    <row r="149" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A149" s="29"/>
       <c r="B149" s="4"/>
       <c r="C149" s="8"/>
       <c r="D149" s="8"/>
       <c r="E149" s="18"/>
-      <c r="F149" s="103"/>
+      <c r="F149" s="101"/>
       <c r="G149" s="5"/>
       <c r="H149" s="5"/>
       <c r="I149" s="8"/>
       <c r="J149" s="5"/>
       <c r="K149" s="85"/>
     </row>
-    <row r="150" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="150" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A150" s="29"/>
       <c r="B150" s="4"/>
       <c r="C150" s="8"/>
       <c r="D150" s="8"/>
       <c r="E150" s="18"/>
-      <c r="F150" s="103"/>
+      <c r="F150" s="101"/>
       <c r="G150" s="5"/>
       <c r="H150" s="5"/>
       <c r="I150" s="8"/>
       <c r="J150" s="5"/>
       <c r="K150" s="85"/>
     </row>
-    <row r="151" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="151" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A151" s="29"/>
       <c r="B151" s="4"/>
       <c r="C151" s="8"/>
       <c r="D151" s="8"/>
       <c r="E151" s="18"/>
-      <c r="F151" s="103"/>
+      <c r="F151" s="101"/>
       <c r="G151" s="5"/>
       <c r="H151" s="5"/>
       <c r="I151" s="8"/>
       <c r="J151" s="5"/>
       <c r="K151" s="85"/>
     </row>
-    <row r="152" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A152" s="29"/>
       <c r="B152" s="4"/>
       <c r="C152" s="8"/>
       <c r="D152" s="8"/>
       <c r="E152" s="18"/>
-      <c r="F152" s="103"/>
+      <c r="F152" s="101"/>
       <c r="G152" s="5"/>
       <c r="H152" s="5"/>
       <c r="I152" s="8"/>
       <c r="J152" s="5"/>
       <c r="K152" s="85"/>
     </row>
-    <row r="153" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A153" s="29"/>
       <c r="B153" s="4"/>
       <c r="C153" s="8"/>
       <c r="D153" s="8"/>
       <c r="E153" s="18"/>
-      <c r="F153" s="103"/>
+      <c r="F153" s="101"/>
       <c r="G153" s="5"/>
       <c r="H153" s="5"/>
       <c r="I153" s="8"/>
       <c r="J153" s="5"/>
       <c r="K153" s="85"/>
     </row>
-    <row r="154" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="154" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A154" s="29"/>
       <c r="B154" s="4"/>
       <c r="C154" s="8"/>
       <c r="D154" s="8"/>
       <c r="E154" s="18"/>
-      <c r="F154" s="103"/>
+      <c r="F154" s="101"/>
       <c r="G154" s="5"/>
       <c r="H154" s="5"/>
       <c r="I154" s="8"/>
       <c r="J154" s="5"/>
       <c r="K154" s="85"/>
     </row>
-    <row r="155" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A155" s="29"/>
       <c r="B155" s="4"/>
       <c r="C155" s="8"/>
       <c r="D155" s="8"/>
       <c r="E155" s="18"/>
-      <c r="F155" s="103"/>
+      <c r="F155" s="101"/>
       <c r="G155" s="5"/>
       <c r="H155" s="5"/>
       <c r="I155" s="8"/>
       <c r="J155" s="5"/>
       <c r="K155" s="85"/>
     </row>
-    <row r="156" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A156" s="29"/>
       <c r="B156" s="4"/>
       <c r="C156" s="8"/>
       <c r="D156" s="8"/>
       <c r="E156" s="18"/>
-      <c r="F156" s="103"/>
+      <c r="F156" s="101"/>
       <c r="G156" s="5"/>
       <c r="H156" s="5"/>
       <c r="I156" s="8"/>
       <c r="J156" s="5"/>
       <c r="K156" s="85"/>
     </row>
-    <row r="157" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A157" s="29"/>
       <c r="B157" s="4"/>
       <c r="C157" s="8"/>
       <c r="D157" s="8"/>
       <c r="E157" s="18"/>
-      <c r="F157" s="103"/>
+      <c r="F157" s="101"/>
       <c r="G157" s="5"/>
       <c r="H157" s="5"/>
       <c r="I157" s="8"/>
       <c r="J157" s="5"/>
       <c r="K157" s="85"/>
     </row>
-    <row r="158" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="158" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A158" s="29"/>
       <c r="B158" s="4"/>
       <c r="C158" s="8"/>
       <c r="D158" s="8"/>
       <c r="E158" s="18"/>
-      <c r="F158" s="103"/>
+      <c r="F158" s="101"/>
       <c r="G158" s="5"/>
       <c r="H158" s="5"/>
       <c r="I158" s="8"/>
       <c r="J158" s="5"/>
       <c r="K158" s="85"/>
     </row>
-    <row r="159" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="159" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A159" s="29"/>
       <c r="B159" s="4"/>
       <c r="C159" s="8"/>
       <c r="D159" s="8"/>
       <c r="E159" s="18"/>
-      <c r="F159" s="103"/>
+      <c r="F159" s="101"/>
       <c r="G159" s="5"/>
       <c r="H159" s="5"/>
       <c r="I159" s="8"/>
       <c r="J159" s="5"/>
       <c r="K159" s="85"/>
     </row>
-    <row r="160" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="160" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A160" s="29"/>
       <c r="B160" s="4"/>
       <c r="C160" s="8"/>
       <c r="D160" s="8"/>
       <c r="E160" s="18"/>
-      <c r="F160" s="103"/>
+      <c r="F160" s="101"/>
       <c r="G160" s="5"/>
       <c r="H160" s="5"/>
       <c r="I160" s="8"/>
       <c r="J160" s="5"/>
       <c r="K160" s="85"/>
     </row>
-    <row r="161" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A161" s="29"/>
       <c r="B161" s="4"/>
       <c r="C161" s="8"/>
       <c r="D161" s="8"/>
       <c r="E161" s="18"/>
-      <c r="F161" s="103"/>
+      <c r="F161" s="101"/>
       <c r="G161" s="5"/>
       <c r="H161" s="5"/>
       <c r="I161" s="8"/>
       <c r="J161" s="5"/>
       <c r="K161" s="85"/>
     </row>
-    <row r="162" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="162" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A162" s="29"/>
       <c r="B162" s="4"/>
       <c r="C162" s="8"/>
       <c r="D162" s="8"/>
       <c r="E162" s="18"/>
-      <c r="F162" s="103"/>
+      <c r="F162" s="101"/>
       <c r="G162" s="5"/>
       <c r="H162" s="5"/>
       <c r="I162" s="8"/>
       <c r="J162" s="5"/>
       <c r="K162" s="85"/>
     </row>
-    <row r="163" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="163" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A163" s="29"/>
       <c r="B163" s="4"/>
       <c r="C163" s="8"/>
       <c r="D163" s="8"/>
       <c r="E163" s="18"/>
-      <c r="F163" s="103"/>
+      <c r="F163" s="101"/>
       <c r="G163" s="5"/>
       <c r="H163" s="5"/>
       <c r="I163" s="8"/>
       <c r="J163" s="5"/>
       <c r="K163" s="85"/>
     </row>
-    <row r="164" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="164" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A164" s="29"/>
       <c r="B164" s="4"/>
       <c r="C164" s="8"/>
       <c r="D164" s="8"/>
       <c r="E164" s="18"/>
-      <c r="F164" s="103"/>
+      <c r="F164" s="101"/>
       <c r="G164" s="5"/>
       <c r="H164" s="5"/>
       <c r="I164" s="8"/>
       <c r="J164" s="5"/>
       <c r="K164" s="85"/>
     </row>
-    <row r="165" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="165" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A165" s="29"/>
       <c r="B165" s="4"/>
       <c r="C165" s="8"/>
       <c r="D165" s="8"/>
       <c r="E165" s="18"/>
-      <c r="F165" s="103"/>
+      <c r="F165" s="101"/>
       <c r="G165" s="5"/>
       <c r="H165" s="5"/>
       <c r="I165" s="8"/>
       <c r="J165" s="5"/>
       <c r="K165" s="85"/>
     </row>
-    <row r="166" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="166" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A166" s="29"/>
       <c r="B166" s="4"/>
       <c r="C166" s="8"/>
       <c r="D166" s="8"/>
       <c r="E166" s="18"/>
-      <c r="F166" s="103"/>
+      <c r="F166" s="101"/>
       <c r="G166" s="5"/>
       <c r="H166" s="5"/>
       <c r="I166" s="8"/>
       <c r="J166" s="5"/>
       <c r="K166" s="85"/>
     </row>
-    <row r="167" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="167" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A167" s="29"/>
       <c r="B167" s="4"/>
       <c r="C167" s="8"/>
       <c r="D167" s="8"/>
       <c r="E167" s="18"/>
-      <c r="F167" s="103"/>
+      <c r="F167" s="101"/>
       <c r="G167" s="5"/>
       <c r="H167" s="5"/>
       <c r="I167" s="8"/>
       <c r="J167" s="5"/>
       <c r="K167" s="85"/>
     </row>
-    <row r="168" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="168" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A168" s="29"/>
       <c r="B168" s="4"/>
       <c r="C168" s="8"/>
       <c r="D168" s="8"/>
       <c r="E168" s="18"/>
-      <c r="F168" s="103"/>
+      <c r="F168" s="101"/>
       <c r="G168" s="5"/>
       <c r="H168" s="5"/>
       <c r="I168" s="8"/>
       <c r="J168" s="5"/>
       <c r="K168" s="85"/>
     </row>
-    <row r="169" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="169" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A169" s="29"/>
       <c r="B169" s="4"/>
       <c r="C169" s="8"/>
       <c r="D169" s="8"/>
       <c r="E169" s="18"/>
-      <c r="F169" s="103"/>
+      <c r="F169" s="101"/>
       <c r="G169" s="5"/>
       <c r="H169" s="5"/>
       <c r="I169" s="8"/>
       <c r="J169" s="5"/>
       <c r="K169" s="85"/>
     </row>
-    <row r="170" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="170" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A170" s="29"/>
       <c r="B170" s="4"/>
       <c r="C170" s="8"/>
       <c r="D170" s="8"/>
       <c r="E170" s="18"/>
-      <c r="F170" s="103"/>
+      <c r="F170" s="101"/>
       <c r="G170" s="5"/>
       <c r="H170" s="5"/>
       <c r="I170" s="8"/>
       <c r="J170" s="5"/>
       <c r="K170" s="85"/>
     </row>
-    <row r="171" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="171" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A171" s="29"/>
       <c r="B171" s="4"/>
       <c r="C171" s="8"/>
       <c r="D171" s="8"/>
       <c r="E171" s="18"/>
-      <c r="F171" s="103"/>
+      <c r="F171" s="101"/>
       <c r="G171" s="5"/>
       <c r="H171" s="5"/>
       <c r="I171" s="8"/>
       <c r="J171" s="5"/>
       <c r="K171" s="85"/>
     </row>
-    <row r="172" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="172" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A172" s="29"/>
       <c r="B172" s="4"/>
       <c r="C172" s="8"/>
       <c r="D172" s="8"/>
       <c r="E172" s="18"/>
-      <c r="F172" s="103"/>
+      <c r="F172" s="101"/>
       <c r="G172" s="5"/>
       <c r="H172" s="5"/>
       <c r="I172" s="8"/>
       <c r="J172" s="5"/>
       <c r="K172" s="85"/>
     </row>
-    <row r="173" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="173" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A173" s="29"/>
       <c r="B173" s="4"/>
       <c r="C173" s="8"/>
       <c r="D173" s="8"/>
       <c r="E173" s="18"/>
-      <c r="F173" s="103"/>
+      <c r="F173" s="101"/>
       <c r="G173" s="5"/>
       <c r="H173" s="5"/>
       <c r="I173" s="8"/>
       <c r="J173" s="5"/>
       <c r="K173" s="85"/>
     </row>
-    <row r="174" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="174" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A174" s="29"/>
       <c r="B174" s="4"/>
       <c r="C174" s="8"/>
       <c r="D174" s="8"/>
       <c r="E174" s="18"/>
-      <c r="F174" s="103"/>
+      <c r="F174" s="101"/>
       <c r="G174" s="5"/>
       <c r="H174" s="5"/>
       <c r="I174" s="8"/>
       <c r="J174" s="5"/>
       <c r="K174" s="85"/>
     </row>
-    <row r="175" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="175" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A175" s="29"/>
       <c r="B175" s="4"/>
       <c r="C175" s="8"/>
       <c r="D175" s="8"/>
       <c r="E175" s="18"/>
-      <c r="F175" s="103"/>
+      <c r="F175" s="101"/>
       <c r="G175" s="5"/>
       <c r="H175" s="5"/>
       <c r="I175" s="8"/>
       <c r="J175" s="5"/>
       <c r="K175" s="85"/>
     </row>
-    <row r="176" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="176" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A176" s="29"/>
       <c r="B176" s="4"/>
       <c r="C176" s="8"/>
       <c r="D176" s="8"/>
       <c r="E176" s="18"/>
-      <c r="F176" s="103"/>
+      <c r="F176" s="101"/>
       <c r="G176" s="5"/>
       <c r="H176" s="5"/>
       <c r="I176" s="8"/>
       <c r="J176" s="5"/>
       <c r="K176" s="85"/>
     </row>
-    <row r="177" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A177" s="29"/>
       <c r="B177" s="4"/>
       <c r="C177" s="8"/>
       <c r="D177" s="8"/>
       <c r="E177" s="18"/>
-      <c r="F177" s="103"/>
+      <c r="F177" s="101"/>
       <c r="G177" s="5"/>
       <c r="H177" s="5"/>
       <c r="I177" s="8"/>
       <c r="J177" s="5"/>
       <c r="K177" s="85"/>
     </row>
-    <row r="178" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A178" s="29"/>
       <c r="B178" s="4"/>
       <c r="C178" s="8"/>
       <c r="D178" s="8"/>
       <c r="E178" s="18"/>
-      <c r="F178" s="103"/>
+      <c r="F178" s="101"/>
       <c r="G178" s="5"/>
       <c r="H178" s="5"/>
       <c r="I178" s="8"/>
       <c r="J178" s="5"/>
       <c r="K178" s="85"/>
     </row>
-    <row r="179" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A179" s="29"/>
       <c r="B179" s="4"/>
       <c r="C179" s="8"/>
       <c r="D179" s="8"/>
       <c r="E179" s="18"/>
-      <c r="F179" s="103"/>
+      <c r="F179" s="101"/>
       <c r="G179" s="5"/>
       <c r="H179" s="5"/>
       <c r="I179" s="8"/>
       <c r="J179" s="5"/>
       <c r="K179" s="85"/>
     </row>
-    <row r="180" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A180" s="29"/>
       <c r="B180" s="4"/>
       <c r="C180" s="8"/>
       <c r="D180" s="8"/>
       <c r="E180" s="18"/>
-      <c r="F180" s="103"/>
+      <c r="F180" s="101"/>
       <c r="G180" s="5"/>
       <c r="H180" s="5"/>
       <c r="I180" s="8"/>
       <c r="J180" s="5"/>
       <c r="K180" s="85"/>
     </row>
-    <row r="181" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A181" s="29"/>
       <c r="B181" s="4"/>
       <c r="C181" s="8"/>
       <c r="D181" s="8"/>
       <c r="E181" s="18"/>
-      <c r="F181" s="103"/>
+      <c r="F181" s="101"/>
       <c r="G181" s="5"/>
       <c r="H181" s="5"/>
       <c r="I181" s="8"/>
       <c r="J181" s="5"/>
       <c r="K181" s="85"/>
     </row>
-    <row r="182" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A182" s="29"/>
       <c r="B182" s="4"/>
       <c r="C182" s="8"/>
       <c r="D182" s="8"/>
       <c r="E182" s="18"/>
-      <c r="F182" s="103"/>
+      <c r="F182" s="101"/>
       <c r="G182" s="5"/>
       <c r="H182" s="5"/>
       <c r="I182" s="8"/>
       <c r="J182" s="5"/>
       <c r="K182" s="85"/>
     </row>
-    <row r="183" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A183" s="29"/>
       <c r="B183" s="4"/>
       <c r="C183" s="8"/>
       <c r="D183" s="8"/>
       <c r="E183" s="18"/>
-      <c r="F183" s="103"/>
+      <c r="F183" s="101"/>
       <c r="G183" s="5"/>
       <c r="H183" s="5"/>
       <c r="I183" s="8"/>
       <c r="J183" s="5"/>
       <c r="K183" s="85"/>
     </row>
-    <row r="184" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="184" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A184" s="29"/>
       <c r="B184" s="4"/>
       <c r="C184" s="8"/>
       <c r="D184" s="8"/>
       <c r="E184" s="18"/>
-      <c r="F184" s="103"/>
+      <c r="F184" s="101"/>
       <c r="G184" s="5"/>
       <c r="H184" s="5"/>
       <c r="I184" s="8"/>
       <c r="J184" s="5"/>
       <c r="K184" s="85"/>
     </row>
-    <row r="185" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="185" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A185" s="29"/>
       <c r="B185" s="4"/>
       <c r="C185" s="8"/>
       <c r="D185" s="8"/>
       <c r="E185" s="18"/>
-      <c r="F185" s="103"/>
+      <c r="F185" s="101"/>
       <c r="G185" s="5"/>
       <c r="H185" s="5"/>
       <c r="I185" s="8"/>
       <c r="J185" s="5"/>
       <c r="K185" s="85"/>
     </row>
-    <row r="186" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="186" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A186" s="29"/>
       <c r="B186" s="4"/>
       <c r="C186" s="8"/>
       <c r="D186" s="8"/>
       <c r="E186" s="18"/>
-      <c r="F186" s="103"/>
+      <c r="F186" s="101"/>
       <c r="G186" s="5"/>
       <c r="H186" s="5"/>
       <c r="I186" s="8"/>
       <c r="J186" s="5"/>
       <c r="K186" s="85"/>
     </row>
-    <row r="187" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A187" s="29"/>
       <c r="B187" s="4"/>
       <c r="C187" s="8"/>
       <c r="D187" s="8"/>
       <c r="E187" s="18"/>
-      <c r="F187" s="103"/>
+      <c r="F187" s="101"/>
       <c r="G187" s="5"/>
       <c r="H187" s="5"/>
       <c r="I187" s="8"/>
       <c r="J187" s="5"/>
       <c r="K187" s="85"/>
     </row>
-    <row r="188" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="188" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A188" s="29"/>
       <c r="B188" s="4"/>
       <c r="C188" s="8"/>
       <c r="D188" s="8"/>
       <c r="E188" s="18"/>
-      <c r="F188" s="103"/>
+      <c r="F188" s="101"/>
       <c r="G188" s="5"/>
       <c r="H188" s="5"/>
       <c r="I188" s="8"/>
       <c r="J188" s="5"/>
       <c r="K188" s="85"/>
     </row>
-    <row r="189" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="189" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A189" s="29"/>
       <c r="B189" s="4"/>
       <c r="C189" s="8"/>
       <c r="D189" s="8"/>
       <c r="E189" s="18"/>
-      <c r="F189" s="103"/>
+      <c r="F189" s="101"/>
       <c r="G189" s="5"/>
       <c r="H189" s="5"/>
       <c r="I189" s="8"/>
       <c r="J189" s="5"/>
       <c r="K189" s="85"/>
     </row>
-    <row r="190" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="190" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A190" s="29"/>
       <c r="B190" s="4"/>
       <c r="C190" s="8"/>
       <c r="D190" s="8"/>
       <c r="E190" s="18"/>
-      <c r="F190" s="103"/>
+      <c r="F190" s="101"/>
       <c r="G190" s="5"/>
       <c r="H190" s="5"/>
       <c r="I190" s="8"/>
       <c r="J190" s="5"/>
       <c r="K190" s="85"/>
     </row>
-    <row r="191" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="191" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A191" s="29"/>
       <c r="B191" s="4"/>
       <c r="C191" s="8"/>
       <c r="D191" s="8"/>
       <c r="E191" s="18"/>
-      <c r="F191" s="103"/>
+      <c r="F191" s="101"/>
       <c r="G191" s="5"/>
       <c r="H191" s="5"/>
       <c r="I191" s="8"/>
       <c r="J191" s="5"/>
       <c r="K191" s="85"/>
     </row>
-    <row r="192" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="192" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A192" s="29"/>
       <c r="B192" s="4"/>
       <c r="C192" s="8"/>
       <c r="D192" s="8"/>
       <c r="E192" s="18"/>
-      <c r="F192" s="103"/>
+      <c r="F192" s="101"/>
       <c r="G192" s="5"/>
       <c r="H192" s="5"/>
       <c r="I192" s="8"/>
       <c r="J192" s="5"/>
       <c r="K192" s="85"/>
     </row>
-    <row r="193" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A193" s="29"/>
       <c r="B193" s="4"/>
       <c r="C193" s="8"/>
       <c r="D193" s="8"/>
       <c r="E193" s="18"/>
-      <c r="F193" s="103"/>
+      <c r="F193" s="101"/>
       <c r="G193" s="5"/>
       <c r="H193" s="5"/>
       <c r="I193" s="8"/>
       <c r="J193" s="5"/>
       <c r="K193" s="85"/>
     </row>
-    <row r="194" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A194" s="29"/>
       <c r="B194" s="4"/>
       <c r="C194" s="8"/>
       <c r="D194" s="8"/>
       <c r="E194" s="18"/>
-      <c r="F194" s="103"/>
+      <c r="F194" s="101"/>
       <c r="G194" s="5"/>
       <c r="H194" s="5"/>
       <c r="I194" s="8"/>
       <c r="J194" s="5"/>
       <c r="K194" s="85"/>
     </row>
-    <row r="195" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="195" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A195" s="29"/>
       <c r="B195" s="4"/>
       <c r="C195" s="8"/>
       <c r="D195" s="8"/>
       <c r="E195" s="18"/>
-      <c r="F195" s="103"/>
+      <c r="F195" s="101"/>
       <c r="G195" s="5"/>
       <c r="H195" s="5"/>
       <c r="I195" s="8"/>
       <c r="J195" s="5"/>
       <c r="K195" s="85"/>
     </row>
-    <row r="196" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="196" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A196" s="29"/>
       <c r="B196" s="4"/>
       <c r="C196" s="8"/>
       <c r="D196" s="8"/>
       <c r="E196" s="18"/>
-      <c r="F196" s="103"/>
+      <c r="F196" s="101"/>
       <c r="G196" s="5"/>
       <c r="H196" s="5"/>
       <c r="I196" s="8"/>
       <c r="J196" s="5"/>
       <c r="K196" s="85"/>
     </row>
-    <row r="197" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="197" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A197" s="29"/>
       <c r="B197" s="4"/>
       <c r="C197" s="8"/>
       <c r="D197" s="8"/>
       <c r="E197" s="18"/>
-      <c r="F197" s="103"/>
+      <c r="F197" s="101"/>
       <c r="G197" s="5"/>
       <c r="H197" s="5"/>
       <c r="I197" s="8"/>
       <c r="J197" s="5"/>
       <c r="K197" s="85"/>
     </row>
-    <row r="198" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A198" s="29"/>
       <c r="B198" s="4"/>
       <c r="C198" s="8"/>
       <c r="D198" s="8"/>
       <c r="E198" s="18"/>
-      <c r="F198" s="103"/>
+      <c r="F198" s="101"/>
       <c r="G198" s="5"/>
       <c r="H198" s="5"/>
       <c r="I198" s="8"/>
       <c r="J198" s="5"/>
       <c r="K198" s="85"/>
     </row>
-    <row r="199" spans="1:11" ht="18.75" x14ac:dyDescent="0.25">
+    <row r="199" spans="1:11" ht="18" x14ac:dyDescent="0.5">
       <c r="A199" s="29"/>
       <c r="B199" s="4"/>
       <c r="C199" s="8"/>
       <c r="D199" s="8"/>
       <c r="E199" s="18"/>
-      <c r="F199" s="103"/>
+      <c r="F199" s="101"/>
       <c r="G199" s="5"/>
       <c r="H199" s="5"/>
       <c r="I199" s="8"/>
       <c r="J199" s="5"/>
       <c r="K199" s="85"/>
     </row>
   </sheetData>
   <sheetProtection insertColumns="0" insertRows="0" deleteColumns="0" deleteRows="0"/>
   <mergeCells count="3">
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="G11:I11"/>
     <mergeCell ref="J11:K11"/>
   </mergeCells>
   <dataValidations count="4">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A15:A199" xr:uid="{00000000-0002-0000-0300-000000000000}">
       <formula1>"Income Fund Reimbursable (IFR), State Operating, Dormitory Income Fund Reimbursable (DIFR), SUNY Tuition Reimbursement Account (SUTRA)"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A14" xr:uid="{5ADE3F76-93CD-4A8A-96D6-080B69FDD2FA}">
       <formula1>"Income Fund Reimbursable (IFR), State Operating, Dormitory Income Fund Reimbursable (DIFR), SUNY Tuition Reimbursement Account (SUTRA), U-Wide (title and entity changes only)"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F15:F199" xr:uid="{9C17092F-EF42-4C0A-972D-DD729DFC7E8F}">
       <formula1>"Yes (allow override), No (requires allocation to expend OTPS)"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F14" xr:uid="{6EC3C653-8B3B-4FCC-A4A8-C8B0DE6FC94E}">
       <formula1>"Yes (allow override), No (requires sufficient allocation to expend OTPS)"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="3">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{9E973B9F-260D-4A03-95EC-2CC3B1EDFC93}">
           <x14:formula1>
-            <xm:f>Sheet1!$A$3:$A$17</xm:f>
+            <xm:f>NACUBO!$A$3:$A$17</xm:f>
           </x14:formula1>
           <xm:sqref>G14:H14</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{BF230C26-AD6D-45E4-A0CB-95FF7CD5DDAF}">
           <x14:formula1>
             <xm:f>INDIRECT(VLOOKUP('Step1 - Requestor-Unit Info '!$B$6,'VP Decanal-Entity Name &amp; Number'!$E$1380:$F$1404,2,FALSE))</xm:f>
           </x14:formula1>
           <xm:sqref>E14:E199</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{F0EB544B-15D7-40AE-97C8-062520C938E9}">
           <x14:formula1>
             <xm:f>'Activity Selections'!$A$1:$A$90</xm:f>
           </x14:formula1>
           <xm:sqref>J14:J199</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:I199"/>
   <sheetViews>
-    <sheetView showGridLines="0" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView showGridLines="0" topLeftCell="A2" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A14" sqref="A14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="8.86328125" defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
-    <col min="1" max="1" width="40.42578125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="17.42578125" customWidth="1"/>
+    <col min="1" max="1" width="40.3984375" customWidth="1"/>
+    <col min="2" max="2" width="30.265625" customWidth="1"/>
+    <col min="3" max="3" width="27.1328125" customWidth="1"/>
+    <col min="4" max="4" width="17.3984375" customWidth="1"/>
     <col min="5" max="5" width="45" customWidth="1"/>
     <col min="6" max="6" width="18" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="37.7109375" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="10" max="12" width="10.7109375" customWidth="1"/>
+    <col min="7" max="7" width="37.73046875" customWidth="1"/>
+    <col min="8" max="8" width="15.59765625" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="12.86328125" bestFit="1" customWidth="1"/>
+    <col min="10" max="12" width="10.73046875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="50.25" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="1" spans="1:9" ht="50.25" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="E1" s="33"/>
     </row>
-    <row r="2" spans="1:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="2" spans="1:9" ht="22.5" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A2" s="38" t="s">
         <v>39</v>
       </c>
       <c r="B2" s="38"/>
       <c r="E2" s="33" t="s">
         <v>110</v>
       </c>
       <c r="F2" s="27"/>
       <c r="G2" s="27"/>
     </row>
-    <row r="3" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="3" spans="1:9" ht="18" x14ac:dyDescent="0.55000000000000004">
       <c r="A3" s="11" t="s">
         <v>7</v>
       </c>
       <c r="B3" s="46" t="str">
         <f>+'Step1 - Requestor-Unit Info '!B4 &amp; " "</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="C3" s="1"/>
       <c r="E3" s="66" t="s">
         <v>58</v>
       </c>
       <c r="F3" s="66" t="s">
         <v>96</v>
       </c>
       <c r="G3" s="66" t="s">
         <v>97</v>
       </c>
       <c r="H3" s="66" t="s">
         <v>98</v>
       </c>
       <c r="I3" s="66" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="4" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="4" spans="1:9" ht="18" x14ac:dyDescent="0.55000000000000004">
       <c r="A4" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B4" s="47" t="str">
         <f>+'Step1 - Requestor-Unit Info '!B5 &amp; " "</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="C4" s="1"/>
       <c r="E4" s="67" t="s">
         <v>100</v>
       </c>
       <c r="F4" s="68">
         <v>0</v>
       </c>
       <c r="G4" s="68">
         <v>0</v>
       </c>
       <c r="H4" s="69" t="s">
         <v>101</v>
       </c>
       <c r="I4" s="68">
         <v>0</v>
       </c>
     </row>
-    <row r="5" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="5" spans="1:9" ht="18" x14ac:dyDescent="0.55000000000000004">
       <c r="A5" s="11" t="s">
         <v>65</v>
       </c>
       <c r="B5" s="47"/>
       <c r="C5" s="1"/>
       <c r="E5" s="67" t="s">
         <v>102</v>
       </c>
       <c r="F5" s="68">
         <v>0</v>
       </c>
       <c r="G5" s="69" t="s">
         <v>101</v>
       </c>
       <c r="H5" s="69" t="s">
         <v>101</v>
       </c>
       <c r="I5" s="68">
         <v>0</v>
       </c>
     </row>
-    <row r="6" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="6" spans="1:9" ht="18" x14ac:dyDescent="0.55000000000000004">
       <c r="A6" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B6" s="47" t="str">
         <f>+'Step1 - Requestor-Unit Info '!B7 &amp; " "</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="C6" s="1"/>
       <c r="E6" s="67" t="s">
         <v>103</v>
       </c>
       <c r="F6" s="68">
         <v>0</v>
       </c>
       <c r="G6" s="69" t="s">
         <v>101</v>
       </c>
       <c r="H6" s="68">
         <v>0</v>
       </c>
       <c r="I6" s="68">
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="7" spans="1:9" ht="18" x14ac:dyDescent="0.55000000000000004">
       <c r="A7" s="11" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="47" t="str">
         <f>+'Step1 - Requestor-Unit Info '!B8</f>
         <v>SUNY @ Buffalo (28030)</v>
       </c>
       <c r="C7" s="1"/>
       <c r="E7" s="67" t="s">
         <v>104</v>
       </c>
       <c r="F7" s="68">
         <v>0</v>
       </c>
       <c r="G7" s="69" t="s">
         <v>101</v>
       </c>
       <c r="H7" s="68">
         <v>0</v>
       </c>
       <c r="I7" s="68">
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="8" spans="1:9" ht="18" x14ac:dyDescent="0.55000000000000004">
       <c r="A8" s="11" t="str">
         <f>+'Step1 - Requestor-Unit Info '!A9</f>
         <v>UBO Name:</v>
       </c>
       <c r="B8" s="47" t="str">
         <f>+'Step1 - Requestor-Unit Info '!B9 &amp; " "</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="C8" s="1"/>
       <c r="E8" s="70" t="s">
         <v>105</v>
       </c>
       <c r="F8" s="71"/>
       <c r="G8" s="27"/>
     </row>
-    <row r="9" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="9" spans="1:9" ht="18" x14ac:dyDescent="0.55000000000000004">
       <c r="A9" s="11" t="str">
         <f>+'Step1 - Requestor-Unit Info '!A10</f>
         <v>UBO Email:</v>
       </c>
       <c r="B9" s="46" t="str">
         <f>+'Step1 - Requestor-Unit Info '!B10 &amp; " "</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="C9" s="1"/>
       <c r="E9" s="70" t="s">
         <v>107</v>
       </c>
       <c r="F9" s="70"/>
       <c r="G9" s="27"/>
     </row>
-    <row r="10" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:9" ht="15.75" x14ac:dyDescent="0.5">
       <c r="C10" s="1"/>
       <c r="E10" s="70" t="s">
         <v>106</v>
       </c>
       <c r="G10" s="27"/>
     </row>
-    <row r="11" spans="1:9" ht="15.75" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:9" ht="15.75" x14ac:dyDescent="0.5">
       <c r="A11" s="1"/>
       <c r="B11" s="1"/>
       <c r="C11" s="1"/>
       <c r="E11" s="65"/>
       <c r="G11" s="27"/>
     </row>
-    <row r="12" spans="1:9" ht="18.75" x14ac:dyDescent="0.3">
+    <row r="12" spans="1:9" ht="18" x14ac:dyDescent="0.55000000000000004">
       <c r="A12" s="25" t="s">
         <v>58</v>
       </c>
       <c r="B12" s="25" t="s">
         <v>19</v>
       </c>
       <c r="C12" s="25" t="s">
         <v>1</v>
       </c>
       <c r="E12" s="72" t="s">
         <v>109</v>
       </c>
     </row>
-    <row r="13" spans="1:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="102" t="s">
+    <row r="13" spans="1:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A13" s="100" t="s">
         <v>18</v>
       </c>
-      <c r="B13" s="102"/>
-      <c r="C13" s="102" t="s">
+      <c r="B13" s="100"/>
+      <c r="C13" s="100" t="s">
         <v>22</v>
       </c>
       <c r="D13" s="27"/>
     </row>
-    <row r="14" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:9" x14ac:dyDescent="0.45">
       <c r="A14" s="26"/>
       <c r="B14" s="26"/>
       <c r="C14" s="26"/>
     </row>
-    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:9" x14ac:dyDescent="0.45">
       <c r="A15" s="4"/>
       <c r="B15" s="4"/>
       <c r="C15" s="4"/>
     </row>
-    <row r="16" spans="1:9" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:9" x14ac:dyDescent="0.45">
       <c r="A16" s="4"/>
       <c r="B16" s="4"/>
       <c r="C16" s="4"/>
     </row>
-    <row r="17" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A17" s="4"/>
       <c r="B17" s="4"/>
       <c r="C17" s="4"/>
     </row>
-    <row r="18" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A18" s="4"/>
       <c r="B18" s="4"/>
       <c r="C18" s="4"/>
     </row>
-    <row r="19" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A19" s="4"/>
       <c r="B19" s="4"/>
       <c r="C19" s="4"/>
     </row>
-    <row r="20" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A20" s="4"/>
       <c r="B20" s="4"/>
       <c r="C20" s="4"/>
     </row>
-    <row r="21" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A21" s="4"/>
       <c r="B21" s="4"/>
       <c r="C21" s="4"/>
     </row>
-    <row r="22" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A22" s="4"/>
       <c r="B22" s="4"/>
       <c r="C22" s="4"/>
     </row>
-    <row r="23" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A23" s="4"/>
       <c r="B23" s="4"/>
       <c r="C23" s="4"/>
     </row>
-    <row r="24" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A24" s="4"/>
       <c r="B24" s="4"/>
       <c r="C24" s="4"/>
     </row>
-    <row r="25" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A25" s="4"/>
       <c r="B25" s="4"/>
       <c r="C25" s="4"/>
     </row>
-    <row r="26" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A26" s="4"/>
       <c r="B26" s="4"/>
       <c r="C26" s="4"/>
     </row>
-    <row r="27" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A27" s="4"/>
       <c r="B27" s="4"/>
       <c r="C27" s="4"/>
     </row>
-    <row r="28" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A28" s="4"/>
       <c r="B28" s="4"/>
       <c r="C28" s="4"/>
     </row>
-    <row r="29" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A29" s="4"/>
       <c r="B29" s="4"/>
       <c r="C29" s="4"/>
     </row>
-    <row r="30" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A30" s="4"/>
       <c r="B30" s="4"/>
       <c r="C30" s="4"/>
     </row>
-    <row r="31" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A31" s="4"/>
       <c r="B31" s="4"/>
       <c r="C31" s="4"/>
     </row>
-    <row r="32" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A32" s="4"/>
       <c r="B32" s="4"/>
       <c r="C32" s="4"/>
     </row>
-    <row r="33" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A33" s="4"/>
       <c r="B33" s="4"/>
       <c r="C33" s="4"/>
     </row>
-    <row r="34" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A34" s="4"/>
       <c r="B34" s="4"/>
       <c r="C34" s="4"/>
     </row>
-    <row r="35" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A35" s="4"/>
       <c r="B35" s="4"/>
       <c r="C35" s="4"/>
     </row>
-    <row r="36" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A36" s="4"/>
       <c r="B36" s="4"/>
       <c r="C36" s="4"/>
     </row>
-    <row r="37" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A37" s="4"/>
       <c r="B37" s="4"/>
       <c r="C37" s="4"/>
     </row>
-    <row r="38" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A38" s="4"/>
       <c r="B38" s="4"/>
       <c r="C38" s="4"/>
     </row>
-    <row r="39" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A39" s="4"/>
       <c r="B39" s="4"/>
       <c r="C39" s="4"/>
     </row>
-    <row r="40" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A40" s="4"/>
       <c r="B40" s="4"/>
       <c r="C40" s="4"/>
     </row>
-    <row r="41" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A41" s="4"/>
       <c r="B41" s="4"/>
       <c r="C41" s="4"/>
     </row>
-    <row r="42" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A42" s="4"/>
       <c r="B42" s="4"/>
       <c r="C42" s="4"/>
     </row>
-    <row r="43" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A43" s="4"/>
       <c r="B43" s="4"/>
       <c r="C43" s="4"/>
     </row>
-    <row r="44" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A44" s="4"/>
       <c r="B44" s="4"/>
       <c r="C44" s="4"/>
     </row>
-    <row r="45" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A45" s="4"/>
       <c r="B45" s="4"/>
       <c r="C45" s="4"/>
     </row>
-    <row r="46" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A46" s="4"/>
       <c r="B46" s="4"/>
       <c r="C46" s="4"/>
     </row>
-    <row r="47" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A47" s="4"/>
       <c r="B47" s="4"/>
       <c r="C47" s="4"/>
     </row>
-    <row r="48" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A48" s="4"/>
       <c r="B48" s="4"/>
       <c r="C48" s="4"/>
     </row>
-    <row r="49" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A49" s="4"/>
       <c r="B49" s="4"/>
       <c r="C49" s="4"/>
     </row>
-    <row r="50" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A50" s="4"/>
       <c r="B50" s="4"/>
       <c r="C50" s="4"/>
     </row>
-    <row r="51" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A51" s="4"/>
       <c r="B51" s="4"/>
       <c r="C51" s="4"/>
     </row>
-    <row r="52" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A52" s="4"/>
       <c r="B52" s="4"/>
       <c r="C52" s="4"/>
     </row>
-    <row r="53" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A53" s="4"/>
       <c r="B53" s="4"/>
       <c r="C53" s="4"/>
     </row>
-    <row r="54" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A54" s="4"/>
       <c r="B54" s="4"/>
       <c r="C54" s="4"/>
     </row>
-    <row r="55" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A55" s="4"/>
       <c r="B55" s="4"/>
       <c r="C55" s="4"/>
     </row>
-    <row r="56" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A56" s="4"/>
       <c r="B56" s="4"/>
       <c r="C56" s="4"/>
     </row>
-    <row r="57" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A57" s="4"/>
       <c r="B57" s="4"/>
       <c r="C57" s="4"/>
     </row>
-    <row r="58" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A58" s="4"/>
       <c r="B58" s="4"/>
       <c r="C58" s="4"/>
     </row>
-    <row r="59" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A59" s="4"/>
       <c r="B59" s="4"/>
       <c r="C59" s="4"/>
     </row>
-    <row r="60" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A60" s="4"/>
       <c r="B60" s="4"/>
       <c r="C60" s="4"/>
     </row>
-    <row r="61" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A61" s="4"/>
       <c r="B61" s="4"/>
       <c r="C61" s="4"/>
     </row>
-    <row r="62" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A62" s="4"/>
       <c r="B62" s="4"/>
       <c r="C62" s="4"/>
     </row>
-    <row r="63" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A63" s="4"/>
       <c r="B63" s="4"/>
       <c r="C63" s="4"/>
     </row>
-    <row r="64" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A64" s="4"/>
       <c r="B64" s="4"/>
       <c r="C64" s="4"/>
     </row>
-    <row r="65" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A65" s="4"/>
       <c r="B65" s="4"/>
       <c r="C65" s="4"/>
     </row>
-    <row r="66" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A66" s="4"/>
       <c r="B66" s="4"/>
       <c r="C66" s="4"/>
     </row>
-    <row r="67" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A67" s="4"/>
       <c r="B67" s="4"/>
       <c r="C67" s="4"/>
     </row>
-    <row r="68" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A68" s="4"/>
       <c r="B68" s="4"/>
       <c r="C68" s="4"/>
     </row>
-    <row r="69" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A69" s="4"/>
       <c r="B69" s="4"/>
       <c r="C69" s="4"/>
     </row>
-    <row r="70" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A70" s="4"/>
       <c r="B70" s="4"/>
       <c r="C70" s="4"/>
     </row>
-    <row r="71" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A71" s="4"/>
       <c r="B71" s="4"/>
       <c r="C71" s="4"/>
     </row>
-    <row r="72" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A72" s="4"/>
       <c r="B72" s="4"/>
       <c r="C72" s="4"/>
     </row>
-    <row r="73" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A73" s="4"/>
       <c r="B73" s="4"/>
       <c r="C73" s="4"/>
     </row>
-    <row r="74" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A74" s="4"/>
       <c r="B74" s="4"/>
       <c r="C74" s="4"/>
     </row>
-    <row r="75" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A75" s="4"/>
       <c r="B75" s="4"/>
       <c r="C75" s="4"/>
     </row>
-    <row r="76" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A76" s="4"/>
       <c r="B76" s="4"/>
       <c r="C76" s="4"/>
     </row>
-    <row r="77" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A77" s="4"/>
       <c r="B77" s="4"/>
       <c r="C77" s="4"/>
     </row>
-    <row r="78" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A78" s="4"/>
       <c r="B78" s="4"/>
       <c r="C78" s="4"/>
     </row>
-    <row r="79" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A79" s="4"/>
       <c r="B79" s="4"/>
       <c r="C79" s="4"/>
     </row>
-    <row r="80" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A80" s="4"/>
       <c r="B80" s="4"/>
       <c r="C80" s="4"/>
     </row>
-    <row r="81" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A81" s="4"/>
       <c r="B81" s="4"/>
       <c r="C81" s="4"/>
     </row>
-    <row r="82" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A82" s="4"/>
       <c r="B82" s="4"/>
       <c r="C82" s="4"/>
     </row>
-    <row r="83" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A83" s="4"/>
       <c r="B83" s="4"/>
       <c r="C83" s="4"/>
     </row>
-    <row r="84" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A84" s="4"/>
       <c r="B84" s="4"/>
       <c r="C84" s="4"/>
     </row>
-    <row r="85" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A85" s="4"/>
       <c r="B85" s="4"/>
       <c r="C85" s="4"/>
     </row>
-    <row r="86" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A86" s="4"/>
       <c r="B86" s="4"/>
       <c r="C86" s="4"/>
     </row>
-    <row r="87" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A87" s="4"/>
       <c r="B87" s="4"/>
       <c r="C87" s="4"/>
     </row>
-    <row r="88" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A88" s="4"/>
       <c r="B88" s="4"/>
       <c r="C88" s="4"/>
     </row>
-    <row r="89" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A89" s="4"/>
       <c r="B89" s="4"/>
       <c r="C89" s="4"/>
     </row>
-    <row r="90" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A90" s="4"/>
       <c r="B90" s="4"/>
       <c r="C90" s="4"/>
     </row>
-    <row r="91" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="91" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A91" s="4"/>
       <c r="B91" s="4"/>
       <c r="C91" s="4"/>
     </row>
-    <row r="92" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="92" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A92" s="4"/>
       <c r="B92" s="4"/>
       <c r="C92" s="4"/>
     </row>
-    <row r="93" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A93" s="4"/>
       <c r="B93" s="4"/>
       <c r="C93" s="4"/>
     </row>
-    <row r="94" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A94" s="4"/>
       <c r="B94" s="4"/>
       <c r="C94" s="4"/>
     </row>
-    <row r="95" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A95" s="4"/>
       <c r="B95" s="4"/>
       <c r="C95" s="4"/>
     </row>
-    <row r="96" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A96" s="4"/>
       <c r="B96" s="4"/>
       <c r="C96" s="4"/>
     </row>
-    <row r="97" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A97" s="4"/>
       <c r="B97" s="4"/>
       <c r="C97" s="4"/>
     </row>
-    <row r="98" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A98" s="4"/>
       <c r="B98" s="4"/>
       <c r="C98" s="4"/>
     </row>
-    <row r="99" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A99" s="4"/>
       <c r="B99" s="4"/>
       <c r="C99" s="4"/>
     </row>
-    <row r="100" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="100" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A100" s="4"/>
       <c r="B100" s="4"/>
       <c r="C100" s="4"/>
     </row>
-    <row r="101" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="101" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A101" s="4"/>
       <c r="B101" s="4"/>
       <c r="C101" s="4"/>
     </row>
-    <row r="102" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="102" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A102" s="4"/>
       <c r="B102" s="4"/>
       <c r="C102" s="4"/>
     </row>
-    <row r="103" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="103" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A103" s="4"/>
       <c r="B103" s="4"/>
       <c r="C103" s="4"/>
     </row>
-    <row r="104" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A104" s="4"/>
       <c r="B104" s="4"/>
       <c r="C104" s="4"/>
     </row>
-    <row r="105" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A105" s="4"/>
       <c r="B105" s="4"/>
       <c r="C105" s="4"/>
     </row>
-    <row r="106" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A106" s="4"/>
       <c r="B106" s="4"/>
       <c r="C106" s="4"/>
     </row>
-    <row r="107" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="107" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A107" s="4"/>
       <c r="B107" s="4"/>
       <c r="C107" s="4"/>
     </row>
-    <row r="108" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A108" s="4"/>
       <c r="B108" s="4"/>
       <c r="C108" s="4"/>
     </row>
-    <row r="109" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A109" s="4"/>
       <c r="B109" s="4"/>
       <c r="C109" s="4"/>
     </row>
-    <row r="110" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="110" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A110" s="4"/>
       <c r="B110" s="4"/>
       <c r="C110" s="4"/>
     </row>
-    <row r="111" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="111" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A111" s="4"/>
       <c r="B111" s="4"/>
       <c r="C111" s="4"/>
     </row>
-    <row r="112" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A112" s="4"/>
       <c r="B112" s="4"/>
       <c r="C112" s="4"/>
     </row>
-    <row r="113" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="113" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A113" s="4"/>
       <c r="B113" s="4"/>
       <c r="C113" s="4"/>
     </row>
-    <row r="114" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="114" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A114" s="4"/>
       <c r="B114" s="4"/>
       <c r="C114" s="4"/>
     </row>
-    <row r="115" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A115" s="4"/>
       <c r="B115" s="4"/>
       <c r="C115" s="4"/>
     </row>
-    <row r="116" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A116" s="4"/>
       <c r="B116" s="4"/>
       <c r="C116" s="4"/>
     </row>
-    <row r="117" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="117" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A117" s="4"/>
       <c r="B117" s="4"/>
       <c r="C117" s="4"/>
     </row>
-    <row r="118" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A118" s="4"/>
       <c r="B118" s="4"/>
       <c r="C118" s="4"/>
     </row>
-    <row r="119" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="119" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A119" s="4"/>
       <c r="B119" s="4"/>
       <c r="C119" s="4"/>
     </row>
-    <row r="120" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="120" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A120" s="4"/>
       <c r="B120" s="4"/>
       <c r="C120" s="4"/>
     </row>
-    <row r="121" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="121" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A121" s="4"/>
       <c r="B121" s="4"/>
       <c r="C121" s="4"/>
     </row>
-    <row r="122" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="122" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A122" s="4"/>
       <c r="B122" s="4"/>
       <c r="C122" s="4"/>
     </row>
-    <row r="123" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="123" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A123" s="4"/>
       <c r="B123" s="4"/>
       <c r="C123" s="4"/>
     </row>
-    <row r="124" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="124" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A124" s="4"/>
       <c r="B124" s="4"/>
       <c r="C124" s="4"/>
     </row>
-    <row r="125" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="125" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A125" s="4"/>
       <c r="B125" s="4"/>
       <c r="C125" s="4"/>
     </row>
-    <row r="126" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A126" s="4"/>
       <c r="B126" s="4"/>
       <c r="C126" s="4"/>
     </row>
-    <row r="127" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="127" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A127" s="4"/>
       <c r="B127" s="4"/>
       <c r="C127" s="4"/>
     </row>
-    <row r="128" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="128" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A128" s="4"/>
       <c r="B128" s="4"/>
       <c r="C128" s="4"/>
     </row>
-    <row r="129" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A129" s="4"/>
       <c r="B129" s="4"/>
       <c r="C129" s="4"/>
     </row>
-    <row r="130" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="130" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A130" s="4"/>
       <c r="B130" s="4"/>
       <c r="C130" s="4"/>
     </row>
-    <row r="131" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="131" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A131" s="4"/>
       <c r="B131" s="4"/>
       <c r="C131" s="4"/>
     </row>
-    <row r="132" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A132" s="4"/>
       <c r="B132" s="4"/>
       <c r="C132" s="4"/>
     </row>
-    <row r="133" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="133" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A133" s="4"/>
       <c r="B133" s="4"/>
       <c r="C133" s="4"/>
     </row>
-    <row r="134" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="134" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A134" s="4"/>
       <c r="B134" s="4"/>
       <c r="C134" s="4"/>
     </row>
-    <row r="135" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="135" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A135" s="4"/>
       <c r="B135" s="4"/>
       <c r="C135" s="4"/>
     </row>
-    <row r="136" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="136" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A136" s="4"/>
       <c r="B136" s="4"/>
       <c r="C136" s="4"/>
     </row>
-    <row r="137" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="137" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A137" s="4"/>
       <c r="B137" s="4"/>
       <c r="C137" s="4"/>
     </row>
-    <row r="138" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="138" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A138" s="4"/>
       <c r="B138" s="4"/>
       <c r="C138" s="4"/>
     </row>
-    <row r="139" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="139" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A139" s="4"/>
       <c r="B139" s="4"/>
       <c r="C139" s="4"/>
     </row>
-    <row r="140" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A140" s="4"/>
       <c r="B140" s="4"/>
       <c r="C140" s="4"/>
     </row>
-    <row r="141" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="141" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A141" s="4"/>
       <c r="B141" s="4"/>
       <c r="C141" s="4"/>
     </row>
-    <row r="142" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="142" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A142" s="4"/>
       <c r="B142" s="4"/>
       <c r="C142" s="4"/>
     </row>
-    <row r="143" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="143" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A143" s="4"/>
       <c r="B143" s="4"/>
       <c r="C143" s="4"/>
     </row>
-    <row r="144" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A144" s="4"/>
       <c r="B144" s="4"/>
       <c r="C144" s="4"/>
     </row>
-    <row r="145" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="145" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A145" s="4"/>
       <c r="B145" s="4"/>
       <c r="C145" s="4"/>
     </row>
-    <row r="146" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="146" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A146" s="4"/>
       <c r="B146" s="4"/>
       <c r="C146" s="4"/>
     </row>
-    <row r="147" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="147" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A147" s="4"/>
       <c r="B147" s="4"/>
       <c r="C147" s="4"/>
     </row>
-    <row r="148" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="148" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A148" s="4"/>
       <c r="B148" s="4"/>
       <c r="C148" s="4"/>
     </row>
-    <row r="149" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="149" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A149" s="4"/>
       <c r="B149" s="4"/>
       <c r="C149" s="4"/>
     </row>
-    <row r="150" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="150" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A150" s="4"/>
       <c r="B150" s="4"/>
       <c r="C150" s="4"/>
     </row>
-    <row r="151" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="151" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A151" s="4"/>
       <c r="B151" s="4"/>
       <c r="C151" s="4"/>
     </row>
-    <row r="152" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="152" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A152" s="4"/>
       <c r="B152" s="4"/>
       <c r="C152" s="4"/>
     </row>
-    <row r="153" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="153" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A153" s="4"/>
       <c r="B153" s="4"/>
       <c r="C153" s="4"/>
     </row>
-    <row r="154" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="154" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A154" s="4"/>
       <c r="B154" s="4"/>
       <c r="C154" s="4"/>
     </row>
-    <row r="155" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="155" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A155" s="4"/>
       <c r="B155" s="4"/>
       <c r="C155" s="4"/>
     </row>
-    <row r="156" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A156" s="4"/>
       <c r="B156" s="4"/>
       <c r="C156" s="4"/>
     </row>
-    <row r="157" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A157" s="4"/>
       <c r="B157" s="4"/>
       <c r="C157" s="4"/>
     </row>
-    <row r="158" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="158" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A158" s="4"/>
       <c r="B158" s="4"/>
       <c r="C158" s="4"/>
     </row>
-    <row r="159" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="159" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A159" s="4"/>
       <c r="B159" s="4"/>
       <c r="C159" s="4"/>
     </row>
-    <row r="160" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="160" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A160" s="4"/>
       <c r="B160" s="4"/>
       <c r="C160" s="4"/>
     </row>
-    <row r="161" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="161" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A161" s="4"/>
       <c r="B161" s="4"/>
       <c r="C161" s="4"/>
     </row>
-    <row r="162" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="162" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A162" s="4"/>
       <c r="B162" s="4"/>
       <c r="C162" s="4"/>
     </row>
-    <row r="163" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="163" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A163" s="4"/>
       <c r="B163" s="4"/>
       <c r="C163" s="4"/>
     </row>
-    <row r="164" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="164" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A164" s="4"/>
       <c r="B164" s="4"/>
       <c r="C164" s="4"/>
     </row>
-    <row r="165" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="165" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A165" s="4"/>
       <c r="B165" s="4"/>
       <c r="C165" s="4"/>
     </row>
-    <row r="166" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="166" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A166" s="4"/>
       <c r="B166" s="4"/>
       <c r="C166" s="4"/>
     </row>
-    <row r="167" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="167" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A167" s="4"/>
       <c r="B167" s="4"/>
       <c r="C167" s="4"/>
     </row>
-    <row r="168" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="168" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A168" s="4"/>
       <c r="B168" s="4"/>
       <c r="C168" s="4"/>
     </row>
-    <row r="169" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="169" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A169" s="4"/>
       <c r="B169" s="4"/>
       <c r="C169" s="4"/>
     </row>
-    <row r="170" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="170" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A170" s="4"/>
       <c r="B170" s="4"/>
       <c r="C170" s="4"/>
     </row>
-    <row r="171" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="171" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A171" s="4"/>
       <c r="B171" s="4"/>
       <c r="C171" s="4"/>
     </row>
-    <row r="172" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="172" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A172" s="4"/>
       <c r="B172" s="4"/>
       <c r="C172" s="4"/>
     </row>
-    <row r="173" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="173" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A173" s="4"/>
       <c r="B173" s="4"/>
       <c r="C173" s="4"/>
     </row>
-    <row r="174" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="174" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A174" s="4"/>
       <c r="B174" s="4"/>
       <c r="C174" s="4"/>
     </row>
-    <row r="175" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="175" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A175" s="4"/>
       <c r="B175" s="4"/>
       <c r="C175" s="4"/>
     </row>
-    <row r="176" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="176" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A176" s="4"/>
       <c r="B176" s="4"/>
       <c r="C176" s="4"/>
     </row>
-    <row r="177" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="177" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A177" s="4"/>
       <c r="B177" s="4"/>
       <c r="C177" s="4"/>
     </row>
-    <row r="178" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A178" s="4"/>
       <c r="B178" s="4"/>
       <c r="C178" s="4"/>
     </row>
-    <row r="179" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="179" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A179" s="4"/>
       <c r="B179" s="4"/>
       <c r="C179" s="4"/>
     </row>
-    <row r="180" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A180" s="4"/>
       <c r="B180" s="4"/>
       <c r="C180" s="4"/>
     </row>
-    <row r="181" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A181" s="4"/>
       <c r="B181" s="4"/>
       <c r="C181" s="4"/>
     </row>
-    <row r="182" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A182" s="4"/>
       <c r="B182" s="4"/>
       <c r="C182" s="4"/>
     </row>
-    <row r="183" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="183" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A183" s="4"/>
       <c r="B183" s="4"/>
       <c r="C183" s="4"/>
     </row>
-    <row r="184" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="184" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A184" s="4"/>
       <c r="B184" s="4"/>
       <c r="C184" s="4"/>
     </row>
-    <row r="185" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="185" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A185" s="4"/>
       <c r="B185" s="4"/>
       <c r="C185" s="4"/>
     </row>
-    <row r="186" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="186" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A186" s="4"/>
       <c r="B186" s="4"/>
       <c r="C186" s="4"/>
     </row>
-    <row r="187" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A187" s="4"/>
       <c r="B187" s="4"/>
       <c r="C187" s="4"/>
     </row>
-    <row r="188" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="188" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A188" s="4"/>
       <c r="B188" s="4"/>
       <c r="C188" s="4"/>
     </row>
-    <row r="189" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="189" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A189" s="4"/>
       <c r="B189" s="4"/>
       <c r="C189" s="4"/>
     </row>
-    <row r="190" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="190" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A190" s="4"/>
       <c r="B190" s="4"/>
       <c r="C190" s="4"/>
     </row>
-    <row r="191" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="191" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A191" s="4"/>
       <c r="B191" s="4"/>
       <c r="C191" s="4"/>
     </row>
-    <row r="192" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="192" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A192" s="4"/>
       <c r="B192" s="4"/>
       <c r="C192" s="4"/>
     </row>
-    <row r="193" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A193" s="4"/>
       <c r="B193" s="4"/>
       <c r="C193" s="4"/>
     </row>
-    <row r="194" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A194" s="4"/>
       <c r="B194" s="4"/>
       <c r="C194" s="4"/>
     </row>
-    <row r="195" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="195" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A195" s="4"/>
       <c r="B195" s="4"/>
       <c r="C195" s="4"/>
     </row>
-    <row r="196" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="196" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A196" s="4"/>
       <c r="B196" s="4"/>
       <c r="C196" s="4"/>
     </row>
-    <row r="197" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="197" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A197" s="4"/>
       <c r="B197" s="4"/>
       <c r="C197" s="4"/>
     </row>
-    <row r="198" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A198" s="4"/>
       <c r="B198" s="4"/>
       <c r="C198" s="4"/>
     </row>
-    <row r="199" spans="1:3" x14ac:dyDescent="0.25">
+    <row r="199" spans="1:3" x14ac:dyDescent="0.45">
       <c r="A199" s="4"/>
       <c r="B199" s="4"/>
       <c r="C199" s="4"/>
     </row>
   </sheetData>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A15:A199" xr:uid="{00000000-0002-0000-0400-000000000000}">
       <formula1>"Income Fund Reimbursable (IFR), State University Tuition Reimbursable (SUTRA), State Operating, Dormitory Income Fund Reimbursable (DIFR)"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="A14" xr:uid="{134A591D-F939-4157-8054-AD32CFEFBF91}">
       <formula1>"Income Fund Reimbursable (IFR), State University Tuition Reimbursable (SUTRA), State Operating, Dormitory Income Fund Reimbursable (DIFR), U-Wide"</formula1>
     </dataValidation>
   </dataValidations>
   <hyperlinks>
     <hyperlink ref="E12" r:id="rId1" display="Please reference Closing an Account on the Administrative Gateway for additional information." xr:uid="{3A565AB5-F5BC-4753-955B-EB0DF38C3D1E}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="90" verticalDpi="90" r:id="rId2"/>
   <drawing r:id="rId3"/>
   <extLst>
     <ext xmlns:mx="http://schemas.microsoft.com/office/mac/excel/2008/main" uri="{64002731-A6B0-56B0-2670-7721B7C09600}">
       <mx:PLV Mode="0" OnePage="0" WScale="0"/>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8ABA1116-849A-4772-A9F8-7B227352B0AE}">
   <sheetPr>
     <tabColor theme="8" tint="0.39997558519241921"/>
   </sheetPr>
-  <dimension ref="A1:W1470"/>
+  <dimension ref="A1:W1476"/>
   <sheetViews>
-    <sheetView showGridLines="0" topLeftCell="S1" workbookViewId="0">
-      <selection activeCell="S1" sqref="S1"/>
+    <sheetView showGridLines="0" topLeftCell="S1459" workbookViewId="0">
+      <selection activeCell="V1483" sqref="V1483"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
-    <col min="1" max="1" width="42.7109375" style="27" hidden="1" customWidth="1"/>
+    <col min="1" max="1" width="42.73046875" style="27" hidden="1" customWidth="1"/>
     <col min="2" max="2" width="51" style="27" hidden="1" customWidth="1"/>
-    <col min="3" max="3" width="0.7109375" style="27" hidden="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="5" max="5" width="20.140625" style="27" hidden="1" customWidth="1"/>
+    <col min="3" max="3" width="0.73046875" style="27" hidden="1" customWidth="1"/>
+    <col min="4" max="4" width="4.73046875" style="27" hidden="1" customWidth="1"/>
+    <col min="5" max="5" width="20.1328125" style="27" hidden="1" customWidth="1"/>
     <col min="6" max="18" width="0" style="27" hidden="1" customWidth="1"/>
-    <col min="19" max="19" width="55.42578125" style="27" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="24" max="16384" width="9.140625" style="27"/>
+    <col min="19" max="19" width="55.3984375" style="27" customWidth="1"/>
+    <col min="20" max="21" width="9.1328125" style="27"/>
+    <col min="22" max="22" width="52" customWidth="1"/>
+    <col min="23" max="23" width="51" customWidth="1"/>
+    <col min="24" max="16384" width="9.1328125" style="27"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1" s="74" t="s">
         <v>1505</v>
       </c>
-      <c r="V1" s="98" t="s">
-[...3 lines deleted...]
-    <row r="3" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V1" s="102" t="s">
+        <v>1865</v>
+      </c>
+    </row>
+    <row r="3" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A3" s="75" t="s">
         <v>66</v>
       </c>
       <c r="B3" s="76" t="s">
         <v>1504</v>
       </c>
       <c r="S3" s="65" t="s">
         <v>1607</v>
       </c>
-      <c r="V3" s="104" t="s">
+      <c r="V3" s="103" t="s">
         <v>66</v>
       </c>
-      <c r="W3" s="105" t="s">
+      <c r="W3" s="104" t="s">
         <v>1504</v>
       </c>
     </row>
-    <row r="4" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A4" s="77" t="s">
         <v>92</v>
       </c>
       <c r="B4" s="78" t="s">
         <v>1503</v>
       </c>
       <c r="S4" s="77" t="s">
         <v>92</v>
       </c>
-      <c r="V4" s="106" t="s">
+      <c r="V4" s="105" t="s">
         <v>92</v>
       </c>
-      <c r="W4" s="107" t="s">
+      <c r="W4" s="106" t="s">
         <v>1503</v>
       </c>
     </row>
-    <row r="5" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A5" s="77" t="s">
         <v>92</v>
       </c>
       <c r="B5" s="78" t="s">
         <v>1502</v>
       </c>
       <c r="S5" s="77" t="s">
         <v>93</v>
       </c>
-      <c r="V5" s="106" t="s">
+      <c r="V5" s="105" t="s">
         <v>92</v>
       </c>
-      <c r="W5" s="107" t="s">
+      <c r="W5" s="106" t="s">
         <v>1502</v>
       </c>
     </row>
-    <row r="6" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A6" s="77" t="s">
         <v>92</v>
       </c>
       <c r="B6" s="78" t="s">
         <v>1501</v>
       </c>
       <c r="S6" s="77" t="s">
         <v>89</v>
       </c>
-      <c r="V6" s="106" t="s">
+      <c r="V6" s="105" t="s">
         <v>92</v>
       </c>
-      <c r="W6" s="107" t="s">
+      <c r="W6" s="106" t="s">
         <v>1501</v>
       </c>
     </row>
-    <row r="7" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A7" s="77" t="s">
         <v>92</v>
       </c>
       <c r="B7" s="78" t="s">
         <v>1500</v>
       </c>
       <c r="S7" s="77" t="s">
         <v>73</v>
       </c>
-      <c r="V7" s="106" t="s">
+      <c r="V7" s="105" t="s">
         <v>92</v>
       </c>
-      <c r="W7" s="107" t="s">
+      <c r="W7" s="106" t="s">
         <v>1500</v>
       </c>
     </row>
-    <row r="8" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A8" s="77" t="s">
         <v>92</v>
       </c>
       <c r="B8" s="78" t="s">
         <v>1499</v>
       </c>
       <c r="S8" s="77" t="s">
         <v>82</v>
       </c>
-      <c r="V8" s="106" t="s">
+      <c r="V8" s="105" t="s">
         <v>92</v>
       </c>
-      <c r="W8" s="107" t="s">
+      <c r="W8" s="106" t="s">
         <v>1499</v>
       </c>
     </row>
-    <row r="9" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A9" s="77" t="s">
         <v>92</v>
       </c>
       <c r="B9" s="78" t="s">
         <v>1498</v>
       </c>
       <c r="S9" s="77" t="s">
         <v>90</v>
       </c>
-      <c r="V9" s="106" t="s">
+      <c r="V9" s="105" t="s">
         <v>92</v>
       </c>
-      <c r="W9" s="107" t="s">
+      <c r="W9" s="106" t="s">
         <v>1498</v>
       </c>
     </row>
-    <row r="10" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A10" s="77" t="s">
         <v>92</v>
       </c>
       <c r="B10" s="78" t="s">
         <v>1497</v>
       </c>
       <c r="S10" s="77" t="s">
         <v>74</v>
       </c>
-      <c r="V10" s="106" t="s">
+      <c r="V10" s="105" t="s">
         <v>92</v>
       </c>
-      <c r="W10" s="107" t="s">
+      <c r="W10" s="106" t="s">
         <v>1497</v>
       </c>
     </row>
-    <row r="11" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A11" s="77" t="s">
         <v>92</v>
       </c>
       <c r="B11" s="78" t="s">
         <v>1496</v>
       </c>
       <c r="S11" s="77" t="s">
         <v>84</v>
       </c>
-      <c r="V11" s="106" t="s">
+      <c r="V11" s="105" t="s">
         <v>92</v>
       </c>
-      <c r="W11" s="107" t="s">
+      <c r="W11" s="106" t="s">
         <v>1496</v>
       </c>
     </row>
-    <row r="12" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A12" s="77" t="s">
         <v>92</v>
       </c>
       <c r="B12" s="78" t="s">
         <v>1495</v>
       </c>
       <c r="S12" s="77" t="s">
         <v>94</v>
       </c>
-      <c r="V12" s="106" t="s">
+      <c r="V12" s="105" t="s">
         <v>92</v>
       </c>
-      <c r="W12" s="107" t="s">
+      <c r="W12" s="106" t="s">
         <v>1495</v>
       </c>
     </row>
-    <row r="13" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A13" s="77" t="s">
         <v>92</v>
       </c>
       <c r="B13" s="78" t="s">
         <v>1494</v>
       </c>
       <c r="S13" s="77" t="s">
         <v>67</v>
       </c>
-      <c r="V13" s="106" t="s">
+      <c r="V13" s="105" t="s">
         <v>92</v>
       </c>
-      <c r="W13" s="107" t="s">
+      <c r="W13" s="106" t="s">
         <v>1494</v>
       </c>
     </row>
-    <row r="14" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A14" s="77" t="s">
         <v>92</v>
       </c>
       <c r="B14" s="78" t="s">
         <v>1493</v>
       </c>
       <c r="S14" s="77" t="s">
         <v>85</v>
       </c>
-      <c r="V14" s="106" t="s">
+      <c r="V14" s="105" t="s">
         <v>92</v>
       </c>
-      <c r="W14" s="107" t="s">
+      <c r="W14" s="106" t="s">
         <v>1493</v>
       </c>
     </row>
-    <row r="15" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A15" s="77" t="s">
         <v>92</v>
       </c>
       <c r="B15" s="78" t="s">
         <v>1492</v>
       </c>
       <c r="S15" s="77" t="s">
         <v>86</v>
       </c>
-      <c r="V15" s="106" t="s">
+      <c r="V15" s="105" t="s">
         <v>92</v>
       </c>
-      <c r="W15" s="107" t="s">
+      <c r="W15" s="106" t="s">
         <v>1492</v>
       </c>
     </row>
-    <row r="16" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A16" s="77" t="s">
         <v>92</v>
       </c>
       <c r="B16" s="78" t="s">
         <v>1491</v>
       </c>
       <c r="S16" s="77" t="s">
         <v>91</v>
       </c>
-      <c r="V16" s="106" t="s">
+      <c r="V16" s="105" t="s">
         <v>92</v>
       </c>
-      <c r="W16" s="107" t="s">
+      <c r="W16" s="106" t="s">
         <v>1491</v>
       </c>
     </row>
-    <row r="17" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A17" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B17" s="78" t="s">
         <v>1490</v>
       </c>
       <c r="S17" s="77" t="s">
         <v>75</v>
       </c>
-      <c r="V17" s="106" t="s">
+      <c r="V17" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W17" s="107" t="s">
+      <c r="W17" s="106" t="s">
         <v>1490</v>
       </c>
     </row>
-    <row r="18" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A18" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B18" s="78" t="s">
         <v>1489</v>
       </c>
       <c r="S18" s="77" t="s">
         <v>68</v>
       </c>
-      <c r="V18" s="106" t="s">
+      <c r="V18" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W18" s="107" t="s">
+      <c r="W18" s="106" t="s">
         <v>1489</v>
       </c>
     </row>
-    <row r="19" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A19" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B19" s="78" t="s">
         <v>1488</v>
       </c>
       <c r="S19" s="77" t="s">
         <v>77</v>
       </c>
-      <c r="V19" s="106" t="s">
+      <c r="V19" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W19" s="107" t="s">
+      <c r="W19" s="106" t="s">
         <v>1488</v>
       </c>
     </row>
-    <row r="20" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A20" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B20" s="78" t="s">
         <v>1487</v>
       </c>
       <c r="S20" s="77" t="s">
         <v>78</v>
       </c>
-      <c r="V20" s="106" t="s">
+      <c r="V20" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W20" s="107" t="s">
+      <c r="W20" s="106" t="s">
         <v>1487</v>
       </c>
     </row>
-    <row r="21" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A21" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B21" s="78" t="s">
         <v>1486</v>
       </c>
       <c r="S21" s="77" t="s">
         <v>79</v>
       </c>
-      <c r="V21" s="106" t="s">
+      <c r="V21" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W21" s="107" t="s">
+      <c r="W21" s="106" t="s">
         <v>1486</v>
       </c>
     </row>
-    <row r="22" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A22" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B22" s="78" t="s">
         <v>1485</v>
       </c>
       <c r="S22" s="77" t="s">
         <v>69</v>
       </c>
-      <c r="V22" s="106" t="s">
+      <c r="V22" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W22" s="107" t="s">
+      <c r="W22" s="106" t="s">
         <v>1485</v>
       </c>
     </row>
-    <row r="23" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A23" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B23" s="78" t="s">
         <v>1484</v>
       </c>
       <c r="S23" s="77" t="s">
         <v>70</v>
       </c>
-      <c r="V23" s="106" t="s">
+      <c r="V23" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W23" s="107" t="s">
+      <c r="W23" s="106" t="s">
         <v>1484</v>
       </c>
     </row>
-    <row r="24" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A24" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B24" s="78" t="s">
         <v>1483</v>
       </c>
       <c r="S24" s="77" t="s">
         <v>72</v>
       </c>
-      <c r="V24" s="106" t="s">
+      <c r="V24" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W24" s="107" t="s">
+      <c r="W24" s="106" t="s">
         <v>1482</v>
       </c>
     </row>
-    <row r="25" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A25" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B25" s="78" t="s">
         <v>1482</v>
       </c>
       <c r="S25" s="77" t="s">
         <v>81</v>
       </c>
-      <c r="V25" s="106" t="s">
+      <c r="V25" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W25" s="107" t="s">
+      <c r="W25" s="106" t="s">
         <v>1481</v>
       </c>
     </row>
-    <row r="26" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A26" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B26" s="78" t="s">
         <v>1481</v>
       </c>
       <c r="S26" s="77" t="s">
         <v>83</v>
       </c>
-      <c r="V26" s="106" t="s">
+      <c r="V26" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W26" s="107" t="s">
+      <c r="W26" s="106" t="s">
         <v>1480</v>
       </c>
     </row>
-    <row r="27" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A27" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B27" s="78" t="s">
         <v>1480</v>
       </c>
       <c r="S27" s="77" t="s">
         <v>87</v>
       </c>
-      <c r="V27" s="106" t="s">
+      <c r="V27" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W27" s="107" t="s">
+      <c r="W27" s="106" t="s">
         <v>1479</v>
       </c>
     </row>
-    <row r="28" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A28" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B28" s="78" t="s">
         <v>1479</v>
       </c>
       <c r="S28" s="77" t="s">
         <v>88</v>
       </c>
-      <c r="V28" s="106" t="s">
+      <c r="V28" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W28" s="107" t="s">
+      <c r="W28" s="106" t="s">
         <v>1478</v>
       </c>
     </row>
-    <row r="29" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A29" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B29" s="78" t="s">
         <v>1478</v>
       </c>
       <c r="S29"/>
-      <c r="V29" s="106" t="s">
+      <c r="V29" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W29" s="107" t="s">
+      <c r="W29" s="106" t="s">
         <v>1477</v>
       </c>
     </row>
-    <row r="30" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A30" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B30" s="78" t="s">
         <v>1477</v>
       </c>
       <c r="S30"/>
-      <c r="V30" s="106" t="s">
+      <c r="V30" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W30" s="107" t="s">
+      <c r="W30" s="106" t="s">
         <v>1476</v>
       </c>
     </row>
-    <row r="31" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A31" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B31" s="78" t="s">
         <v>1476</v>
       </c>
       <c r="S31"/>
-      <c r="V31" s="106" t="s">
+      <c r="V31" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W31" s="107" t="s">
+      <c r="W31" s="106" t="s">
         <v>1617</v>
       </c>
     </row>
-    <row r="32" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A32" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B32" s="78" t="s">
         <v>1475</v>
       </c>
       <c r="S32"/>
-      <c r="V32" s="106" t="s">
+      <c r="V32" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W32" s="107" t="s">
+      <c r="W32" s="106" t="s">
         <v>1475</v>
       </c>
     </row>
-    <row r="33" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A33" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B33" s="78" t="s">
         <v>1474</v>
       </c>
       <c r="S33"/>
-      <c r="V33" s="106" t="s">
+      <c r="V33" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W33" s="107" t="s">
+      <c r="W33" s="106" t="s">
         <v>1474</v>
       </c>
     </row>
-    <row r="34" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A34" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B34" s="78" t="s">
         <v>1473</v>
       </c>
       <c r="S34"/>
-      <c r="V34" s="106" t="s">
+      <c r="V34" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W34" s="107" t="s">
+      <c r="W34" s="106" t="s">
         <v>1473</v>
       </c>
     </row>
-    <row r="35" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A35" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B35" s="78" t="s">
         <v>1472</v>
       </c>
       <c r="S35"/>
-      <c r="V35" s="106" t="s">
+      <c r="V35" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W35" s="107" t="s">
+      <c r="W35" s="106" t="s">
         <v>1472</v>
       </c>
     </row>
-    <row r="36" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A36" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B36" s="78" t="s">
         <v>1471</v>
       </c>
       <c r="S36"/>
-      <c r="V36" s="106" t="s">
+      <c r="V36" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W36" s="107" t="s">
+      <c r="W36" s="106" t="s">
         <v>1471</v>
       </c>
     </row>
-    <row r="37" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A37" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B37" s="78" t="s">
         <v>1470</v>
       </c>
       <c r="S37"/>
-      <c r="V37" s="106" t="s">
+      <c r="V37" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W37" s="107" t="s">
+      <c r="W37" s="106" t="s">
         <v>1470</v>
       </c>
     </row>
-    <row r="38" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A38" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B38" s="78" t="s">
         <v>1469</v>
       </c>
       <c r="S38"/>
-      <c r="V38" s="106" t="s">
+      <c r="V38" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W38" s="107" t="s">
+      <c r="W38" s="106" t="s">
         <v>1618</v>
       </c>
     </row>
-    <row r="39" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A39" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B39" s="78" t="s">
         <v>1468</v>
       </c>
       <c r="S39"/>
-      <c r="V39" s="106" t="s">
+      <c r="V39" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W39" s="107" t="s">
+      <c r="W39" s="106" t="s">
         <v>1469</v>
       </c>
     </row>
-    <row r="40" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A40" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B40" s="78" t="s">
         <v>1467</v>
       </c>
       <c r="S40"/>
-      <c r="V40" s="106" t="s">
+      <c r="V40" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W40" s="107" t="s">
+      <c r="W40" s="106" t="s">
         <v>1619</v>
       </c>
     </row>
-    <row r="41" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A41" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B41" s="78" t="s">
         <v>1466</v>
       </c>
       <c r="S41"/>
-      <c r="V41" s="106" t="s">
+      <c r="V41" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W41" s="107" t="s">
+      <c r="W41" s="106" t="s">
         <v>1468</v>
       </c>
     </row>
-    <row r="42" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A42" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B42" s="78" t="s">
         <v>1465</v>
       </c>
       <c r="S42"/>
-      <c r="V42" s="106" t="s">
+      <c r="V42" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W42" s="107" t="s">
+      <c r="W42" s="106" t="s">
         <v>1467</v>
       </c>
     </row>
-    <row r="43" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A43" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B43" s="78" t="s">
         <v>1464</v>
       </c>
       <c r="S43"/>
-      <c r="V43" s="106" t="s">
+      <c r="V43" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W43" s="107" t="s">
+      <c r="W43" s="106" t="s">
         <v>1466</v>
       </c>
     </row>
-    <row r="44" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A44" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B44" s="78" t="s">
         <v>1463</v>
       </c>
       <c r="S44"/>
-      <c r="V44" s="106" t="s">
+      <c r="V44" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W44" s="107" t="s">
+      <c r="W44" s="106" t="s">
         <v>1620</v>
       </c>
     </row>
-    <row r="45" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A45" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B45" s="78" t="s">
         <v>1462</v>
       </c>
       <c r="S45"/>
-      <c r="V45" s="106" t="s">
+      <c r="V45" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W45" s="107" t="s">
+      <c r="W45" s="106" t="s">
         <v>1465</v>
       </c>
     </row>
-    <row r="46" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A46" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B46" s="78" t="s">
         <v>1461</v>
       </c>
       <c r="S46"/>
-      <c r="V46" s="106" t="s">
+      <c r="V46" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W46" s="107" t="s">
+      <c r="W46" s="106" t="s">
         <v>1463</v>
       </c>
     </row>
-    <row r="47" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A47" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B47" s="78" t="s">
         <v>1460</v>
       </c>
       <c r="S47"/>
-      <c r="V47" s="106" t="s">
+      <c r="V47" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W47" s="107" t="s">
+      <c r="W47" s="106" t="s">
         <v>1621</v>
       </c>
     </row>
-    <row r="48" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A48" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B48" s="78" t="s">
         <v>1459</v>
       </c>
       <c r="S48"/>
-      <c r="V48" s="106" t="s">
+      <c r="V48" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W48" s="107" t="s">
+      <c r="W48" s="106" t="s">
         <v>1462</v>
       </c>
     </row>
-    <row r="49" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A49" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B49" s="78" t="s">
         <v>1458</v>
       </c>
       <c r="S49"/>
-      <c r="V49" s="106" t="s">
+      <c r="V49" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W49" s="107" t="s">
+      <c r="W49" s="106" t="s">
         <v>1461</v>
       </c>
     </row>
-    <row r="50" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A50" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B50" s="78" t="s">
         <v>1457</v>
       </c>
       <c r="S50"/>
-      <c r="V50" s="106" t="s">
+      <c r="V50" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W50" s="107" t="s">
+      <c r="W50" s="106" t="s">
         <v>1460</v>
       </c>
     </row>
-    <row r="51" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A51" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B51" s="78" t="s">
         <v>1456</v>
       </c>
       <c r="S51"/>
-      <c r="V51" s="106" t="s">
+      <c r="V51" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W51" s="107" t="s">
+      <c r="W51" s="106" t="s">
         <v>1459</v>
       </c>
     </row>
-    <row r="52" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A52" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B52" s="78" t="s">
         <v>1455</v>
       </c>
       <c r="S52"/>
-      <c r="V52" s="106" t="s">
+      <c r="V52" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W52" s="107" t="s">
+      <c r="W52" s="106" t="s">
         <v>1622</v>
       </c>
     </row>
-    <row r="53" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A53" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B53" s="78" t="s">
         <v>1454</v>
       </c>
       <c r="S53"/>
-      <c r="V53" s="106" t="s">
+      <c r="V53" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W53" s="107" t="s">
+      <c r="W53" s="106" t="s">
         <v>1458</v>
       </c>
     </row>
-    <row r="54" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A54" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B54" s="78" t="s">
         <v>1453</v>
       </c>
       <c r="S54"/>
-      <c r="V54" s="106" t="s">
+      <c r="V54" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W54" s="107" t="s">
+      <c r="W54" s="106" t="s">
         <v>1623</v>
       </c>
     </row>
-    <row r="55" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A55" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B55" s="78" t="s">
         <v>1452</v>
       </c>
       <c r="S55"/>
-      <c r="V55" s="106" t="s">
+      <c r="V55" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W55" s="107" t="s">
+      <c r="W55" s="106" t="s">
         <v>1457</v>
       </c>
     </row>
-    <row r="56" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A56" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B56" s="78" t="s">
         <v>1451</v>
       </c>
       <c r="S56"/>
-      <c r="V56" s="106" t="s">
+      <c r="V56" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W56" s="107" t="s">
+      <c r="W56" s="106" t="s">
         <v>1456</v>
       </c>
     </row>
-    <row r="57" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A57" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B57" s="78" t="s">
         <v>1450</v>
       </c>
       <c r="S57"/>
-      <c r="V57" s="106" t="s">
+      <c r="V57" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W57" s="107" t="s">
+      <c r="W57" s="106" t="s">
         <v>1455</v>
       </c>
     </row>
-    <row r="58" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A58" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B58" s="78" t="s">
         <v>1449</v>
       </c>
       <c r="S58"/>
-      <c r="V58" s="106" t="s">
+      <c r="V58" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W58" s="107" t="s">
+      <c r="W58" s="106" t="s">
         <v>1624</v>
       </c>
     </row>
-    <row r="59" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A59" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B59" s="78" t="s">
         <v>1448</v>
       </c>
       <c r="S59"/>
-      <c r="V59" s="106" t="s">
+      <c r="V59" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W59" s="107" t="s">
+      <c r="W59" s="106" t="s">
         <v>1454</v>
       </c>
     </row>
-    <row r="60" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A60" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B60" s="78" t="s">
         <v>1447</v>
       </c>
       <c r="S60"/>
-      <c r="V60" s="106" t="s">
+      <c r="V60" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W60" s="107" t="s">
+      <c r="W60" s="106" t="s">
         <v>1453</v>
       </c>
     </row>
-    <row r="61" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A61" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B61" s="78" t="s">
         <v>1446</v>
       </c>
       <c r="S61"/>
-      <c r="V61" s="106" t="s">
+      <c r="V61" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W61" s="107" t="s">
+      <c r="W61" s="106" t="s">
         <v>1452</v>
       </c>
     </row>
-    <row r="62" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A62" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B62" s="78" t="s">
         <v>1445</v>
       </c>
       <c r="S62"/>
-      <c r="V62" s="106" t="s">
+      <c r="V62" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W62" s="107" t="s">
+      <c r="W62" s="106" t="s">
         <v>1625</v>
       </c>
     </row>
-    <row r="63" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A63" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B63" s="78" t="s">
         <v>1444</v>
       </c>
       <c r="S63"/>
-      <c r="V63" s="106" t="s">
+      <c r="V63" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W63" s="107" t="s">
+      <c r="W63" s="106" t="s">
         <v>1451</v>
       </c>
     </row>
-    <row r="64" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A64" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B64" s="78" t="s">
         <v>1443</v>
       </c>
       <c r="S64"/>
-      <c r="V64" s="106" t="s">
+      <c r="V64" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W64" s="107" t="s">
+      <c r="W64" s="106" t="s">
         <v>1450</v>
       </c>
     </row>
-    <row r="65" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A65" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B65" s="78" t="s">
         <v>1442</v>
       </c>
       <c r="S65"/>
-      <c r="V65" s="106" t="s">
+      <c r="V65" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W65" s="107" t="s">
+      <c r="W65" s="106" t="s">
         <v>1449</v>
       </c>
     </row>
-    <row r="66" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A66" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B66" s="78" t="s">
         <v>1441</v>
       </c>
       <c r="S66"/>
-      <c r="V66" s="106" t="s">
+      <c r="V66" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W66" s="107" t="s">
+      <c r="W66" s="106" t="s">
         <v>1448</v>
       </c>
     </row>
-    <row r="67" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A67" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B67" s="78" t="s">
         <v>1440</v>
       </c>
       <c r="S67"/>
-      <c r="V67" s="106" t="s">
+      <c r="V67" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W67" s="107" t="s">
+      <c r="W67" s="106" t="s">
         <v>1447</v>
       </c>
     </row>
-    <row r="68" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A68" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B68" s="78" t="s">
         <v>1439</v>
       </c>
       <c r="S68"/>
-      <c r="V68" s="106" t="s">
+      <c r="V68" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W68" s="107" t="s">
+      <c r="W68" s="106" t="s">
         <v>1446</v>
       </c>
     </row>
-    <row r="69" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A69" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B69" s="78" t="s">
         <v>1438</v>
       </c>
       <c r="S69"/>
-      <c r="V69" s="106" t="s">
+      <c r="V69" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W69" s="107" t="s">
+      <c r="W69" s="106" t="s">
         <v>1445</v>
       </c>
     </row>
-    <row r="70" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A70" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B70" s="78" t="s">
         <v>1437</v>
       </c>
       <c r="S70"/>
-      <c r="V70" s="106" t="s">
+      <c r="V70" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W70" s="107" t="s">
+      <c r="W70" s="106" t="s">
         <v>1443</v>
       </c>
     </row>
-    <row r="71" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A71" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B71" s="78" t="s">
         <v>1436</v>
       </c>
       <c r="S71"/>
-      <c r="V71" s="106" t="s">
+      <c r="V71" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W71" s="107" t="s">
+      <c r="W71" s="106" t="s">
         <v>1442</v>
       </c>
     </row>
-    <row r="72" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A72" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B72" s="78" t="s">
         <v>1435</v>
       </c>
       <c r="S72"/>
-      <c r="V72" s="106" t="s">
+      <c r="V72" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W72" s="107" t="s">
+      <c r="W72" s="106" t="s">
         <v>1441</v>
       </c>
     </row>
-    <row r="73" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A73" s="77" t="s">
         <v>93</v>
       </c>
       <c r="B73" s="78" t="s">
         <v>1434</v>
       </c>
       <c r="S73"/>
-      <c r="V73" s="106" t="s">
+      <c r="V73" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W73" s="107" t="s">
+      <c r="W73" s="106" t="s">
         <v>1440</v>
       </c>
     </row>
-    <row r="74" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A74" s="77" t="s">
         <v>89</v>
       </c>
       <c r="B74" s="78" t="s">
         <v>1433</v>
       </c>
       <c r="S74"/>
-      <c r="V74" s="106" t="s">
+      <c r="V74" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W74" s="107" t="s">
+      <c r="W74" s="106" t="s">
         <v>1439</v>
       </c>
     </row>
-    <row r="75" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A75" s="77" t="s">
         <v>89</v>
       </c>
       <c r="B75" s="78" t="s">
         <v>1432</v>
       </c>
       <c r="S75"/>
-      <c r="V75" s="106" t="s">
+      <c r="V75" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W75" s="107" t="s">
+      <c r="W75" s="106" t="s">
         <v>1438</v>
       </c>
     </row>
-    <row r="76" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A76" s="77" t="s">
         <v>89</v>
       </c>
       <c r="B76" s="78" t="s">
         <v>1431</v>
       </c>
       <c r="S76"/>
-      <c r="V76" s="106" t="s">
+      <c r="V76" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W76" s="107" t="s">
+      <c r="W76" s="106" t="s">
         <v>1437</v>
       </c>
     </row>
-    <row r="77" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A77" s="77" t="s">
         <v>89</v>
       </c>
       <c r="B77" s="78" t="s">
         <v>1430</v>
       </c>
       <c r="S77"/>
-      <c r="V77" s="106" t="s">
+      <c r="V77" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W77" s="107" t="s">
+      <c r="W77" s="106" t="s">
         <v>1626</v>
       </c>
     </row>
-    <row r="78" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A78" s="77" t="s">
         <v>89</v>
       </c>
       <c r="B78" s="78" t="s">
         <v>1429</v>
       </c>
       <c r="S78"/>
-      <c r="V78" s="106" t="s">
+      <c r="V78" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W78" s="107" t="s">
+      <c r="W78" s="106" t="s">
         <v>1436</v>
       </c>
     </row>
-    <row r="79" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A79" s="77" t="s">
         <v>89</v>
       </c>
       <c r="B79" s="78" t="s">
         <v>1428</v>
       </c>
       <c r="S79"/>
-      <c r="V79" s="106" t="s">
+      <c r="V79" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W79" s="107" t="s">
+      <c r="W79" s="106" t="s">
         <v>1435</v>
       </c>
     </row>
-    <row r="80" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A80" s="77" t="s">
         <v>89</v>
       </c>
       <c r="B80" s="78" t="s">
         <v>1427</v>
       </c>
       <c r="S80"/>
-      <c r="V80" s="106" t="s">
+      <c r="V80" s="105" t="s">
         <v>93</v>
       </c>
-      <c r="W80" s="107" t="s">
+      <c r="W80" s="106" t="s">
         <v>1434</v>
       </c>
     </row>
-    <row r="81" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A81" s="77" t="s">
         <v>89</v>
       </c>
       <c r="B81" s="78" t="s">
         <v>1426</v>
       </c>
       <c r="S81"/>
-      <c r="V81" s="106" t="s">
+      <c r="V81" s="105" t="s">
         <v>89</v>
       </c>
-      <c r="W81" s="107" t="s">
+      <c r="W81" s="106" t="s">
         <v>1433</v>
       </c>
     </row>
-    <row r="82" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A82" s="77" t="s">
         <v>89</v>
       </c>
       <c r="B82" s="78" t="s">
         <v>1425</v>
       </c>
       <c r="S82"/>
-      <c r="V82" s="106" t="s">
+      <c r="V82" s="105" t="s">
         <v>89</v>
       </c>
-      <c r="W82" s="107" t="s">
+      <c r="W82" s="106" t="s">
         <v>1432</v>
       </c>
     </row>
-    <row r="83" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A83" s="77" t="s">
         <v>89</v>
       </c>
       <c r="B83" s="78" t="s">
         <v>1424</v>
       </c>
       <c r="S83"/>
-      <c r="V83" s="106" t="s">
+      <c r="V83" s="105" t="s">
         <v>89</v>
       </c>
-      <c r="W83" s="107" t="s">
-[...3 lines deleted...]
-    <row r="84" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W83" s="106" t="s">
+        <v>1872</v>
+      </c>
+    </row>
+    <row r="84" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A84" s="77" t="s">
         <v>89</v>
       </c>
       <c r="B84" s="78" t="s">
         <v>1423</v>
       </c>
       <c r="S84"/>
-      <c r="V84" s="106" t="s">
+      <c r="V84" s="105" t="s">
         <v>89</v>
       </c>
-      <c r="W84" s="107" t="s">
-[...3 lines deleted...]
-    <row r="85" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W84" s="106" t="s">
+        <v>1873</v>
+      </c>
+    </row>
+    <row r="85" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A85" s="77" t="s">
         <v>89</v>
       </c>
       <c r="B85" s="78" t="s">
         <v>1422</v>
       </c>
       <c r="S85"/>
-      <c r="V85" s="106" t="s">
+      <c r="V85" s="105" t="s">
         <v>89</v>
       </c>
-      <c r="W85" s="107" t="s">
-[...3 lines deleted...]
-    <row r="86" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W85" s="106" t="s">
+        <v>1874</v>
+      </c>
+    </row>
+    <row r="86" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A86" s="77" t="s">
         <v>89</v>
       </c>
       <c r="B86" s="78" t="s">
         <v>1421</v>
       </c>
       <c r="S86"/>
-      <c r="V86" s="106" t="s">
+      <c r="V86" s="105" t="s">
         <v>89</v>
       </c>
-      <c r="W86" s="107" t="s">
-[...3 lines deleted...]
-    <row r="87" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W86" s="106" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="87" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A87" s="77" t="s">
         <v>89</v>
       </c>
       <c r="B87" s="78" t="s">
         <v>1420</v>
       </c>
       <c r="S87"/>
-      <c r="V87" s="106" t="s">
+      <c r="V87" s="105" t="s">
         <v>89</v>
       </c>
-      <c r="W87" s="107" t="s">
-[...3 lines deleted...]
-    <row r="88" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W87" s="106" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="88" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A88" s="77" t="s">
         <v>89</v>
       </c>
       <c r="B88" s="78" t="s">
         <v>1419</v>
       </c>
       <c r="S88"/>
-      <c r="V88" s="106" t="s">
+      <c r="V88" s="105" t="s">
         <v>89</v>
       </c>
-      <c r="W88" s="107" t="s">
-[...3 lines deleted...]
-    <row r="89" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W88" s="106" t="s">
+        <v>1426</v>
+      </c>
+    </row>
+    <row r="89" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A89" s="77" t="s">
         <v>89</v>
       </c>
       <c r="B89" s="78" t="s">
         <v>1418</v>
       </c>
       <c r="S89"/>
-      <c r="V89" s="106" t="s">
+      <c r="V89" s="105" t="s">
         <v>89</v>
       </c>
-      <c r="W89" s="107" t="s">
-[...3 lines deleted...]
-    <row r="90" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W89" s="106" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="90" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A90" s="77" t="s">
         <v>89</v>
       </c>
       <c r="B90" s="78" t="s">
         <v>1417</v>
       </c>
       <c r="S90"/>
-      <c r="V90" s="106" t="s">
+      <c r="V90" s="105" t="s">
         <v>89</v>
       </c>
-      <c r="W90" s="107" t="s">
-[...3 lines deleted...]
-    <row r="91" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W90" s="106" t="s">
+        <v>1627</v>
+      </c>
+    </row>
+    <row r="91" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A91" s="77" t="s">
         <v>89</v>
       </c>
       <c r="B91" s="78" t="s">
         <v>1416</v>
       </c>
       <c r="S91"/>
-      <c r="V91" s="106" t="s">
+      <c r="V91" s="105" t="s">
         <v>89</v>
       </c>
-      <c r="W91" s="107" t="s">
-[...3 lines deleted...]
-    <row r="92" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W91" s="106" t="s">
+        <v>1885</v>
+      </c>
+    </row>
+    <row r="92" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A92" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B92" s="78" t="s">
         <v>1415</v>
       </c>
       <c r="S92"/>
-      <c r="V92" s="106" t="s">
+      <c r="V92" s="105" t="s">
         <v>89</v>
       </c>
-      <c r="W92" s="107" t="s">
+      <c r="W92" s="106" t="s">
         <v>1422</v>
       </c>
     </row>
-    <row r="93" spans="1:23" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A93" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B93" s="78" t="s">
         <v>1414</v>
       </c>
       <c r="S93"/>
-      <c r="V93" s="106" t="s">
+      <c r="V93" s="105" t="s">
         <v>89</v>
       </c>
-      <c r="W93" s="107" t="s">
-[...3 lines deleted...]
-    <row r="94" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W93" s="106" t="s">
+        <v>1875</v>
+      </c>
+    </row>
+    <row r="94" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A94" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B94" s="78" t="s">
         <v>1413</v>
       </c>
       <c r="S94"/>
-      <c r="V94" s="106" t="s">
+      <c r="V94" s="105" t="s">
         <v>89</v>
       </c>
-      <c r="W94" s="107" t="s">
-[...3 lines deleted...]
-    <row r="95" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W94" s="106" t="s">
+        <v>1876</v>
+      </c>
+    </row>
+    <row r="95" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A95" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B95" s="78" t="s">
         <v>1412</v>
       </c>
       <c r="S95"/>
-      <c r="V95" s="106" t="s">
+      <c r="V95" s="105" t="s">
         <v>89</v>
       </c>
-      <c r="W95" s="107" t="s">
-[...3 lines deleted...]
-    <row r="96" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W95" s="106" t="s">
+        <v>1421</v>
+      </c>
+    </row>
+    <row r="96" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A96" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B96" s="78" t="s">
         <v>1411</v>
       </c>
       <c r="S96"/>
-      <c r="V96" s="106" t="s">
+      <c r="V96" s="105" t="s">
         <v>89</v>
       </c>
-      <c r="W96" s="107" t="s">
-[...3 lines deleted...]
-    <row r="97" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W96" s="106" t="s">
+        <v>1877</v>
+      </c>
+    </row>
+    <row r="97" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A97" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B97" s="78" t="s">
         <v>1410</v>
       </c>
       <c r="S97"/>
-      <c r="V97" s="106" t="s">
+      <c r="V97" s="105" t="s">
         <v>89</v>
       </c>
-      <c r="W97" s="107" t="s">
-[...3 lines deleted...]
-    <row r="98" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W97" s="106" t="s">
+        <v>1420</v>
+      </c>
+    </row>
+    <row r="98" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A98" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B98" s="78" t="s">
         <v>1409</v>
       </c>
       <c r="S98"/>
-      <c r="V98" s="106" t="s">
+      <c r="V98" s="105" t="s">
         <v>89</v>
       </c>
-      <c r="W98" s="107" t="s">
-[...3 lines deleted...]
-    <row r="99" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W98" s="106" t="s">
+        <v>1419</v>
+      </c>
+    </row>
+    <row r="99" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A99" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B99" s="78" t="s">
         <v>1408</v>
       </c>
       <c r="S99"/>
-      <c r="V99" s="106" t="s">
+      <c r="V99" s="105" t="s">
         <v>89</v>
       </c>
-      <c r="W99" s="107" t="s">
-[...3 lines deleted...]
-    <row r="100" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W99" s="106" t="s">
+        <v>1878</v>
+      </c>
+    </row>
+    <row r="100" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A100" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B100" s="78" t="s">
         <v>1407</v>
       </c>
       <c r="S100"/>
-      <c r="V100" s="106" t="s">
+      <c r="V100" s="105" t="s">
         <v>89</v>
       </c>
-      <c r="W100" s="107" t="s">
-[...3 lines deleted...]
-    <row r="101" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W100" s="106" t="s">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="101" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A101" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B101" s="78" t="s">
         <v>1406</v>
       </c>
       <c r="S101"/>
-      <c r="V101" s="106" t="s">
-[...6 lines deleted...]
-    <row r="102" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V101" s="105" t="s">
+        <v>89</v>
+      </c>
+      <c r="W101" s="106" t="s">
+        <v>1628</v>
+      </c>
+    </row>
+    <row r="102" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A102" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B102" s="78" t="s">
         <v>1405</v>
       </c>
       <c r="S102"/>
-      <c r="V102" s="106" t="s">
-[...6 lines deleted...]
-    <row r="103" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V102" s="105" t="s">
+        <v>89</v>
+      </c>
+      <c r="W102" s="106" t="s">
+        <v>1417</v>
+      </c>
+    </row>
+    <row r="103" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A103" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B103" s="78" t="s">
         <v>1404</v>
       </c>
       <c r="S103"/>
-      <c r="V103" s="106" t="s">
-[...6 lines deleted...]
-    <row r="104" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V103" s="105" t="s">
+        <v>89</v>
+      </c>
+      <c r="W103" s="106" t="s">
+        <v>1416</v>
+      </c>
+    </row>
+    <row r="104" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A104" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B104" s="78" t="s">
         <v>1403</v>
       </c>
       <c r="S104"/>
-      <c r="V104" s="106" t="s">
+      <c r="V104" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W104" s="107" t="s">
-[...3 lines deleted...]
-    <row r="105" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W104" s="106" t="s">
+        <v>1415</v>
+      </c>
+    </row>
+    <row r="105" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A105" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B105" s="78" t="s">
         <v>1402</v>
       </c>
       <c r="S105"/>
-      <c r="V105" s="106" t="s">
+      <c r="V105" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W105" s="107" t="s">
-[...3 lines deleted...]
-    <row r="106" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W105" s="106" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="106" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A106" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B106" s="78" t="s">
         <v>1401</v>
       </c>
       <c r="S106"/>
-      <c r="V106" s="106" t="s">
+      <c r="V106" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W106" s="107" t="s">
-[...3 lines deleted...]
-    <row r="107" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W106" s="106" t="s">
+        <v>1413</v>
+      </c>
+    </row>
+    <row r="107" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A107" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B107" s="78" t="s">
         <v>1400</v>
       </c>
       <c r="S107"/>
-      <c r="V107" s="106" t="s">
+      <c r="V107" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W107" s="107" t="s">
-[...3 lines deleted...]
-    <row r="108" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W107" s="106" t="s">
+        <v>1412</v>
+      </c>
+    </row>
+    <row r="108" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A108" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B108" s="78" t="s">
         <v>1399</v>
       </c>
       <c r="S108"/>
-      <c r="V108" s="106" t="s">
+      <c r="V108" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W108" s="107" t="s">
-[...3 lines deleted...]
-    <row r="109" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W108" s="106" t="s">
+        <v>1411</v>
+      </c>
+    </row>
+    <row r="109" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A109" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B109" s="78" t="s">
         <v>1398</v>
       </c>
       <c r="S109"/>
-      <c r="V109" s="106" t="s">
+      <c r="V109" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W109" s="107" t="s">
-[...3 lines deleted...]
-    <row r="110" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W109" s="106" t="s">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="110" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A110" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B110" s="78" t="s">
         <v>1397</v>
       </c>
       <c r="S110"/>
-      <c r="V110" s="106" t="s">
+      <c r="V110" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W110" s="107" t="s">
-[...3 lines deleted...]
-    <row r="111" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W110" s="106" t="s">
+        <v>1409</v>
+      </c>
+    </row>
+    <row r="111" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A111" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B111" s="78" t="s">
         <v>1396</v>
       </c>
       <c r="S111"/>
-      <c r="V111" s="106" t="s">
+      <c r="V111" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W111" s="107" t="s">
-[...3 lines deleted...]
-    <row r="112" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W111" s="106" t="s">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="112" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A112" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B112" s="78" t="s">
         <v>1395</v>
       </c>
       <c r="S112"/>
-      <c r="V112" s="106" t="s">
+      <c r="V112" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W112" s="107" t="s">
-[...3 lines deleted...]
-    <row r="113" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W112" s="106" t="s">
+        <v>1629</v>
+      </c>
+    </row>
+    <row r="113" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A113" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B113" s="78" t="s">
         <v>1394</v>
       </c>
       <c r="S113"/>
-      <c r="V113" s="106" t="s">
+      <c r="V113" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W113" s="107" t="s">
-[...3 lines deleted...]
-    <row r="114" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W113" s="106" t="s">
+        <v>1407</v>
+      </c>
+    </row>
+    <row r="114" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A114" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B114" s="78" t="s">
         <v>1393</v>
       </c>
       <c r="S114"/>
-      <c r="V114" s="106" t="s">
+      <c r="V114" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W114" s="107" t="s">
-[...3 lines deleted...]
-    <row r="115" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W114" s="106" t="s">
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="115" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A115" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B115" s="78" t="s">
         <v>1392</v>
       </c>
       <c r="S115"/>
-      <c r="V115" s="106" t="s">
+      <c r="V115" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W115" s="107" t="s">
-[...3 lines deleted...]
-    <row r="116" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W115" s="106" t="s">
+        <v>1405</v>
+      </c>
+    </row>
+    <row r="116" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A116" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B116" s="78" t="s">
         <v>1391</v>
       </c>
       <c r="S116"/>
-      <c r="V116" s="106" t="s">
+      <c r="V116" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W116" s="107" t="s">
-[...3 lines deleted...]
-    <row r="117" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W116" s="106" t="s">
+        <v>1404</v>
+      </c>
+    </row>
+    <row r="117" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A117" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B117" s="78" t="s">
         <v>1390</v>
       </c>
       <c r="S117"/>
-      <c r="V117" s="106" t="s">
+      <c r="V117" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W117" s="107" t="s">
-[...3 lines deleted...]
-    <row r="118" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W117" s="106" t="s">
+        <v>1403</v>
+      </c>
+    </row>
+    <row r="118" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A118" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B118" s="78" t="s">
         <v>1389</v>
       </c>
       <c r="S118"/>
-      <c r="V118" s="106" t="s">
+      <c r="V118" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W118" s="107" t="s">
-[...3 lines deleted...]
-    <row r="119" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W118" s="106" t="s">
+        <v>1402</v>
+      </c>
+    </row>
+    <row r="119" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A119" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B119" s="78" t="s">
         <v>1388</v>
       </c>
       <c r="S119"/>
-      <c r="V119" s="106" t="s">
+      <c r="V119" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W119" s="107" t="s">
-[...3 lines deleted...]
-    <row r="120" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W119" s="106" t="s">
+        <v>1401</v>
+      </c>
+    </row>
+    <row r="120" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A120" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B120" s="78" t="s">
         <v>1387</v>
       </c>
       <c r="S120"/>
-      <c r="V120" s="106" t="s">
+      <c r="V120" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W120" s="107" t="s">
-[...3 lines deleted...]
-    <row r="121" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W120" s="106" t="s">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="121" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A121" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B121" s="78" t="s">
         <v>1386</v>
       </c>
       <c r="S121"/>
-      <c r="V121" s="106" t="s">
+      <c r="V121" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W121" s="107" t="s">
-[...3 lines deleted...]
-    <row r="122" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W121" s="106" t="s">
+        <v>1399</v>
+      </c>
+    </row>
+    <row r="122" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A122" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B122" s="78" t="s">
         <v>1385</v>
       </c>
       <c r="S122"/>
-      <c r="V122" s="106" t="s">
+      <c r="V122" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W122" s="107" t="s">
-[...3 lines deleted...]
-    <row r="123" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W122" s="106" t="s">
+        <v>1398</v>
+      </c>
+    </row>
+    <row r="123" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A123" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B123" s="78" t="s">
         <v>1384</v>
       </c>
       <c r="S123"/>
-      <c r="V123" s="106" t="s">
+      <c r="V123" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W123" s="107" t="s">
-[...3 lines deleted...]
-    <row r="124" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W123" s="106" t="s">
+        <v>1397</v>
+      </c>
+    </row>
+    <row r="124" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A124" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B124" s="78" t="s">
         <v>1383</v>
       </c>
       <c r="S124"/>
-      <c r="V124" s="106" t="s">
+      <c r="V124" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W124" s="107" t="s">
-[...3 lines deleted...]
-    <row r="125" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W124" s="106" t="s">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="125" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A125" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B125" s="78" t="s">
         <v>1382</v>
       </c>
       <c r="S125"/>
-      <c r="V125" s="106" t="s">
+      <c r="V125" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W125" s="107" t="s">
-[...3 lines deleted...]
-    <row r="126" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W125" s="106" t="s">
+        <v>1395</v>
+      </c>
+    </row>
+    <row r="126" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A126" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B126" s="78" t="s">
         <v>1381</v>
       </c>
       <c r="S126"/>
-      <c r="V126" s="106" t="s">
+      <c r="V126" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W126" s="107" t="s">
-[...3 lines deleted...]
-    <row r="127" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W126" s="106" t="s">
+        <v>1394</v>
+      </c>
+    </row>
+    <row r="127" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A127" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B127" s="78" t="s">
         <v>1380</v>
       </c>
       <c r="S127"/>
-      <c r="V127" s="106" t="s">
+      <c r="V127" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W127" s="107" t="s">
-[...3 lines deleted...]
-    <row r="128" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W127" s="106" t="s">
+        <v>1393</v>
+      </c>
+    </row>
+    <row r="128" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A128" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B128" s="78" t="s">
         <v>1379</v>
       </c>
       <c r="S128"/>
-      <c r="V128" s="106" t="s">
+      <c r="V128" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W128" s="107" t="s">
-[...3 lines deleted...]
-    <row r="129" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W128" s="106" t="s">
+        <v>1392</v>
+      </c>
+    </row>
+    <row r="129" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A129" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B129" s="78" t="s">
         <v>1378</v>
       </c>
       <c r="S129"/>
-      <c r="V129" s="106" t="s">
+      <c r="V129" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W129" s="107" t="s">
-[...3 lines deleted...]
-    <row r="130" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W129" s="106" t="s">
+        <v>1630</v>
+      </c>
+    </row>
+    <row r="130" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A130" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B130" s="78" t="s">
         <v>1377</v>
       </c>
       <c r="S130"/>
-      <c r="V130" s="106" t="s">
+      <c r="V130" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W130" s="107" t="s">
-[...3 lines deleted...]
-    <row r="131" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W130" s="106" t="s">
+        <v>1391</v>
+      </c>
+    </row>
+    <row r="131" spans="1:23" ht="28.5" x14ac:dyDescent="0.45">
       <c r="A131" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B131" s="78" t="s">
         <v>1376</v>
       </c>
       <c r="S131"/>
-      <c r="V131" s="106" t="s">
+      <c r="V131" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W131" s="107" t="s">
-[...3 lines deleted...]
-    <row r="132" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W131" s="106" t="s">
+        <v>1390</v>
+      </c>
+    </row>
+    <row r="132" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A132" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B132" s="78" t="s">
         <v>1375</v>
       </c>
       <c r="S132"/>
-      <c r="V132" s="106" t="s">
+      <c r="V132" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W132" s="107" t="s">
-[...3 lines deleted...]
-    <row r="133" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W132" s="106" t="s">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="133" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A133" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B133" s="78" t="s">
         <v>1374</v>
       </c>
       <c r="S133"/>
-      <c r="V133" s="106" t="s">
+      <c r="V133" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W133" s="107" t="s">
-[...3 lines deleted...]
-    <row r="134" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W133" s="106" t="s">
+        <v>1388</v>
+      </c>
+    </row>
+    <row r="134" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A134" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B134" s="78" t="s">
         <v>1373</v>
       </c>
       <c r="S134"/>
-      <c r="V134" s="106" t="s">
+      <c r="V134" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W134" s="107" t="s">
-[...3 lines deleted...]
-    <row r="135" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W134" s="106" t="s">
+        <v>1387</v>
+      </c>
+    </row>
+    <row r="135" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A135" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B135" s="78" t="s">
         <v>1372</v>
       </c>
       <c r="S135"/>
-      <c r="V135" s="106" t="s">
+      <c r="V135" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W135" s="107" t="s">
-[...3 lines deleted...]
-    <row r="136" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W135" s="106" t="s">
+        <v>1386</v>
+      </c>
+    </row>
+    <row r="136" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A136" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B136" s="78" t="s">
         <v>1371</v>
       </c>
       <c r="S136"/>
-      <c r="V136" s="106" t="s">
+      <c r="V136" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W136" s="107" t="s">
-[...3 lines deleted...]
-    <row r="137" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W136" s="106" t="s">
+        <v>1385</v>
+      </c>
+    </row>
+    <row r="137" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A137" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B137" s="78" t="s">
         <v>1370</v>
       </c>
       <c r="S137"/>
-      <c r="V137" s="106" t="s">
+      <c r="V137" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W137" s="107" t="s">
-[...3 lines deleted...]
-    <row r="138" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W137" s="106" t="s">
+        <v>1384</v>
+      </c>
+    </row>
+    <row r="138" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A138" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B138" s="78" t="s">
         <v>1369</v>
       </c>
       <c r="S138"/>
-      <c r="V138" s="106" t="s">
+      <c r="V138" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W138" s="107" t="s">
-[...3 lines deleted...]
-    <row r="139" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W138" s="106" t="s">
+        <v>1383</v>
+      </c>
+    </row>
+    <row r="139" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A139" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B139" s="78" t="s">
         <v>1368</v>
       </c>
       <c r="S139"/>
-      <c r="V139" s="106" t="s">
+      <c r="V139" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W139" s="107" t="s">
-[...3 lines deleted...]
-    <row r="140" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W139" s="106" t="s">
+        <v>1382</v>
+      </c>
+    </row>
+    <row r="140" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A140" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B140" s="78" t="s">
         <v>1367</v>
       </c>
       <c r="S140"/>
-      <c r="V140" s="106" t="s">
+      <c r="V140" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W140" s="107" t="s">
-[...3 lines deleted...]
-    <row r="141" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W140" s="106" t="s">
+        <v>1380</v>
+      </c>
+    </row>
+    <row r="141" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A141" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B141" s="78" t="s">
         <v>1366</v>
       </c>
       <c r="S141"/>
-      <c r="V141" s="106" t="s">
+      <c r="V141" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W141" s="107" t="s">
-[...3 lines deleted...]
-    <row r="142" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W141" s="106" t="s">
+        <v>1379</v>
+      </c>
+    </row>
+    <row r="142" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A142" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B142" s="78" t="s">
         <v>1365</v>
       </c>
       <c r="S142"/>
-      <c r="V142" s="106" t="s">
+      <c r="V142" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W142" s="107" t="s">
-[...3 lines deleted...]
-    <row r="143" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W142" s="106" t="s">
+        <v>1378</v>
+      </c>
+    </row>
+    <row r="143" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A143" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B143" s="78" t="s">
         <v>1364</v>
       </c>
       <c r="S143"/>
-      <c r="V143" s="106" t="s">
+      <c r="V143" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W143" s="107" t="s">
-[...3 lines deleted...]
-    <row r="144" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W143" s="106" t="s">
+        <v>1377</v>
+      </c>
+    </row>
+    <row r="144" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A144" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B144" s="78" t="s">
         <v>1363</v>
       </c>
       <c r="S144"/>
-      <c r="V144" s="106" t="s">
+      <c r="V144" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W144" s="107" t="s">
-[...3 lines deleted...]
-    <row r="145" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W144" s="106" t="s">
+        <v>1376</v>
+      </c>
+    </row>
+    <row r="145" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A145" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B145" s="78" t="s">
         <v>1362</v>
       </c>
       <c r="S145"/>
-      <c r="V145" s="106" t="s">
+      <c r="V145" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W145" s="107" t="s">
-[...3 lines deleted...]
-    <row r="146" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W145" s="106" t="s">
+        <v>1375</v>
+      </c>
+    </row>
+    <row r="146" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A146" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B146" s="78" t="s">
         <v>1361</v>
       </c>
       <c r="S146"/>
-      <c r="V146" s="106" t="s">
+      <c r="V146" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W146" s="107" t="s">
-[...3 lines deleted...]
-    <row r="147" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W146" s="106" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="147" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A147" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B147" s="78" t="s">
         <v>1360</v>
       </c>
       <c r="S147"/>
-      <c r="V147" s="106" t="s">
+      <c r="V147" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W147" s="107" t="s">
-[...3 lines deleted...]
-    <row r="148" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W147" s="106" t="s">
+        <v>1373</v>
+      </c>
+    </row>
+    <row r="148" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A148" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B148" s="78" t="s">
         <v>1359</v>
       </c>
       <c r="S148"/>
-      <c r="V148" s="106" t="s">
+      <c r="V148" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W148" s="107" t="s">
-[...3 lines deleted...]
-    <row r="149" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W148" s="106" t="s">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="149" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A149" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B149" s="78" t="s">
         <v>1358</v>
       </c>
       <c r="S149"/>
-      <c r="V149" s="106" t="s">
+      <c r="V149" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W149" s="107" t="s">
-[...3 lines deleted...]
-    <row r="150" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W149" s="106" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="150" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A150" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B150" s="78" t="s">
         <v>1357</v>
       </c>
       <c r="S150"/>
-      <c r="V150" s="106" t="s">
+      <c r="V150" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W150" s="107" t="s">
-[...3 lines deleted...]
-    <row r="151" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W150" s="106" t="s">
+        <v>1371</v>
+      </c>
+    </row>
+    <row r="151" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A151" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B151" s="78" t="s">
         <v>1356</v>
       </c>
       <c r="S151"/>
-      <c r="V151" s="106" t="s">
+      <c r="V151" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W151" s="107" t="s">
-[...3 lines deleted...]
-    <row r="152" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W151" s="106" t="s">
+        <v>1370</v>
+      </c>
+    </row>
+    <row r="152" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A152" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B152" s="78" t="s">
         <v>1355</v>
       </c>
       <c r="S152"/>
-      <c r="V152" s="106" t="s">
+      <c r="V152" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W152" s="107" t="s">
-[...3 lines deleted...]
-    <row r="153" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W152" s="106" t="s">
+        <v>1369</v>
+      </c>
+    </row>
+    <row r="153" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A153" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B153" s="78" t="s">
         <v>1354</v>
       </c>
       <c r="S153"/>
-      <c r="V153" s="106" t="s">
+      <c r="V153" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W153" s="107" t="s">
-[...3 lines deleted...]
-    <row r="154" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W153" s="106" t="s">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="154" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A154" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B154" s="78" t="s">
         <v>1353</v>
       </c>
       <c r="S154"/>
-      <c r="V154" s="106" t="s">
+      <c r="V154" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W154" s="107" t="s">
-[...3 lines deleted...]
-    <row r="155" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W154" s="106" t="s">
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="155" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A155" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B155" s="78" t="s">
         <v>1352</v>
       </c>
       <c r="S155"/>
-      <c r="V155" s="106" t="s">
+      <c r="V155" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W155" s="107" t="s">
-[...3 lines deleted...]
-    <row r="156" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W155" s="106" t="s">
+        <v>1366</v>
+      </c>
+    </row>
+    <row r="156" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A156" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B156" s="78" t="s">
         <v>1351</v>
       </c>
       <c r="S156"/>
-      <c r="V156" s="106" t="s">
+      <c r="V156" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W156" s="107" t="s">
-[...3 lines deleted...]
-    <row r="157" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W156" s="106" t="s">
+        <v>1365</v>
+      </c>
+    </row>
+    <row r="157" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A157" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B157" s="78" t="s">
         <v>1350</v>
       </c>
       <c r="S157"/>
-      <c r="V157" s="106" t="s">
+      <c r="V157" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W157" s="107" t="s">
-[...3 lines deleted...]
-    <row r="158" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W157" s="106" t="s">
+        <v>1364</v>
+      </c>
+    </row>
+    <row r="158" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A158" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B158" s="78" t="s">
         <v>1349</v>
       </c>
       <c r="S158"/>
-      <c r="V158" s="106" t="s">
+      <c r="V158" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W158" s="107" t="s">
-[...3 lines deleted...]
-    <row r="159" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W158" s="106" t="s">
+        <v>1363</v>
+      </c>
+    </row>
+    <row r="159" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A159" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B159" s="78" t="s">
         <v>1348</v>
       </c>
       <c r="S159"/>
-      <c r="V159" s="106" t="s">
+      <c r="V159" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W159" s="107" t="s">
-[...3 lines deleted...]
-    <row r="160" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W159" s="106" t="s">
+        <v>1362</v>
+      </c>
+    </row>
+    <row r="160" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A160" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B160" s="78" t="s">
         <v>1347</v>
       </c>
       <c r="S160"/>
-      <c r="V160" s="106" t="s">
+      <c r="V160" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W160" s="107" t="s">
-[...3 lines deleted...]
-    <row r="161" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W160" s="106" t="s">
+        <v>1361</v>
+      </c>
+    </row>
+    <row r="161" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A161" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B161" s="78" t="s">
         <v>1346</v>
       </c>
       <c r="S161"/>
-      <c r="V161" s="106" t="s">
+      <c r="V161" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W161" s="107" t="s">
-[...3 lines deleted...]
-    <row r="162" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W161" s="106" t="s">
+        <v>1360</v>
+      </c>
+    </row>
+    <row r="162" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A162" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B162" s="78" t="s">
         <v>1345</v>
       </c>
       <c r="S162"/>
-      <c r="V162" s="106" t="s">
+      <c r="V162" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W162" s="107" t="s">
-[...3 lines deleted...]
-    <row r="163" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W162" s="106" t="s">
+        <v>1359</v>
+      </c>
+    </row>
+    <row r="163" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A163" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B163" s="78" t="s">
         <v>1344</v>
       </c>
       <c r="S163"/>
-      <c r="V163" s="106" t="s">
+      <c r="V163" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W163" s="107" t="s">
-[...3 lines deleted...]
-    <row r="164" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W163" s="106" t="s">
+        <v>1358</v>
+      </c>
+    </row>
+    <row r="164" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A164" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B164" s="78" t="s">
         <v>1343</v>
       </c>
       <c r="S164"/>
-      <c r="V164" s="106" t="s">
+      <c r="V164" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W164" s="107" t="s">
-[...3 lines deleted...]
-    <row r="165" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W164" s="106" t="s">
+        <v>1357</v>
+      </c>
+    </row>
+    <row r="165" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A165" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B165" s="78" t="s">
         <v>1342</v>
       </c>
       <c r="S165"/>
-      <c r="V165" s="106" t="s">
+      <c r="V165" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W165" s="107" t="s">
-[...3 lines deleted...]
-    <row r="166" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W165" s="106" t="s">
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="166" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A166" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B166" s="78" t="s">
         <v>1341</v>
       </c>
       <c r="S166"/>
-      <c r="V166" s="106" t="s">
+      <c r="V166" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W166" s="107" t="s">
-[...3 lines deleted...]
-    <row r="167" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W166" s="106" t="s">
+        <v>1355</v>
+      </c>
+    </row>
+    <row r="167" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A167" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B167" s="78" t="s">
         <v>1340</v>
       </c>
       <c r="S167"/>
-      <c r="V167" s="106" t="s">
+      <c r="V167" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W167" s="107" t="s">
-[...3 lines deleted...]
-    <row r="168" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W167" s="106" t="s">
+        <v>1354</v>
+      </c>
+    </row>
+    <row r="168" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A168" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B168" s="78" t="s">
         <v>1339</v>
       </c>
       <c r="S168"/>
-      <c r="V168" s="106" t="s">
+      <c r="V168" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W168" s="107" t="s">
-[...3 lines deleted...]
-    <row r="169" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W168" s="106" t="s">
+        <v>1353</v>
+      </c>
+    </row>
+    <row r="169" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A169" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B169" s="78" t="s">
         <v>1338</v>
       </c>
       <c r="S169"/>
-      <c r="V169" s="106" t="s">
+      <c r="V169" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W169" s="107" t="s">
-[...3 lines deleted...]
-    <row r="170" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W169" s="106" t="s">
+        <v>1631</v>
+      </c>
+    </row>
+    <row r="170" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A170" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B170" s="78" t="s">
         <v>1337</v>
       </c>
       <c r="S170"/>
-      <c r="V170" s="106" t="s">
+      <c r="V170" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W170" s="107" t="s">
-[...3 lines deleted...]
-    <row r="171" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W170" s="106" t="s">
+        <v>1352</v>
+      </c>
+    </row>
+    <row r="171" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A171" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B171" s="78" t="s">
         <v>1336</v>
       </c>
       <c r="S171"/>
-      <c r="V171" s="106" t="s">
+      <c r="V171" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W171" s="107" t="s">
-[...3 lines deleted...]
-    <row r="172" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W171" s="106" t="s">
+        <v>1351</v>
+      </c>
+    </row>
+    <row r="172" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A172" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B172" s="78" t="s">
         <v>1335</v>
       </c>
       <c r="S172"/>
-      <c r="V172" s="106" t="s">
+      <c r="V172" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W172" s="107" t="s">
-[...3 lines deleted...]
-    <row r="173" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W172" s="106" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="173" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A173" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B173" s="78" t="s">
         <v>1334</v>
       </c>
       <c r="S173"/>
-      <c r="V173" s="106" t="s">
+      <c r="V173" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W173" s="107" t="s">
-[...3 lines deleted...]
-    <row r="174" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W173" s="106" t="s">
+        <v>1349</v>
+      </c>
+    </row>
+    <row r="174" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A174" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B174" s="78" t="s">
         <v>1333</v>
       </c>
       <c r="S174"/>
-      <c r="V174" s="106" t="s">
+      <c r="V174" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W174" s="107" t="s">
-[...3 lines deleted...]
-    <row r="175" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W174" s="106" t="s">
+        <v>1348</v>
+      </c>
+    </row>
+    <row r="175" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A175" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B175" s="78" t="s">
         <v>1332</v>
       </c>
       <c r="S175"/>
-      <c r="V175" s="106" t="s">
+      <c r="V175" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W175" s="107" t="s">
-[...3 lines deleted...]
-    <row r="176" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W175" s="106" t="s">
+        <v>1347</v>
+      </c>
+    </row>
+    <row r="176" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A176" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B176" s="78" t="s">
         <v>1331</v>
       </c>
       <c r="S176"/>
-      <c r="V176" s="106" t="s">
+      <c r="V176" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W176" s="107" t="s">
-[...3 lines deleted...]
-    <row r="177" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W176" s="106" t="s">
+        <v>1346</v>
+      </c>
+    </row>
+    <row r="177" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A177" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B177" s="78" t="s">
         <v>1330</v>
       </c>
       <c r="S177"/>
-      <c r="V177" s="106" t="s">
+      <c r="V177" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W177" s="107" t="s">
-[...3 lines deleted...]
-    <row r="178" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W177" s="106" t="s">
+        <v>1345</v>
+      </c>
+    </row>
+    <row r="178" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A178" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B178" s="78" t="s">
         <v>1329</v>
       </c>
       <c r="S178"/>
-      <c r="V178" s="106" t="s">
+      <c r="V178" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W178" s="107" t="s">
-[...3 lines deleted...]
-    <row r="179" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W178" s="106" t="s">
+        <v>1344</v>
+      </c>
+    </row>
+    <row r="179" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A179" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B179" s="78" t="s">
         <v>1328</v>
       </c>
       <c r="S179"/>
-      <c r="V179" s="106" t="s">
+      <c r="V179" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W179" s="107" t="s">
-[...3 lines deleted...]
-    <row r="180" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W179" s="106" t="s">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="180" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A180" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B180" s="78" t="s">
         <v>1327</v>
       </c>
       <c r="S180"/>
-      <c r="V180" s="106" t="s">
+      <c r="V180" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W180" s="107" t="s">
-[...3 lines deleted...]
-    <row r="181" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W180" s="106" t="s">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="181" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A181" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B181" s="78" t="s">
         <v>1326</v>
       </c>
       <c r="S181"/>
-      <c r="V181" s="106" t="s">
+      <c r="V181" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W181" s="107" t="s">
-[...3 lines deleted...]
-    <row r="182" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W181" s="106" t="s">
+        <v>1342</v>
+      </c>
+    </row>
+    <row r="182" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A182" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B182" s="78" t="s">
         <v>1325</v>
       </c>
       <c r="S182"/>
-      <c r="V182" s="106" t="s">
+      <c r="V182" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W182" s="107" t="s">
-[...3 lines deleted...]
-    <row r="183" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W182" s="106" t="s">
+        <v>1341</v>
+      </c>
+    </row>
+    <row r="183" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A183" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B183" s="78" t="s">
         <v>1324</v>
       </c>
       <c r="S183"/>
-      <c r="V183" s="106" t="s">
+      <c r="V183" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W183" s="107" t="s">
-[...3 lines deleted...]
-    <row r="184" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W183" s="106" t="s">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="184" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A184" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B184" s="78" t="s">
         <v>1323</v>
       </c>
       <c r="S184"/>
-      <c r="V184" s="106" t="s">
+      <c r="V184" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W184" s="107" t="s">
-[...3 lines deleted...]
-    <row r="185" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W184" s="106" t="s">
+        <v>1339</v>
+      </c>
+    </row>
+    <row r="185" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A185" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B185" s="78" t="s">
         <v>1322</v>
       </c>
       <c r="S185"/>
-      <c r="V185" s="106" t="s">
+      <c r="V185" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W185" s="107" t="s">
-[...3 lines deleted...]
-    <row r="186" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W185" s="106" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="186" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A186" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B186" s="78" t="s">
         <v>1321</v>
       </c>
       <c r="S186"/>
-      <c r="V186" s="106" t="s">
+      <c r="V186" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W186" s="107" t="s">
-[...3 lines deleted...]
-    <row r="187" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W186" s="106" t="s">
+        <v>1337</v>
+      </c>
+    </row>
+    <row r="187" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A187" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B187" s="78" t="s">
         <v>1320</v>
       </c>
       <c r="S187"/>
-      <c r="V187" s="106" t="s">
+      <c r="V187" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W187" s="107" t="s">
-[...3 lines deleted...]
-    <row r="188" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W187" s="106" t="s">
+        <v>1336</v>
+      </c>
+    </row>
+    <row r="188" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A188" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B188" s="78" t="s">
         <v>1319</v>
       </c>
       <c r="S188"/>
-      <c r="V188" s="106" t="s">
+      <c r="V188" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W188" s="107" t="s">
-[...3 lines deleted...]
-    <row r="189" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W188" s="106" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="189" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A189" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B189" s="78" t="s">
         <v>1318</v>
       </c>
       <c r="S189"/>
-      <c r="V189" s="106" t="s">
+      <c r="V189" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W189" s="107" t="s">
-[...3 lines deleted...]
-    <row r="190" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W189" s="106" t="s">
+        <v>1333</v>
+      </c>
+    </row>
+    <row r="190" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A190" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B190" s="78" t="s">
         <v>1317</v>
       </c>
       <c r="S190"/>
-      <c r="V190" s="106" t="s">
+      <c r="V190" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W190" s="107" t="s">
-[...3 lines deleted...]
-    <row r="191" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W190" s="106" t="s">
+        <v>1332</v>
+      </c>
+    </row>
+    <row r="191" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A191" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B191" s="78" t="s">
         <v>1316</v>
       </c>
       <c r="S191"/>
-      <c r="V191" s="106" t="s">
+      <c r="V191" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W191" s="107" t="s">
-[...3 lines deleted...]
-    <row r="192" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W191" s="106" t="s">
+        <v>1331</v>
+      </c>
+    </row>
+    <row r="192" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A192" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B192" s="78" t="s">
         <v>1315</v>
       </c>
       <c r="S192"/>
-      <c r="V192" s="106" t="s">
+      <c r="V192" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W192" s="107" t="s">
-[...3 lines deleted...]
-    <row r="193" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W192" s="106" t="s">
+        <v>1330</v>
+      </c>
+    </row>
+    <row r="193" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A193" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B193" s="78" t="s">
         <v>1314</v>
       </c>
       <c r="S193"/>
-      <c r="V193" s="106" t="s">
+      <c r="V193" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W193" s="107" t="s">
-[...3 lines deleted...]
-    <row r="194" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W193" s="106" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="194" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A194" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B194" s="78" t="s">
         <v>1313</v>
       </c>
       <c r="S194"/>
-      <c r="V194" s="106" t="s">
+      <c r="V194" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W194" s="107" t="s">
-[...3 lines deleted...]
-    <row r="195" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W194" s="106" t="s">
+        <v>1328</v>
+      </c>
+    </row>
+    <row r="195" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A195" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B195" s="78" t="s">
         <v>1312</v>
       </c>
       <c r="S195"/>
-      <c r="V195" s="106" t="s">
+      <c r="V195" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W195" s="107" t="s">
-[...3 lines deleted...]
-    <row r="196" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W195" s="106" t="s">
+        <v>1327</v>
+      </c>
+    </row>
+    <row r="196" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A196" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B196" s="78" t="s">
         <v>1311</v>
       </c>
       <c r="S196"/>
-      <c r="V196" s="106" t="s">
+      <c r="V196" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W196" s="107" t="s">
-[...3 lines deleted...]
-    <row r="197" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W196" s="106" t="s">
+        <v>1326</v>
+      </c>
+    </row>
+    <row r="197" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A197" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B197" s="78" t="s">
         <v>1310</v>
       </c>
       <c r="S197"/>
-      <c r="V197" s="106" t="s">
+      <c r="V197" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W197" s="107" t="s">
-[...3 lines deleted...]
-    <row r="198" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W197" s="106" t="s">
+        <v>1325</v>
+      </c>
+    </row>
+    <row r="198" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A198" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B198" s="78" t="s">
         <v>1309</v>
       </c>
       <c r="S198"/>
-      <c r="V198" s="106" t="s">
+      <c r="V198" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W198" s="107" t="s">
-[...3 lines deleted...]
-    <row r="199" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W198" s="106" t="s">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="199" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A199" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B199" s="78" t="s">
         <v>1308</v>
       </c>
       <c r="S199"/>
-      <c r="V199" s="106" t="s">
+      <c r="V199" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W199" s="107" t="s">
-[...3 lines deleted...]
-    <row r="200" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W199" s="106" t="s">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="200" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A200" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B200" s="78" t="s">
         <v>1307</v>
       </c>
       <c r="S200"/>
-      <c r="V200" s="106" t="s">
+      <c r="V200" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W200" s="107" t="s">
-[...3 lines deleted...]
-    <row r="201" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W200" s="106" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="201" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A201" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B201" s="78" t="s">
         <v>1306</v>
       </c>
       <c r="S201"/>
-      <c r="V201" s="106" t="s">
+      <c r="V201" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W201" s="107" t="s">
-[...3 lines deleted...]
-    <row r="202" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W201" s="106" t="s">
+        <v>1321</v>
+      </c>
+    </row>
+    <row r="202" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A202" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B202" s="78" t="s">
         <v>1305</v>
       </c>
       <c r="S202"/>
-      <c r="V202" s="106" t="s">
+      <c r="V202" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W202" s="107" t="s">
-[...3 lines deleted...]
-    <row r="203" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W202" s="106" t="s">
+        <v>1320</v>
+      </c>
+    </row>
+    <row r="203" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A203" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B203" s="78" t="s">
         <v>1304</v>
       </c>
       <c r="S203"/>
-      <c r="V203" s="106" t="s">
+      <c r="V203" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W203" s="107" t="s">
-[...3 lines deleted...]
-    <row r="204" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W203" s="106" t="s">
+        <v>1319</v>
+      </c>
+    </row>
+    <row r="204" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A204" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B204" s="78" t="s">
         <v>1303</v>
       </c>
       <c r="S204"/>
-      <c r="V204" s="106" t="s">
+      <c r="V204" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W204" s="107" t="s">
-[...3 lines deleted...]
-    <row r="205" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W204" s="106" t="s">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="205" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A205" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B205" s="78" t="s">
         <v>1302</v>
       </c>
       <c r="S205"/>
-      <c r="V205" s="106" t="s">
+      <c r="V205" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W205" s="107" t="s">
-[...3 lines deleted...]
-    <row r="206" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W205" s="106" t="s">
+        <v>1317</v>
+      </c>
+    </row>
+    <row r="206" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A206" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B206" s="78" t="s">
         <v>1301</v>
       </c>
       <c r="S206"/>
-      <c r="V206" s="106" t="s">
+      <c r="V206" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W206" s="107" t="s">
-[...3 lines deleted...]
-    <row r="207" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W206" s="106" t="s">
+        <v>1316</v>
+      </c>
+    </row>
+    <row r="207" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A207" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B207" s="78" t="s">
         <v>1300</v>
       </c>
       <c r="S207"/>
-      <c r="V207" s="106" t="s">
+      <c r="V207" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W207" s="107" t="s">
-[...3 lines deleted...]
-    <row r="208" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W207" s="106" t="s">
+        <v>1315</v>
+      </c>
+    </row>
+    <row r="208" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A208" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B208" s="78" t="s">
         <v>1299</v>
       </c>
       <c r="S208"/>
-      <c r="V208" s="106" t="s">
+      <c r="V208" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W208" s="107" t="s">
-[...3 lines deleted...]
-    <row r="209" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W208" s="106" t="s">
+        <v>1314</v>
+      </c>
+    </row>
+    <row r="209" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A209" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B209" s="78" t="s">
         <v>1298</v>
       </c>
       <c r="S209"/>
-      <c r="V209" s="106" t="s">
+      <c r="V209" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W209" s="107" t="s">
-[...3 lines deleted...]
-    <row r="210" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W209" s="106" t="s">
+        <v>1313</v>
+      </c>
+    </row>
+    <row r="210" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A210" s="77" t="s">
         <v>73</v>
       </c>
       <c r="B210" s="78" t="s">
         <v>1297</v>
       </c>
       <c r="S210"/>
-      <c r="V210" s="106" t="s">
+      <c r="V210" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W210" s="107" t="s">
-[...3 lines deleted...]
-    <row r="211" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W210" s="106" t="s">
+        <v>1312</v>
+      </c>
+    </row>
+    <row r="211" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A211" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B211" s="78" t="s">
         <v>1296</v>
       </c>
       <c r="S211"/>
-      <c r="V211" s="106" t="s">
+      <c r="V211" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W211" s="107" t="s">
-[...3 lines deleted...]
-    <row r="212" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W211" s="106" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="212" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A212" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B212" s="78" t="s">
         <v>1295</v>
       </c>
       <c r="S212"/>
-      <c r="V212" s="106" t="s">
+      <c r="V212" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W212" s="107" t="s">
-[...3 lines deleted...]
-    <row r="213" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W212" s="106" t="s">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="213" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A213" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B213" s="78" t="s">
         <v>1294</v>
       </c>
       <c r="S213"/>
-      <c r="V213" s="106" t="s">
+      <c r="V213" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W213" s="107" t="s">
-[...3 lines deleted...]
-    <row r="214" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W213" s="106" t="s">
+        <v>1309</v>
+      </c>
+    </row>
+    <row r="214" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A214" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B214" s="78" t="s">
         <v>1293</v>
       </c>
       <c r="S214"/>
-      <c r="V214" s="106" t="s">
+      <c r="V214" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W214" s="107" t="s">
-[...3 lines deleted...]
-    <row r="215" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W214" s="106" t="s">
+        <v>1308</v>
+      </c>
+    </row>
+    <row r="215" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A215" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B215" s="78" t="s">
         <v>1292</v>
       </c>
       <c r="S215"/>
-      <c r="V215" s="106" t="s">
+      <c r="V215" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W215" s="107" t="s">
-[...3 lines deleted...]
-    <row r="216" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W215" s="106" t="s">
+        <v>1307</v>
+      </c>
+    </row>
+    <row r="216" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A216" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B216" s="78" t="s">
         <v>1291</v>
       </c>
       <c r="S216"/>
-      <c r="V216" s="106" t="s">
+      <c r="V216" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W216" s="107" t="s">
-[...3 lines deleted...]
-    <row r="217" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W216" s="106" t="s">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="217" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A217" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B217" s="78" t="s">
         <v>1290</v>
       </c>
       <c r="S217"/>
-      <c r="V217" s="106" t="s">
+      <c r="V217" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W217" s="107" t="s">
-[...3 lines deleted...]
-    <row r="218" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W217" s="106" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="218" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A218" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B218" s="78" t="s">
         <v>1289</v>
       </c>
       <c r="S218"/>
-      <c r="V218" s="106" t="s">
+      <c r="V218" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W218" s="107" t="s">
-[...3 lines deleted...]
-    <row r="219" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W218" s="106" t="s">
+        <v>1305</v>
+      </c>
+    </row>
+    <row r="219" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A219" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B219" s="78" t="s">
         <v>1288</v>
       </c>
       <c r="S219"/>
-      <c r="V219" s="106" t="s">
+      <c r="V219" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W219" s="107" t="s">
-[...3 lines deleted...]
-    <row r="220" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W219" s="106" t="s">
+        <v>1304</v>
+      </c>
+    </row>
+    <row r="220" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A220" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B220" s="78" t="s">
         <v>1287</v>
       </c>
       <c r="S220"/>
-      <c r="V220" s="106" t="s">
+      <c r="V220" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W220" s="107" t="s">
-[...3 lines deleted...]
-    <row r="221" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W220" s="106" t="s">
+        <v>1303</v>
+      </c>
+    </row>
+    <row r="221" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A221" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B221" s="78" t="s">
         <v>1286</v>
       </c>
       <c r="S221"/>
-      <c r="V221" s="106" t="s">
+      <c r="V221" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W221" s="107" t="s">
-[...3 lines deleted...]
-    <row r="222" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W221" s="106" t="s">
+        <v>1302</v>
+      </c>
+    </row>
+    <row r="222" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A222" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B222" s="78" t="s">
         <v>1285</v>
       </c>
       <c r="S222"/>
-      <c r="V222" s="106" t="s">
+      <c r="V222" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W222" s="107" t="s">
-[...3 lines deleted...]
-    <row r="223" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W222" s="106" t="s">
+        <v>1866</v>
+      </c>
+    </row>
+    <row r="223" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A223" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B223" s="78" t="s">
         <v>1284</v>
       </c>
       <c r="S223"/>
-      <c r="V223" s="106" t="s">
+      <c r="V223" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W223" s="107" t="s">
-[...3 lines deleted...]
-    <row r="224" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W223" s="106" t="s">
+        <v>1634</v>
+      </c>
+    </row>
+    <row r="224" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A224" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B224" s="78" t="s">
         <v>1283</v>
       </c>
       <c r="S224"/>
-      <c r="V224" s="106" t="s">
+      <c r="V224" s="105" t="s">
         <v>73</v>
       </c>
-      <c r="W224" s="107" t="s">
-[...3 lines deleted...]
-    <row r="225" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W224" s="106" t="s">
+        <v>1301</v>
+      </c>
+    </row>
+    <row r="225" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A225" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B225" s="78" t="s">
         <v>1282</v>
       </c>
       <c r="S225"/>
-      <c r="V225" s="106" t="s">
-[...6 lines deleted...]
-    <row r="226" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="V225" s="105" t="s">
+        <v>73</v>
+      </c>
+      <c r="W225" s="106" t="s">
+        <v>1635</v>
+      </c>
+    </row>
+    <row r="226" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A226" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B226" s="78" t="s">
         <v>1281</v>
       </c>
       <c r="S226"/>
-      <c r="V226" s="106" t="s">
-[...6 lines deleted...]
-    <row r="227" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V226" s="105" t="s">
+        <v>73</v>
+      </c>
+      <c r="W226" s="106" t="s">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="227" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A227" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B227" s="78" t="s">
         <v>1280</v>
       </c>
       <c r="S227"/>
-      <c r="V227" s="106" t="s">
-[...6 lines deleted...]
-    <row r="228" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="V227" s="105" t="s">
+        <v>73</v>
+      </c>
+      <c r="W227" s="106" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="228" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A228" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B228" s="78" t="s">
         <v>1279</v>
       </c>
       <c r="S228"/>
-      <c r="V228" s="106" t="s">
-[...6 lines deleted...]
-    <row r="229" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V228" s="105" t="s">
+        <v>73</v>
+      </c>
+      <c r="W228" s="106" t="s">
+        <v>1298</v>
+      </c>
+    </row>
+    <row r="229" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A229" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B229" s="78" t="s">
         <v>1278</v>
       </c>
       <c r="S229"/>
-      <c r="V229" s="106" t="s">
-[...6 lines deleted...]
-    <row r="230" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V229" s="105" t="s">
+        <v>73</v>
+      </c>
+      <c r="W229" s="106" t="s">
+        <v>1297</v>
+      </c>
+    </row>
+    <row r="230" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A230" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B230" s="78" t="s">
         <v>1277</v>
       </c>
       <c r="S230"/>
-      <c r="V230" s="106" t="s">
+      <c r="V230" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W230" s="107" t="s">
-[...3 lines deleted...]
-    <row r="231" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W230" s="106" t="s">
+        <v>1636</v>
+      </c>
+    </row>
+    <row r="231" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A231" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B231" s="78" t="s">
         <v>1276</v>
       </c>
       <c r="S231"/>
-      <c r="V231" s="106" t="s">
+      <c r="V231" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W231" s="107" t="s">
-[...3 lines deleted...]
-    <row r="232" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W231" s="106" t="s">
+        <v>1637</v>
+      </c>
+    </row>
+    <row r="232" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A232" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B232" s="78" t="s">
         <v>1275</v>
       </c>
       <c r="S232"/>
-      <c r="V232" s="106" t="s">
+      <c r="V232" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W232" s="107" t="s">
-[...3 lines deleted...]
-    <row r="233" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W232" s="106" t="s">
+        <v>1638</v>
+      </c>
+    </row>
+    <row r="233" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A233" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B233" s="78" t="s">
         <v>1274</v>
       </c>
       <c r="S233"/>
-      <c r="V233" s="106" t="s">
+      <c r="V233" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W233" s="107" t="s">
-[...3 lines deleted...]
-    <row r="234" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W233" s="106" t="s">
+        <v>1639</v>
+      </c>
+    </row>
+    <row r="234" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A234" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B234" s="78" t="s">
         <v>1273</v>
       </c>
       <c r="S234"/>
-      <c r="V234" s="106" t="s">
+      <c r="V234" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W234" s="107" t="s">
-[...3 lines deleted...]
-    <row r="235" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W234" s="106" t="s">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="235" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A235" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B235" s="78" t="s">
         <v>1272</v>
       </c>
       <c r="S235"/>
-      <c r="V235" s="106" t="s">
+      <c r="V235" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W235" s="107" t="s">
-[...3 lines deleted...]
-    <row r="236" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W235" s="106" t="s">
+        <v>1641</v>
+      </c>
+    </row>
+    <row r="236" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A236" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B236" s="78" t="s">
         <v>1271</v>
       </c>
       <c r="S236"/>
-      <c r="V236" s="106" t="s">
+      <c r="V236" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W236" s="107" t="s">
-[...3 lines deleted...]
-    <row r="237" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W236" s="106" t="s">
+        <v>1642</v>
+      </c>
+    </row>
+    <row r="237" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A237" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B237" s="78" t="s">
         <v>1270</v>
       </c>
       <c r="S237"/>
-      <c r="V237" s="106" t="s">
+      <c r="V237" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W237" s="107" t="s">
-[...3 lines deleted...]
-    <row r="238" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W237" s="106" t="s">
+        <v>1643</v>
+      </c>
+    </row>
+    <row r="238" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A238" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B238" s="78" t="s">
         <v>1269</v>
       </c>
       <c r="S238"/>
-      <c r="V238" s="106" t="s">
+      <c r="V238" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W238" s="107" t="s">
-[...3 lines deleted...]
-    <row r="239" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W238" s="106" t="s">
+        <v>1644</v>
+      </c>
+    </row>
+    <row r="239" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A239" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B239" s="78" t="s">
         <v>1268</v>
       </c>
       <c r="S239"/>
-      <c r="V239" s="106" t="s">
+      <c r="V239" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W239" s="107" t="s">
-[...3 lines deleted...]
-    <row r="240" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W239" s="106" t="s">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="240" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A240" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B240" s="78" t="s">
         <v>1267</v>
       </c>
       <c r="S240"/>
-      <c r="V240" s="106" t="s">
+      <c r="V240" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W240" s="107" t="s">
-[...3 lines deleted...]
-    <row r="241" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W240" s="106" t="s">
+        <v>1646</v>
+      </c>
+    </row>
+    <row r="241" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A241" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B241" s="78" t="s">
         <v>1266</v>
       </c>
       <c r="S241"/>
-      <c r="V241" s="106" t="s">
+      <c r="V241" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W241" s="107" t="s">
-[...3 lines deleted...]
-    <row r="242" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W241" s="106" t="s">
+        <v>1647</v>
+      </c>
+    </row>
+    <row r="242" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A242" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B242" s="78" t="s">
         <v>1265</v>
       </c>
       <c r="S242"/>
-      <c r="V242" s="106" t="s">
+      <c r="V242" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W242" s="107" t="s">
-[...3 lines deleted...]
-    <row r="243" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W242" s="106" t="s">
+        <v>1648</v>
+      </c>
+    </row>
+    <row r="243" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A243" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B243" s="78" t="s">
         <v>1264</v>
       </c>
       <c r="S243"/>
-      <c r="V243" s="106" t="s">
+      <c r="V243" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W243" s="107" t="s">
-[...3 lines deleted...]
-    <row r="244" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W243" s="106" t="s">
+        <v>1649</v>
+      </c>
+    </row>
+    <row r="244" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A244" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B244" s="78" t="s">
         <v>1263</v>
       </c>
       <c r="S244"/>
-      <c r="V244" s="106" t="s">
+      <c r="V244" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W244" s="107" t="s">
-[...3 lines deleted...]
-    <row r="245" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W244" s="106" t="s">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="245" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A245" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B245" s="78" t="s">
         <v>1262</v>
       </c>
       <c r="S245"/>
-      <c r="V245" s="106" t="s">
+      <c r="V245" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W245" s="107" t="s">
-[...3 lines deleted...]
-    <row r="246" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W245" s="106" t="s">
+        <v>1651</v>
+      </c>
+    </row>
+    <row r="246" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A246" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B246" s="78" t="s">
         <v>1261</v>
       </c>
       <c r="S246"/>
-      <c r="V246" s="106" t="s">
+      <c r="V246" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W246" s="107" t="s">
-[...3 lines deleted...]
-    <row r="247" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W246" s="106" t="s">
+        <v>1652</v>
+      </c>
+    </row>
+    <row r="247" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A247" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B247" s="78" t="s">
         <v>1260</v>
       </c>
       <c r="S247"/>
-      <c r="V247" s="106" t="s">
+      <c r="V247" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W247" s="107" t="s">
-[...3 lines deleted...]
-    <row r="248" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W247" s="106" t="s">
+        <v>1653</v>
+      </c>
+    </row>
+    <row r="248" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A248" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B248" s="78" t="s">
         <v>1259</v>
       </c>
       <c r="S248"/>
-      <c r="V248" s="106" t="s">
+      <c r="V248" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W248" s="107" t="s">
-[...3 lines deleted...]
-    <row r="249" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W248" s="106" t="s">
+        <v>1654</v>
+      </c>
+    </row>
+    <row r="249" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A249" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B249" s="78" t="s">
         <v>1258</v>
       </c>
       <c r="S249"/>
-      <c r="V249" s="106" t="s">
+      <c r="V249" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W249" s="107" t="s">
-[...3 lines deleted...]
-    <row r="250" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W249" s="106" t="s">
+        <v>1655</v>
+      </c>
+    </row>
+    <row r="250" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A250" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B250" s="78" t="s">
         <v>1257</v>
       </c>
       <c r="S250"/>
-      <c r="V250" s="106" t="s">
+      <c r="V250" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W250" s="107" t="s">
-[...3 lines deleted...]
-    <row r="251" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W250" s="106" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="251" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A251" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B251" s="78" t="s">
         <v>1256</v>
       </c>
       <c r="S251"/>
-      <c r="V251" s="106" t="s">
+      <c r="V251" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W251" s="107" t="s">
-[...3 lines deleted...]
-    <row r="252" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W251" s="106" t="s">
+        <v>1657</v>
+      </c>
+    </row>
+    <row r="252" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A252" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B252" s="78" t="s">
         <v>1255</v>
       </c>
       <c r="S252"/>
-      <c r="V252" s="106" t="s">
+      <c r="V252" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W252" s="107" t="s">
-[...3 lines deleted...]
-    <row r="253" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W252" s="106" t="s">
+        <v>1658</v>
+      </c>
+    </row>
+    <row r="253" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A253" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B253" s="78" t="s">
         <v>1254</v>
       </c>
       <c r="S253"/>
-      <c r="V253" s="106" t="s">
+      <c r="V253" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W253" s="107" t="s">
-[...3 lines deleted...]
-    <row r="254" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W253" s="106" t="s">
+        <v>1659</v>
+      </c>
+    </row>
+    <row r="254" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A254" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B254" s="78" t="s">
         <v>1253</v>
       </c>
       <c r="S254"/>
-      <c r="V254" s="106" t="s">
+      <c r="V254" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W254" s="107" t="s">
-[...3 lines deleted...]
-    <row r="255" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W254" s="106" t="s">
+        <v>1660</v>
+      </c>
+    </row>
+    <row r="255" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A255" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B255" s="78" t="s">
         <v>1252</v>
       </c>
       <c r="S255"/>
-      <c r="V255" s="106" t="s">
+      <c r="V255" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W255" s="107" t="s">
-[...3 lines deleted...]
-    <row r="256" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W255" s="106" t="s">
+        <v>1661</v>
+      </c>
+    </row>
+    <row r="256" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A256" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B256" s="78" t="s">
         <v>1251</v>
       </c>
       <c r="S256"/>
-      <c r="V256" s="106" t="s">
+      <c r="V256" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W256" s="107" t="s">
-[...3 lines deleted...]
-    <row r="257" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W256" s="106" t="s">
+        <v>1662</v>
+      </c>
+    </row>
+    <row r="257" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A257" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B257" s="78" t="s">
         <v>1250</v>
       </c>
       <c r="S257"/>
-      <c r="V257" s="106" t="s">
+      <c r="V257" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W257" s="107" t="s">
-[...3 lines deleted...]
-    <row r="258" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W257" s="106" t="s">
+        <v>1663</v>
+      </c>
+    </row>
+    <row r="258" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A258" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B258" s="78" t="s">
         <v>1249</v>
       </c>
       <c r="S258"/>
-      <c r="V258" s="106" t="s">
+      <c r="V258" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W258" s="107" t="s">
-[...3 lines deleted...]
-    <row r="259" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W258" s="106" t="s">
+        <v>1664</v>
+      </c>
+    </row>
+    <row r="259" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A259" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B259" s="78" t="s">
         <v>1248</v>
       </c>
       <c r="S259"/>
-      <c r="V259" s="106" t="s">
+      <c r="V259" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W259" s="107" t="s">
-[...3 lines deleted...]
-    <row r="260" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W259" s="106" t="s">
+        <v>1665</v>
+      </c>
+    </row>
+    <row r="260" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A260" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B260" s="78" t="s">
         <v>1247</v>
       </c>
       <c r="S260"/>
-      <c r="V260" s="106" t="s">
+      <c r="V260" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W260" s="107" t="s">
-[...3 lines deleted...]
-    <row r="261" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W260" s="106" t="s">
+        <v>1666</v>
+      </c>
+    </row>
+    <row r="261" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A261" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B261" s="78" t="s">
         <v>1246</v>
       </c>
       <c r="S261"/>
-      <c r="V261" s="106" t="s">
+      <c r="V261" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W261" s="107" t="s">
-[...3 lines deleted...]
-    <row r="262" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W261" s="106" t="s">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="262" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A262" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B262" s="78" t="s">
         <v>1245</v>
       </c>
       <c r="S262"/>
-      <c r="V262" s="106" t="s">
+      <c r="V262" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W262" s="107" t="s">
-[...3 lines deleted...]
-    <row r="263" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W262" s="106" t="s">
+        <v>1857</v>
+      </c>
+    </row>
+    <row r="263" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A263" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B263" s="78" t="s">
         <v>1244</v>
       </c>
       <c r="S263"/>
-      <c r="V263" s="106" t="s">
+      <c r="V263" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W263" s="107" t="s">
-[...3 lines deleted...]
-    <row r="264" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W263" s="106" t="s">
+        <v>1858</v>
+      </c>
+    </row>
+    <row r="264" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A264" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B264" s="78" t="s">
         <v>1243</v>
       </c>
       <c r="S264"/>
-      <c r="V264" s="106" t="s">
+      <c r="V264" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W264" s="107" t="s">
-[...3 lines deleted...]
-    <row r="265" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W264" s="106" t="s">
+        <v>1859</v>
+      </c>
+    </row>
+    <row r="265" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A265" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B265" s="78" t="s">
         <v>1242</v>
       </c>
       <c r="S265"/>
-      <c r="V265" s="106" t="s">
+      <c r="V265" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W265" s="107" t="s">
-[...3 lines deleted...]
-    <row r="266" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W265" s="106" t="s">
+        <v>1860</v>
+      </c>
+    </row>
+    <row r="266" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A266" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B266" s="78" t="s">
         <v>1241</v>
       </c>
       <c r="S266"/>
-      <c r="V266" s="106" t="s">
+      <c r="V266" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W266" s="107" t="s">
-[...3 lines deleted...]
-    <row r="267" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W266" s="106" t="s">
+        <v>1861</v>
+      </c>
+    </row>
+    <row r="267" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A267" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B267" s="78" t="s">
         <v>1240</v>
       </c>
       <c r="S267"/>
-      <c r="V267" s="106" t="s">
+      <c r="V267" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W267" s="107" t="s">
-[...3 lines deleted...]
-    <row r="268" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W267" s="106" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="268" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A268" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B268" s="78" t="s">
         <v>1239</v>
       </c>
       <c r="S268"/>
-      <c r="V268" s="106" t="s">
+      <c r="V268" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W268" s="107" t="s">
-[...3 lines deleted...]
-    <row r="269" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W268" s="106" t="s">
+        <v>1669</v>
+      </c>
+    </row>
+    <row r="269" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A269" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B269" s="78" t="s">
         <v>1238</v>
       </c>
       <c r="S269"/>
-      <c r="V269" s="106" t="s">
+      <c r="V269" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W269" s="107" t="s">
-[...3 lines deleted...]
-    <row r="270" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W269" s="106" t="s">
+        <v>1670</v>
+      </c>
+    </row>
+    <row r="270" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A270" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B270" s="78" t="s">
         <v>1237</v>
       </c>
       <c r="S270"/>
-      <c r="V270" s="106" t="s">
+      <c r="V270" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W270" s="107" t="s">
-[...3 lines deleted...]
-    <row r="271" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W270" s="106" t="s">
+        <v>1671</v>
+      </c>
+    </row>
+    <row r="271" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A271" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B271" s="78" t="s">
         <v>1236</v>
       </c>
       <c r="S271"/>
-      <c r="V271" s="106" t="s">
+      <c r="V271" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W271" s="107" t="s">
-[...3 lines deleted...]
-    <row r="272" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W271" s="106" t="s">
+        <v>1672</v>
+      </c>
+    </row>
+    <row r="272" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A272" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B272" s="78" t="s">
         <v>1235</v>
       </c>
       <c r="S272"/>
-      <c r="V272" s="106" t="s">
+      <c r="V272" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W272" s="107" t="s">
-[...3 lines deleted...]
-    <row r="273" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W272" s="106" t="s">
+        <v>1673</v>
+      </c>
+    </row>
+    <row r="273" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A273" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B273" s="78" t="s">
         <v>1234</v>
       </c>
       <c r="S273"/>
-      <c r="V273" s="106" t="s">
+      <c r="V273" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W273" s="107" t="s">
-[...3 lines deleted...]
-    <row r="274" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W273" s="106" t="s">
+        <v>1674</v>
+      </c>
+    </row>
+    <row r="274" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A274" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B274" s="78" t="s">
         <v>1233</v>
       </c>
       <c r="S274"/>
-      <c r="V274" s="106" t="s">
+      <c r="V274" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W274" s="107" t="s">
-[...3 lines deleted...]
-    <row r="275" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W274" s="106" t="s">
+        <v>1274</v>
+      </c>
+    </row>
+    <row r="275" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A275" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B275" s="78" t="s">
         <v>1232</v>
       </c>
       <c r="S275"/>
-      <c r="V275" s="106" t="s">
+      <c r="V275" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W275" s="107" t="s">
-[...3 lines deleted...]
-    <row r="276" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W275" s="106" t="s">
+        <v>1675</v>
+      </c>
+    </row>
+    <row r="276" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A276" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B276" s="78" t="s">
         <v>1231</v>
       </c>
       <c r="S276"/>
-      <c r="V276" s="106" t="s">
+      <c r="V276" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W276" s="107" t="s">
-[...3 lines deleted...]
-    <row r="277" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W276" s="106" t="s">
+        <v>1676</v>
+      </c>
+    </row>
+    <row r="277" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A277" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B277" s="78" t="s">
         <v>1230</v>
       </c>
       <c r="S277"/>
-      <c r="V277" s="106" t="s">
+      <c r="V277" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W277" s="107" t="s">
-[...3 lines deleted...]
-    <row r="278" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W277" s="106" t="s">
+        <v>1677</v>
+      </c>
+    </row>
+    <row r="278" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A278" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B278" s="78" t="s">
         <v>1229</v>
       </c>
       <c r="S278"/>
-      <c r="V278" s="106" t="s">
+      <c r="V278" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W278" s="107" t="s">
-[...3 lines deleted...]
-    <row r="279" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W278" s="106" t="s">
+        <v>1678</v>
+      </c>
+    </row>
+    <row r="279" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A279" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B279" s="78" t="s">
         <v>1228</v>
       </c>
       <c r="S279"/>
-      <c r="V279" s="106" t="s">
+      <c r="V279" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W279" s="107" t="s">
-[...3 lines deleted...]
-    <row r="280" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W279" s="106" t="s">
+        <v>1679</v>
+      </c>
+    </row>
+    <row r="280" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A280" s="77" t="s">
         <v>82</v>
       </c>
       <c r="B280" s="78" t="s">
         <v>1227</v>
       </c>
       <c r="S280"/>
-      <c r="V280" s="106" t="s">
+      <c r="V280" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W280" s="107" t="s">
-[...3 lines deleted...]
-    <row r="281" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W280" s="106" t="s">
+        <v>1680</v>
+      </c>
+    </row>
+    <row r="281" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A281" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B281" s="78" t="s">
         <v>1226</v>
       </c>
       <c r="S281"/>
-      <c r="V281" s="106" t="s">
+      <c r="V281" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W281" s="107" t="s">
-[...3 lines deleted...]
-    <row r="282" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W281" s="106" t="s">
+        <v>1681</v>
+      </c>
+    </row>
+    <row r="282" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A282" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B282" s="78" t="s">
         <v>1225</v>
       </c>
       <c r="S282"/>
-      <c r="V282" s="106" t="s">
+      <c r="V282" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W282" s="107" t="s">
-[...3 lines deleted...]
-    <row r="283" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W282" s="106" t="s">
+        <v>1682</v>
+      </c>
+    </row>
+    <row r="283" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A283" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B283" s="78" t="s">
         <v>1224</v>
       </c>
       <c r="S283"/>
-      <c r="V283" s="106" t="s">
+      <c r="V283" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W283" s="107" t="s">
-[...3 lines deleted...]
-    <row r="284" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W283" s="106" t="s">
+        <v>1683</v>
+      </c>
+    </row>
+    <row r="284" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A284" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B284" s="78" t="s">
         <v>1223</v>
       </c>
       <c r="S284"/>
-      <c r="V284" s="106" t="s">
+      <c r="V284" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W284" s="107" t="s">
-[...3 lines deleted...]
-    <row r="285" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W284" s="106" t="s">
+        <v>1684</v>
+      </c>
+    </row>
+    <row r="285" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A285" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B285" s="78" t="s">
         <v>1222</v>
       </c>
       <c r="S285"/>
-      <c r="V285" s="106" t="s">
+      <c r="V285" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W285" s="107" t="s">
-[...3 lines deleted...]
-    <row r="286" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W285" s="106" t="s">
+        <v>1685</v>
+      </c>
+    </row>
+    <row r="286" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A286" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B286" s="78" t="s">
         <v>1221</v>
       </c>
       <c r="S286"/>
-      <c r="V286" s="106" t="s">
+      <c r="V286" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W286" s="107" t="s">
-[...3 lines deleted...]
-    <row r="287" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W286" s="106" t="s">
+        <v>1686</v>
+      </c>
+    </row>
+    <row r="287" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A287" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B287" s="78" t="s">
         <v>1220</v>
       </c>
       <c r="S287"/>
-      <c r="V287" s="106" t="s">
+      <c r="V287" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W287" s="107" t="s">
-[...3 lines deleted...]
-    <row r="288" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W287" s="106" t="s">
+        <v>1687</v>
+      </c>
+    </row>
+    <row r="288" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A288" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B288" s="78" t="s">
         <v>1219</v>
       </c>
       <c r="S288"/>
-      <c r="V288" s="106" t="s">
+      <c r="V288" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W288" s="107" t="s">
-[...3 lines deleted...]
-    <row r="289" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W288" s="106" t="s">
+        <v>1688</v>
+      </c>
+    </row>
+    <row r="289" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A289" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B289" s="78" t="s">
         <v>1218</v>
       </c>
       <c r="S289"/>
-      <c r="V289" s="106" t="s">
+      <c r="V289" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W289" s="107" t="s">
-[...3 lines deleted...]
-    <row r="290" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W289" s="106" t="s">
+        <v>1689</v>
+      </c>
+    </row>
+    <row r="290" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A290" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B290" s="78" t="s">
         <v>1217</v>
       </c>
       <c r="S290"/>
-      <c r="V290" s="106" t="s">
+      <c r="V290" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W290" s="107" t="s">
-[...3 lines deleted...]
-    <row r="291" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W290" s="106" t="s">
+        <v>1690</v>
+      </c>
+    </row>
+    <row r="291" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A291" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B291" s="78" t="s">
         <v>1216</v>
       </c>
       <c r="S291"/>
-      <c r="V291" s="106" t="s">
+      <c r="V291" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W291" s="107" t="s">
-[...3 lines deleted...]
-    <row r="292" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W291" s="106" t="s">
+        <v>1691</v>
+      </c>
+    </row>
+    <row r="292" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A292" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B292" s="78" t="s">
         <v>1215</v>
       </c>
       <c r="S292"/>
-      <c r="V292" s="106" t="s">
+      <c r="V292" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W292" s="107" t="s">
-[...3 lines deleted...]
-    <row r="293" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W292" s="106" t="s">
+        <v>1692</v>
+      </c>
+    </row>
+    <row r="293" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A293" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B293" s="78" t="s">
         <v>1214</v>
       </c>
       <c r="S293"/>
-      <c r="V293" s="106" t="s">
+      <c r="V293" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W293" s="107" t="s">
-[...3 lines deleted...]
-    <row r="294" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W293" s="106" t="s">
+        <v>1693</v>
+      </c>
+    </row>
+    <row r="294" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A294" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B294" s="78" t="s">
         <v>1213</v>
       </c>
       <c r="S294"/>
-      <c r="V294" s="106" t="s">
+      <c r="V294" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W294" s="107" t="s">
-[...3 lines deleted...]
-    <row r="295" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W294" s="106" t="s">
+        <v>1694</v>
+      </c>
+    </row>
+    <row r="295" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A295" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B295" s="78" t="s">
         <v>1212</v>
       </c>
       <c r="S295"/>
-      <c r="V295" s="106" t="s">
+      <c r="V295" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W295" s="107" t="s">
-[...3 lines deleted...]
-    <row r="296" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W295" s="106" t="s">
+        <v>1695</v>
+      </c>
+    </row>
+    <row r="296" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A296" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B296" s="78" t="s">
         <v>1211</v>
       </c>
       <c r="S296"/>
-      <c r="V296" s="106" t="s">
+      <c r="V296" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W296" s="107" t="s">
-[...3 lines deleted...]
-    <row r="297" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W296" s="106" t="s">
+        <v>1696</v>
+      </c>
+    </row>
+    <row r="297" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A297" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B297" s="78" t="s">
         <v>1210</v>
       </c>
       <c r="S297"/>
-      <c r="V297" s="106" t="s">
+      <c r="V297" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W297" s="107" t="s">
-[...3 lines deleted...]
-    <row r="298" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W297" s="106" t="s">
+        <v>1697</v>
+      </c>
+    </row>
+    <row r="298" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A298" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B298" s="78" t="s">
         <v>1209</v>
       </c>
       <c r="S298"/>
-      <c r="V298" s="106" t="s">
+      <c r="V298" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W298" s="107" t="s">
-[...3 lines deleted...]
-    <row r="299" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W298" s="106" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="299" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A299" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B299" s="78" t="s">
         <v>1208</v>
       </c>
       <c r="S299"/>
-      <c r="V299" s="106" t="s">
+      <c r="V299" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W299" s="107" t="s">
-[...3 lines deleted...]
-    <row r="300" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W299" s="106" t="s">
+        <v>1699</v>
+      </c>
+    </row>
+    <row r="300" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A300" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B300" s="78" t="s">
         <v>1207</v>
       </c>
       <c r="S300"/>
-      <c r="V300" s="106" t="s">
+      <c r="V300" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W300" s="107" t="s">
-[...3 lines deleted...]
-    <row r="301" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W300" s="106" t="s">
+        <v>1700</v>
+      </c>
+    </row>
+    <row r="301" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A301" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B301" s="78" t="s">
         <v>1206</v>
       </c>
       <c r="S301"/>
-      <c r="V301" s="106" t="s">
+      <c r="V301" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W301" s="107" t="s">
-[...3 lines deleted...]
-    <row r="302" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W301" s="106" t="s">
+        <v>1701</v>
+      </c>
+    </row>
+    <row r="302" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A302" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B302" s="78" t="s">
         <v>1205</v>
       </c>
       <c r="S302"/>
-      <c r="V302" s="106" t="s">
+      <c r="V302" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W302" s="107" t="s">
-[...3 lines deleted...]
-    <row r="303" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W302" s="106" t="s">
+        <v>1702</v>
+      </c>
+    </row>
+    <row r="303" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A303" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B303" s="78" t="s">
         <v>1204</v>
       </c>
       <c r="S303"/>
-      <c r="V303" s="106" t="s">
+      <c r="V303" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W303" s="107" t="s">
-[...3 lines deleted...]
-    <row r="304" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W303" s="106" t="s">
+        <v>1703</v>
+      </c>
+    </row>
+    <row r="304" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A304" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B304" s="78" t="s">
         <v>1203</v>
       </c>
       <c r="S304"/>
-      <c r="V304" s="106" t="s">
+      <c r="V304" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W304" s="107" t="s">
-[...3 lines deleted...]
-    <row r="305" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W304" s="106" t="s">
+        <v>1704</v>
+      </c>
+    </row>
+    <row r="305" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A305" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B305" s="78" t="s">
         <v>1202</v>
       </c>
       <c r="S305"/>
-      <c r="V305" s="106" t="s">
+      <c r="V305" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W305" s="107" t="s">
-[...3 lines deleted...]
-    <row r="306" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W305" s="106" t="s">
+        <v>1705</v>
+      </c>
+    </row>
+    <row r="306" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A306" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B306" s="78" t="s">
         <v>1201</v>
       </c>
       <c r="S306"/>
-      <c r="V306" s="106" t="s">
+      <c r="V306" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W306" s="107" t="s">
-[...3 lines deleted...]
-    <row r="307" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W306" s="106" t="s">
+        <v>1706</v>
+      </c>
+    </row>
+    <row r="307" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A307" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B307" s="78" t="s">
         <v>1200</v>
       </c>
       <c r="S307"/>
-      <c r="V307" s="106" t="s">
+      <c r="V307" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W307" s="107" t="s">
-[...3 lines deleted...]
-    <row r="308" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W307" s="106" t="s">
+        <v>1707</v>
+      </c>
+    </row>
+    <row r="308" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A308" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B308" s="78" t="s">
         <v>1199</v>
       </c>
       <c r="S308"/>
-      <c r="V308" s="106" t="s">
+      <c r="V308" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W308" s="107" t="s">
-[...3 lines deleted...]
-    <row r="309" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W308" s="106" t="s">
+        <v>1708</v>
+      </c>
+    </row>
+    <row r="309" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A309" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B309" s="78" t="s">
         <v>1198</v>
       </c>
       <c r="S309"/>
-      <c r="V309" s="106" t="s">
+      <c r="V309" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W309" s="107" t="s">
-[...3 lines deleted...]
-    <row r="310" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W309" s="106" t="s">
+        <v>1709</v>
+      </c>
+    </row>
+    <row r="310" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A310" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B310" s="78" t="s">
         <v>1197</v>
       </c>
       <c r="S310"/>
-      <c r="V310" s="106" t="s">
+      <c r="V310" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W310" s="107" t="s">
-[...3 lines deleted...]
-    <row r="311" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W310" s="106" t="s">
+        <v>1710</v>
+      </c>
+    </row>
+    <row r="311" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A311" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B311" s="78" t="s">
         <v>1196</v>
       </c>
       <c r="S311"/>
-      <c r="V311" s="106" t="s">
+      <c r="V311" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W311" s="107" t="s">
-[...3 lines deleted...]
-    <row r="312" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W311" s="106" t="s">
+        <v>1711</v>
+      </c>
+    </row>
+    <row r="312" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A312" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B312" s="78" t="s">
         <v>1195</v>
       </c>
       <c r="S312"/>
-      <c r="V312" s="106" t="s">
+      <c r="V312" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W312" s="107" t="s">
-[...3 lines deleted...]
-    <row r="313" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W312" s="106" t="s">
+        <v>1712</v>
+      </c>
+    </row>
+    <row r="313" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A313" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B313" s="78" t="s">
         <v>1194</v>
       </c>
       <c r="S313"/>
-      <c r="V313" s="106" t="s">
+      <c r="V313" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W313" s="107" t="s">
-[...3 lines deleted...]
-    <row r="314" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W313" s="106" t="s">
+        <v>1713</v>
+      </c>
+    </row>
+    <row r="314" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A314" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B314" s="78" t="s">
         <v>1193</v>
       </c>
       <c r="S314"/>
-      <c r="V314" s="106" t="s">
+      <c r="V314" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W314" s="107" t="s">
-[...3 lines deleted...]
-    <row r="315" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W314" s="106" t="s">
+        <v>1714</v>
+      </c>
+    </row>
+    <row r="315" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A315" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B315" s="78" t="s">
         <v>1192</v>
       </c>
       <c r="S315"/>
-      <c r="V315" s="106" t="s">
+      <c r="V315" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W315" s="107" t="s">
-[...3 lines deleted...]
-    <row r="316" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W315" s="106" t="s">
+        <v>1715</v>
+      </c>
+    </row>
+    <row r="316" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A316" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B316" s="78" t="s">
         <v>1191</v>
       </c>
       <c r="S316"/>
-      <c r="V316" s="106" t="s">
+      <c r="V316" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W316" s="107" t="s">
-[...3 lines deleted...]
-    <row r="317" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W316" s="106" t="s">
+        <v>1716</v>
+      </c>
+    </row>
+    <row r="317" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A317" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B317" s="78" t="s">
         <v>1190</v>
       </c>
       <c r="S317"/>
-      <c r="V317" s="106" t="s">
+      <c r="V317" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W317" s="107" t="s">
-[...3 lines deleted...]
-    <row r="318" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W317" s="106" t="s">
+        <v>1717</v>
+      </c>
+    </row>
+    <row r="318" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A318" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B318" s="78" t="s">
         <v>1189</v>
       </c>
       <c r="S318"/>
-      <c r="V318" s="106" t="s">
+      <c r="V318" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W318" s="107" t="s">
-[...3 lines deleted...]
-    <row r="319" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W318" s="106" t="s">
+        <v>1718</v>
+      </c>
+    </row>
+    <row r="319" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A319" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B319" s="78" t="s">
         <v>1188</v>
       </c>
       <c r="S319"/>
-      <c r="V319" s="106" t="s">
+      <c r="V319" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W319" s="107" t="s">
-[...3 lines deleted...]
-    <row r="320" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W319" s="106" t="s">
+        <v>1719</v>
+      </c>
+    </row>
+    <row r="320" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A320" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B320" s="78" t="s">
         <v>1187</v>
       </c>
       <c r="S320"/>
-      <c r="V320" s="106" t="s">
+      <c r="V320" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W320" s="107" t="s">
-[...3 lines deleted...]
-    <row r="321" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W320" s="106" t="s">
+        <v>1720</v>
+      </c>
+    </row>
+    <row r="321" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A321" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B321" s="78" t="s">
         <v>1186</v>
       </c>
       <c r="S321"/>
-      <c r="V321" s="106" t="s">
+      <c r="V321" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W321" s="107" t="s">
-[...3 lines deleted...]
-    <row r="322" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W321" s="106" t="s">
+        <v>1721</v>
+      </c>
+    </row>
+    <row r="322" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A322" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B322" s="78" t="s">
         <v>1185</v>
       </c>
       <c r="S322"/>
-      <c r="V322" s="106" t="s">
+      <c r="V322" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W322" s="107" t="s">
-[...3 lines deleted...]
-    <row r="323" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W322" s="106" t="s">
+        <v>1722</v>
+      </c>
+    </row>
+    <row r="323" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A323" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B323" s="78" t="s">
         <v>1184</v>
       </c>
       <c r="S323"/>
-      <c r="V323" s="106" t="s">
+      <c r="V323" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W323" s="107" t="s">
-[...3 lines deleted...]
-    <row r="324" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W323" s="106" t="s">
+        <v>1723</v>
+      </c>
+    </row>
+    <row r="324" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A324" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B324" s="78" t="s">
         <v>1183</v>
       </c>
       <c r="S324"/>
-      <c r="V324" s="106" t="s">
+      <c r="V324" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W324" s="107" t="s">
-[...3 lines deleted...]
-    <row r="325" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W324" s="106" t="s">
+        <v>1724</v>
+      </c>
+    </row>
+    <row r="325" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A325" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B325" s="78" t="s">
         <v>1182</v>
       </c>
       <c r="S325"/>
-      <c r="V325" s="106" t="s">
+      <c r="V325" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W325" s="107" t="s">
-[...3 lines deleted...]
-    <row r="326" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W325" s="106" t="s">
+        <v>1725</v>
+      </c>
+    </row>
+    <row r="326" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A326" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B326" s="78" t="s">
         <v>1181</v>
       </c>
       <c r="S326"/>
-      <c r="V326" s="106" t="s">
+      <c r="V326" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W326" s="107" t="s">
-[...3 lines deleted...]
-    <row r="327" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W326" s="106" t="s">
+        <v>1726</v>
+      </c>
+    </row>
+    <row r="327" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A327" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B327" s="78" t="s">
         <v>1180</v>
       </c>
       <c r="S327"/>
-      <c r="V327" s="106" t="s">
+      <c r="V327" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W327" s="107" t="s">
-[...3 lines deleted...]
-    <row r="328" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W327" s="106" t="s">
+        <v>1727</v>
+      </c>
+    </row>
+    <row r="328" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A328" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B328" s="78" t="s">
         <v>1179</v>
       </c>
       <c r="S328"/>
-      <c r="V328" s="106" t="s">
+      <c r="V328" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W328" s="107" t="s">
-[...3 lines deleted...]
-    <row r="329" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W328" s="106" t="s">
+        <v>1728</v>
+      </c>
+    </row>
+    <row r="329" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A329" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B329" s="78" t="s">
         <v>1178</v>
       </c>
       <c r="S329"/>
-      <c r="V329" s="106" t="s">
+      <c r="V329" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W329" s="107" t="s">
-[...3 lines deleted...]
-    <row r="330" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W329" s="106" t="s">
+        <v>1262</v>
+      </c>
+    </row>
+    <row r="330" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A330" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B330" s="78" t="s">
         <v>1177</v>
       </c>
       <c r="S330"/>
-      <c r="V330" s="106" t="s">
+      <c r="V330" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W330" s="107" t="s">
-[...3 lines deleted...]
-    <row r="331" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W330" s="106" t="s">
+        <v>1729</v>
+      </c>
+    </row>
+    <row r="331" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A331" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B331" s="78" t="s">
         <v>1176</v>
       </c>
       <c r="S331"/>
-      <c r="V331" s="106" t="s">
+      <c r="V331" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W331" s="107" t="s">
-[...3 lines deleted...]
-    <row r="332" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W331" s="106" t="s">
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="332" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A332" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B332" s="78" t="s">
         <v>1175</v>
       </c>
       <c r="S332"/>
-      <c r="V332" s="106" t="s">
+      <c r="V332" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W332" s="107" t="s">
-[...3 lines deleted...]
-    <row r="333" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W332" s="106" t="s">
+        <v>1731</v>
+      </c>
+    </row>
+    <row r="333" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A333" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B333" s="78" t="s">
         <v>1174</v>
       </c>
       <c r="S333"/>
-      <c r="V333" s="106" t="s">
+      <c r="V333" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W333" s="107" t="s">
-[...3 lines deleted...]
-    <row r="334" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W333" s="106" t="s">
+        <v>1732</v>
+      </c>
+    </row>
+    <row r="334" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A334" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B334" s="78" t="s">
         <v>1173</v>
       </c>
       <c r="S334"/>
-      <c r="V334" s="106" t="s">
+      <c r="V334" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W334" s="107" t="s">
-[...3 lines deleted...]
-    <row r="335" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W334" s="106" t="s">
+        <v>1733</v>
+      </c>
+    </row>
+    <row r="335" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A335" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B335" s="78" t="s">
         <v>1172</v>
       </c>
       <c r="S335"/>
-      <c r="V335" s="106" t="s">
+      <c r="V335" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W335" s="107" t="s">
-[...3 lines deleted...]
-    <row r="336" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W335" s="106" t="s">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="336" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A336" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B336" s="78" t="s">
         <v>1171</v>
       </c>
       <c r="S336"/>
-      <c r="V336" s="106" t="s">
+      <c r="V336" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W336" s="107" t="s">
-[...3 lines deleted...]
-    <row r="337" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W336" s="106" t="s">
+        <v>1734</v>
+      </c>
+    </row>
+    <row r="337" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A337" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B337" s="78" t="s">
         <v>1170</v>
       </c>
       <c r="S337"/>
-      <c r="V337" s="106" t="s">
+      <c r="V337" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W337" s="107" t="s">
-[...3 lines deleted...]
-    <row r="338" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W337" s="106" t="s">
+        <v>1735</v>
+      </c>
+    </row>
+    <row r="338" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A338" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B338" s="78" t="s">
         <v>1169</v>
       </c>
       <c r="S338"/>
-      <c r="V338" s="106" t="s">
+      <c r="V338" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W338" s="107" t="s">
-[...3 lines deleted...]
-    <row r="339" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W338" s="106" t="s">
+        <v>1736</v>
+      </c>
+    </row>
+    <row r="339" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A339" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B339" s="78" t="s">
         <v>1168</v>
       </c>
       <c r="S339"/>
-      <c r="V339" s="106" t="s">
+      <c r="V339" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W339" s="107" t="s">
-[...3 lines deleted...]
-    <row r="340" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W339" s="106" t="s">
+        <v>1737</v>
+      </c>
+    </row>
+    <row r="340" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A340" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B340" s="78" t="s">
         <v>1167</v>
       </c>
       <c r="S340"/>
-      <c r="V340" s="106" t="s">
+      <c r="V340" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W340" s="107" t="s">
-[...3 lines deleted...]
-    <row r="341" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W340" s="106" t="s">
+        <v>1738</v>
+      </c>
+    </row>
+    <row r="341" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A341" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B341" s="78" t="s">
         <v>1166</v>
       </c>
       <c r="S341"/>
-      <c r="V341" s="106" t="s">
+      <c r="V341" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W341" s="107" t="s">
-[...3 lines deleted...]
-    <row r="342" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W341" s="106" t="s">
+        <v>1257</v>
+      </c>
+    </row>
+    <row r="342" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A342" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B342" s="78" t="s">
         <v>1165</v>
       </c>
       <c r="S342"/>
-      <c r="V342" s="106" t="s">
+      <c r="V342" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W342" s="107" t="s">
-[...3 lines deleted...]
-    <row r="343" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W342" s="106" t="s">
+        <v>1256</v>
+      </c>
+    </row>
+    <row r="343" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A343" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B343" s="78" t="s">
         <v>1164</v>
       </c>
       <c r="S343"/>
-      <c r="V343" s="106" t="s">
+      <c r="V343" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W343" s="107" t="s">
-[...3 lines deleted...]
-    <row r="344" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W343" s="106" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="344" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A344" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B344" s="78" t="s">
         <v>1163</v>
       </c>
       <c r="S344"/>
-      <c r="V344" s="106" t="s">
+      <c r="V344" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W344" s="107" t="s">
-[...3 lines deleted...]
-    <row r="345" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W344" s="106" t="s">
+        <v>1254</v>
+      </c>
+    </row>
+    <row r="345" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A345" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B345" s="78" t="s">
         <v>1162</v>
       </c>
       <c r="S345"/>
-      <c r="V345" s="106" t="s">
+      <c r="V345" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W345" s="107" t="s">
-[...3 lines deleted...]
-    <row r="346" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W345" s="106" t="s">
+        <v>1253</v>
+      </c>
+    </row>
+    <row r="346" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A346" s="77" t="s">
         <v>90</v>
       </c>
       <c r="B346" s="78" t="s">
         <v>1161</v>
       </c>
       <c r="S346"/>
-      <c r="V346" s="106" t="s">
+      <c r="V346" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W346" s="107" t="s">
-[...3 lines deleted...]
-    <row r="347" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W346" s="106" t="s">
+        <v>1251</v>
+      </c>
+    </row>
+    <row r="347" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A347" s="77" t="s">
         <v>74</v>
       </c>
       <c r="B347" s="78" t="s">
         <v>1160</v>
       </c>
       <c r="S347"/>
-      <c r="V347" s="106" t="s">
+      <c r="V347" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W347" s="107" t="s">
-[...3 lines deleted...]
-    <row r="348" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W347" s="106" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="348" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A348" s="77" t="s">
         <v>74</v>
       </c>
       <c r="B348" s="78" t="s">
         <v>1159</v>
       </c>
       <c r="S348"/>
-      <c r="V348" s="106" t="s">
+      <c r="V348" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W348" s="107" t="s">
-[...3 lines deleted...]
-    <row r="349" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W348" s="106" t="s">
+        <v>1739</v>
+      </c>
+    </row>
+    <row r="349" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A349" s="77" t="s">
         <v>74</v>
       </c>
       <c r="B349" s="78" t="s">
         <v>1158</v>
       </c>
       <c r="S349"/>
-      <c r="V349" s="106" t="s">
+      <c r="V349" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W349" s="107" t="s">
-[...3 lines deleted...]
-    <row r="350" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W349" s="106" t="s">
+        <v>1249</v>
+      </c>
+    </row>
+    <row r="350" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A350" s="77" t="s">
         <v>74</v>
       </c>
       <c r="B350" s="78" t="s">
         <v>1157</v>
       </c>
       <c r="S350"/>
-      <c r="V350" s="106" t="s">
+      <c r="V350" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W350" s="107" t="s">
-[...3 lines deleted...]
-    <row r="351" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W350" s="106" t="s">
+        <v>1247</v>
+      </c>
+    </row>
+    <row r="351" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A351" s="77" t="s">
         <v>74</v>
       </c>
       <c r="B351" s="78" t="s">
         <v>1156</v>
       </c>
       <c r="S351"/>
-      <c r="V351" s="106" t="s">
+      <c r="V351" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W351" s="107" t="s">
-[...3 lines deleted...]
-    <row r="352" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W351" s="106" t="s">
+        <v>1245</v>
+      </c>
+    </row>
+    <row r="352" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A352" s="77" t="s">
         <v>74</v>
       </c>
       <c r="B352" s="78" t="s">
         <v>1155</v>
       </c>
       <c r="S352"/>
-      <c r="V352" s="106" t="s">
+      <c r="V352" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W352" s="107" t="s">
-[...3 lines deleted...]
-    <row r="353" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W352" s="106" t="s">
+        <v>1867</v>
+      </c>
+    </row>
+    <row r="353" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A353" s="77" t="s">
         <v>74</v>
       </c>
       <c r="B353" s="78" t="s">
         <v>1154</v>
       </c>
       <c r="S353"/>
-      <c r="V353" s="106" t="s">
+      <c r="V353" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W353" s="107" t="s">
-[...3 lines deleted...]
-    <row r="354" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W353" s="106" t="s">
+        <v>1740</v>
+      </c>
+    </row>
+    <row r="354" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A354" s="77" t="s">
         <v>74</v>
       </c>
       <c r="B354" s="78" t="s">
         <v>1153</v>
       </c>
       <c r="S354"/>
-      <c r="V354" s="106" t="s">
+      <c r="V354" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W354" s="107" t="s">
-[...3 lines deleted...]
-    <row r="355" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W354" s="106" t="s">
+        <v>1741</v>
+      </c>
+    </row>
+    <row r="355" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A355" s="77" t="s">
         <v>74</v>
       </c>
       <c r="B355" s="78" t="s">
         <v>1152</v>
       </c>
       <c r="S355"/>
-      <c r="V355" s="106" t="s">
+      <c r="V355" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W355" s="107" t="s">
-[...3 lines deleted...]
-    <row r="356" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W355" s="106" t="s">
+        <v>1742</v>
+      </c>
+    </row>
+    <row r="356" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A356" s="77" t="s">
         <v>74</v>
       </c>
       <c r="B356" s="78" t="s">
         <v>1151</v>
       </c>
       <c r="S356"/>
-      <c r="V356" s="106" t="s">
+      <c r="V356" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W356" s="107" t="s">
-[...3 lines deleted...]
-    <row r="357" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W356" s="106" t="s">
+        <v>1743</v>
+      </c>
+    </row>
+    <row r="357" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A357" s="77" t="s">
         <v>74</v>
       </c>
       <c r="B357" s="78" t="s">
         <v>1150</v>
       </c>
       <c r="S357"/>
-      <c r="V357" s="106" t="s">
+      <c r="V357" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W357" s="107" t="s">
-[...3 lines deleted...]
-    <row r="358" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W357" s="106" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="358" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A358" s="77" t="s">
         <v>74</v>
       </c>
       <c r="B358" s="78" t="s">
         <v>1149</v>
       </c>
       <c r="S358"/>
-      <c r="V358" s="106" t="s">
+      <c r="V358" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W358" s="107" t="s">
-[...3 lines deleted...]
-    <row r="359" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W358" s="106" t="s">
+        <v>1744</v>
+      </c>
+    </row>
+    <row r="359" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A359" s="77" t="s">
         <v>74</v>
       </c>
       <c r="B359" s="78" t="s">
         <v>1148</v>
       </c>
       <c r="S359"/>
-      <c r="V359" s="106" t="s">
+      <c r="V359" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W359" s="107" t="s">
-[...3 lines deleted...]
-    <row r="360" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W359" s="106" t="s">
+        <v>1745</v>
+      </c>
+    </row>
+    <row r="360" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A360" s="77" t="s">
         <v>74</v>
       </c>
       <c r="B360" s="78" t="s">
         <v>1147</v>
       </c>
       <c r="S360"/>
-      <c r="V360" s="106" t="s">
+      <c r="V360" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W360" s="107" t="s">
-[...3 lines deleted...]
-    <row r="361" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W360" s="106" t="s">
+        <v>1746</v>
+      </c>
+    </row>
+    <row r="361" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A361" s="77" t="s">
         <v>74</v>
       </c>
       <c r="B361" s="78" t="s">
         <v>1146</v>
       </c>
       <c r="S361"/>
-      <c r="V361" s="106" t="s">
+      <c r="V361" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W361" s="107" t="s">
-[...3 lines deleted...]
-    <row r="362" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W361" s="106" t="s">
+        <v>1747</v>
+      </c>
+    </row>
+    <row r="362" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A362" s="77" t="s">
         <v>74</v>
       </c>
       <c r="B362" s="78" t="s">
         <v>1145</v>
       </c>
       <c r="S362"/>
-      <c r="V362" s="106" t="s">
+      <c r="V362" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W362" s="107" t="s">
-[...3 lines deleted...]
-    <row r="363" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W362" s="106" t="s">
+        <v>1748</v>
+      </c>
+    </row>
+    <row r="363" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A363" s="77" t="s">
         <v>74</v>
       </c>
       <c r="B363" s="78" t="s">
         <v>1144</v>
       </c>
       <c r="S363"/>
-      <c r="V363" s="106" t="s">
+      <c r="V363" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W363" s="107" t="s">
-[...3 lines deleted...]
-    <row r="364" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W363" s="106" t="s">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="364" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A364" s="77" t="s">
         <v>74</v>
       </c>
       <c r="B364" s="78" t="s">
         <v>1143</v>
       </c>
       <c r="S364"/>
-      <c r="V364" s="106" t="s">
+      <c r="V364" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W364" s="107" t="s">
-[...3 lines deleted...]
-    <row r="365" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W364" s="106" t="s">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="365" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A365" s="77" t="s">
         <v>74</v>
       </c>
       <c r="B365" s="78" t="s">
         <v>1142</v>
       </c>
       <c r="S365"/>
-      <c r="V365" s="106" t="s">
+      <c r="V365" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W365" s="107" t="s">
-[...3 lines deleted...]
-    <row r="366" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W365" s="106" t="s">
+        <v>1751</v>
+      </c>
+    </row>
+    <row r="366" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A366" s="77" t="s">
         <v>74</v>
       </c>
       <c r="B366" s="78" t="s">
         <v>1141</v>
       </c>
       <c r="S366"/>
-      <c r="V366" s="106" t="s">
+      <c r="V366" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W366" s="107" t="s">
-[...3 lines deleted...]
-    <row r="367" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W366" s="106" t="s">
+        <v>1752</v>
+      </c>
+    </row>
+    <row r="367" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A367" s="77" t="s">
         <v>74</v>
       </c>
       <c r="B367" s="78" t="s">
         <v>1140</v>
       </c>
       <c r="S367"/>
-      <c r="V367" s="106" t="s">
+      <c r="V367" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W367" s="107" t="s">
-[...3 lines deleted...]
-    <row r="368" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W367" s="106" t="s">
+        <v>1753</v>
+      </c>
+    </row>
+    <row r="368" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A368" s="77" t="s">
         <v>74</v>
       </c>
       <c r="B368" s="78" t="s">
         <v>1139</v>
       </c>
       <c r="S368"/>
-      <c r="V368" s="106" t="s">
+      <c r="V368" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W368" s="107" t="s">
-[...3 lines deleted...]
-    <row r="369" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W368" s="106" t="s">
+        <v>1754</v>
+      </c>
+    </row>
+    <row r="369" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A369" s="77" t="s">
         <v>74</v>
       </c>
       <c r="B369" s="78" t="s">
         <v>1138</v>
       </c>
       <c r="S369"/>
-      <c r="V369" s="106" t="s">
+      <c r="V369" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W369" s="107" t="s">
-[...3 lines deleted...]
-    <row r="370" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W369" s="106" t="s">
+        <v>1755</v>
+      </c>
+    </row>
+    <row r="370" spans="1:23" ht="28.5" x14ac:dyDescent="0.45">
       <c r="A370" s="77" t="s">
         <v>84</v>
       </c>
       <c r="B370" s="78" t="s">
         <v>1137</v>
       </c>
       <c r="S370"/>
-      <c r="V370" s="106" t="s">
+      <c r="V370" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W370" s="107" t="s">
-[...3 lines deleted...]
-    <row r="371" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W370" s="106" t="s">
+        <v>1756</v>
+      </c>
+    </row>
+    <row r="371" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A371" s="77" t="s">
         <v>84</v>
       </c>
       <c r="B371" s="78" t="s">
         <v>1136</v>
       </c>
       <c r="S371"/>
-      <c r="V371" s="106" t="s">
+      <c r="V371" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W371" s="107" t="s">
-[...3 lines deleted...]
-    <row r="372" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W371" s="106" t="s">
+        <v>1757</v>
+      </c>
+    </row>
+    <row r="372" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A372" s="77" t="s">
         <v>84</v>
       </c>
       <c r="B372" s="78" t="s">
         <v>1135</v>
       </c>
       <c r="S372"/>
-      <c r="V372" s="106" t="s">
+      <c r="V372" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W372" s="107" t="s">
-[...3 lines deleted...]
-    <row r="373" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W372" s="106" t="s">
+        <v>1758</v>
+      </c>
+    </row>
+    <row r="373" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A373" s="77" t="s">
         <v>84</v>
       </c>
       <c r="B373" s="78" t="s">
         <v>1134</v>
       </c>
       <c r="S373"/>
-      <c r="V373" s="106" t="s">
+      <c r="V373" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W373" s="107" t="s">
-[...3 lines deleted...]
-    <row r="374" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W373" s="106" t="s">
+        <v>1759</v>
+      </c>
+    </row>
+    <row r="374" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A374" s="77" t="s">
         <v>84</v>
       </c>
       <c r="B374" s="78" t="s">
         <v>1133</v>
       </c>
       <c r="S374"/>
-      <c r="V374" s="106" t="s">
+      <c r="V374" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W374" s="107" t="s">
-[...3 lines deleted...]
-    <row r="375" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W374" s="106" t="s">
+        <v>1760</v>
+      </c>
+    </row>
+    <row r="375" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A375" s="77" t="s">
         <v>84</v>
       </c>
       <c r="B375" s="78" t="s">
         <v>1132</v>
       </c>
       <c r="S375"/>
-      <c r="V375" s="106" t="s">
+      <c r="V375" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W375" s="107" t="s">
-[...3 lines deleted...]
-    <row r="376" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W375" s="106" t="s">
+        <v>1761</v>
+      </c>
+    </row>
+    <row r="376" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A376" s="77" t="s">
         <v>84</v>
       </c>
       <c r="B376" s="78" t="s">
         <v>1131</v>
       </c>
       <c r="S376"/>
-      <c r="V376" s="106" t="s">
+      <c r="V376" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W376" s="107" t="s">
-[...3 lines deleted...]
-    <row r="377" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W376" s="106" t="s">
+        <v>1762</v>
+      </c>
+    </row>
+    <row r="377" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A377" s="77" t="s">
         <v>84</v>
       </c>
       <c r="B377" s="78" t="s">
         <v>1130</v>
       </c>
       <c r="S377"/>
-      <c r="V377" s="106" t="s">
+      <c r="V377" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W377" s="107" t="s">
-[...3 lines deleted...]
-    <row r="378" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W377" s="106" t="s">
+        <v>1763</v>
+      </c>
+    </row>
+    <row r="378" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A378" s="77" t="s">
         <v>84</v>
       </c>
       <c r="B378" s="78" t="s">
         <v>1129</v>
       </c>
       <c r="S378"/>
-      <c r="V378" s="106" t="s">
+      <c r="V378" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W378" s="107" t="s">
-[...3 lines deleted...]
-    <row r="379" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W378" s="106" t="s">
+        <v>1764</v>
+      </c>
+    </row>
+    <row r="379" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A379" s="77" t="s">
         <v>84</v>
       </c>
       <c r="B379" s="78" t="s">
         <v>1128</v>
       </c>
       <c r="S379"/>
-      <c r="V379" s="106" t="s">
+      <c r="V379" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W379" s="107" t="s">
-[...3 lines deleted...]
-    <row r="380" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W379" s="106" t="s">
+        <v>1765</v>
+      </c>
+    </row>
+    <row r="380" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A380" s="77" t="s">
         <v>84</v>
       </c>
       <c r="B380" s="78" t="s">
         <v>1127</v>
       </c>
       <c r="S380"/>
-      <c r="V380" s="106" t="s">
+      <c r="V380" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W380" s="107" t="s">
-[...3 lines deleted...]
-    <row r="381" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W380" s="106" t="s">
+        <v>1766</v>
+      </c>
+    </row>
+    <row r="381" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A381" s="77" t="s">
         <v>84</v>
       </c>
       <c r="B381" s="78" t="s">
         <v>1126</v>
       </c>
       <c r="S381"/>
-      <c r="V381" s="106" t="s">
+      <c r="V381" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W381" s="107" t="s">
-[...3 lines deleted...]
-    <row r="382" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W381" s="106" t="s">
+        <v>1767</v>
+      </c>
+    </row>
+    <row r="382" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A382" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B382" s="78" t="s">
         <v>1125</v>
       </c>
       <c r="S382"/>
-      <c r="V382" s="106" t="s">
+      <c r="V382" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W382" s="107" t="s">
-[...3 lines deleted...]
-    <row r="383" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W382" s="106" t="s">
+        <v>1768</v>
+      </c>
+    </row>
+    <row r="383" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A383" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B383" s="78" t="s">
         <v>1124</v>
       </c>
       <c r="S383"/>
-      <c r="V383" s="106" t="s">
+      <c r="V383" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W383" s="107" t="s">
-[...3 lines deleted...]
-    <row r="384" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W383" s="106" t="s">
+        <v>1769</v>
+      </c>
+    </row>
+    <row r="384" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A384" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B384" s="78" t="s">
         <v>1123</v>
       </c>
       <c r="S384"/>
-      <c r="V384" s="106" t="s">
+      <c r="V384" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W384" s="107" t="s">
-[...3 lines deleted...]
-    <row r="385" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W384" s="106" t="s">
+        <v>1770</v>
+      </c>
+    </row>
+    <row r="385" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A385" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B385" s="78" t="s">
         <v>1122</v>
       </c>
       <c r="S385"/>
-      <c r="V385" s="106" t="s">
+      <c r="V385" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W385" s="107" t="s">
-[...3 lines deleted...]
-    <row r="386" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W385" s="106" t="s">
+        <v>1771</v>
+      </c>
+    </row>
+    <row r="386" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A386" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B386" s="78" t="s">
         <v>1121</v>
       </c>
       <c r="S386"/>
-      <c r="V386" s="106" t="s">
+      <c r="V386" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W386" s="107" t="s">
-[...3 lines deleted...]
-    <row r="387" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W386" s="106" t="s">
+        <v>1772</v>
+      </c>
+    </row>
+    <row r="387" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A387" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B387" s="78" t="s">
         <v>1120</v>
       </c>
       <c r="S387"/>
-      <c r="V387" s="106" t="s">
+      <c r="V387" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W387" s="107" t="s">
-[...3 lines deleted...]
-    <row r="388" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W387" s="106" t="s">
+        <v>1773</v>
+      </c>
+    </row>
+    <row r="388" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A388" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B388" s="78" t="s">
         <v>1119</v>
       </c>
       <c r="S388"/>
-      <c r="V388" s="106" t="s">
+      <c r="V388" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W388" s="107" t="s">
-[...3 lines deleted...]
-    <row r="389" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W388" s="106" t="s">
+        <v>1774</v>
+      </c>
+    </row>
+    <row r="389" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A389" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B389" s="78" t="s">
         <v>1118</v>
       </c>
       <c r="S389"/>
-      <c r="V389" s="106" t="s">
+      <c r="V389" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W389" s="107" t="s">
-[...3 lines deleted...]
-    <row r="390" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W389" s="106" t="s">
+        <v>1775</v>
+      </c>
+    </row>
+    <row r="390" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A390" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B390" s="78" t="s">
         <v>1117</v>
       </c>
       <c r="S390"/>
-      <c r="V390" s="106" t="s">
+      <c r="V390" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W390" s="107" t="s">
-[...3 lines deleted...]
-    <row r="391" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W390" s="106" t="s">
+        <v>1776</v>
+      </c>
+    </row>
+    <row r="391" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A391" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B391" s="78" t="s">
         <v>1116</v>
       </c>
       <c r="S391"/>
-      <c r="V391" s="106" t="s">
+      <c r="V391" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W391" s="107" t="s">
-[...3 lines deleted...]
-    <row r="392" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W391" s="106" t="s">
+        <v>1777</v>
+      </c>
+    </row>
+    <row r="392" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A392" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B392" s="78" t="s">
         <v>1115</v>
       </c>
       <c r="S392"/>
-      <c r="V392" s="106" t="s">
+      <c r="V392" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W392" s="107" t="s">
-[...3 lines deleted...]
-    <row r="393" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W392" s="106" t="s">
+        <v>1778</v>
+      </c>
+    </row>
+    <row r="393" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A393" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B393" s="78" t="s">
         <v>1114</v>
       </c>
       <c r="S393"/>
-      <c r="V393" s="106" t="s">
+      <c r="V393" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W393" s="107" t="s">
-[...3 lines deleted...]
-    <row r="394" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W393" s="106" t="s">
+        <v>1779</v>
+      </c>
+    </row>
+    <row r="394" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A394" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B394" s="78" t="s">
         <v>1113</v>
       </c>
       <c r="S394"/>
-      <c r="V394" s="106" t="s">
+      <c r="V394" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W394" s="107" t="s">
-[...3 lines deleted...]
-    <row r="395" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W394" s="106" t="s">
+        <v>1780</v>
+      </c>
+    </row>
+    <row r="395" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A395" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B395" s="78" t="s">
         <v>1112</v>
       </c>
       <c r="S395"/>
-      <c r="V395" s="106" t="s">
+      <c r="V395" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W395" s="107" t="s">
-[...3 lines deleted...]
-    <row r="396" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W395" s="106" t="s">
+        <v>1781</v>
+      </c>
+    </row>
+    <row r="396" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A396" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B396" s="78" t="s">
         <v>1111</v>
       </c>
       <c r="S396"/>
-      <c r="V396" s="106" t="s">
+      <c r="V396" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W396" s="107" t="s">
-[...3 lines deleted...]
-    <row r="397" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W396" s="106" t="s">
+        <v>1782</v>
+      </c>
+    </row>
+    <row r="397" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A397" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B397" s="78" t="s">
         <v>1110</v>
       </c>
       <c r="S397"/>
-      <c r="V397" s="106" t="s">
+      <c r="V397" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W397" s="107" t="s">
-[...3 lines deleted...]
-    <row r="398" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W397" s="106" t="s">
+        <v>1783</v>
+      </c>
+    </row>
+    <row r="398" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A398" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B398" s="78" t="s">
         <v>1109</v>
       </c>
       <c r="S398"/>
-      <c r="V398" s="106" t="s">
+      <c r="V398" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W398" s="107" t="s">
-[...3 lines deleted...]
-    <row r="399" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W398" s="106" t="s">
+        <v>1784</v>
+      </c>
+    </row>
+    <row r="399" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A399" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B399" s="78" t="s">
         <v>1108</v>
       </c>
       <c r="S399"/>
-      <c r="V399" s="106" t="s">
+      <c r="V399" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W399" s="107" t="s">
-[...3 lines deleted...]
-    <row r="400" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W399" s="106" t="s">
+        <v>1785</v>
+      </c>
+    </row>
+    <row r="400" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A400" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B400" s="78" t="s">
         <v>1107</v>
       </c>
       <c r="S400"/>
-      <c r="V400" s="106" t="s">
+      <c r="V400" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W400" s="107" t="s">
-[...3 lines deleted...]
-    <row r="401" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W400" s="106" t="s">
+        <v>1786</v>
+      </c>
+    </row>
+    <row r="401" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A401" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B401" s="78" t="s">
         <v>1106</v>
       </c>
       <c r="S401"/>
-      <c r="V401" s="106" t="s">
+      <c r="V401" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W401" s="107" t="s">
-[...3 lines deleted...]
-    <row r="402" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W401" s="106" t="s">
+        <v>1787</v>
+      </c>
+    </row>
+    <row r="402" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A402" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B402" s="78" t="s">
         <v>1105</v>
       </c>
       <c r="S402"/>
-      <c r="V402" s="106" t="s">
+      <c r="V402" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W402" s="107" t="s">
-[...3 lines deleted...]
-    <row r="403" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W402" s="106" t="s">
+        <v>1788</v>
+      </c>
+    </row>
+    <row r="403" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A403" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B403" s="78" t="s">
         <v>1104</v>
       </c>
       <c r="S403"/>
-      <c r="V403" s="106" t="s">
+      <c r="V403" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W403" s="107" t="s">
-[...3 lines deleted...]
-    <row r="404" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W403" s="106" t="s">
+        <v>1789</v>
+      </c>
+    </row>
+    <row r="404" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A404" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B404" s="78" t="s">
         <v>1103</v>
       </c>
       <c r="S404"/>
-      <c r="V404" s="106" t="s">
+      <c r="V404" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W404" s="107" t="s">
-[...3 lines deleted...]
-    <row r="405" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W404" s="106" t="s">
+        <v>1790</v>
+      </c>
+    </row>
+    <row r="405" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A405" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B405" s="78" t="s">
         <v>1102</v>
       </c>
       <c r="S405"/>
-      <c r="V405" s="106" t="s">
+      <c r="V405" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W405" s="107" t="s">
-[...3 lines deleted...]
-    <row r="406" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W405" s="106" t="s">
+        <v>1791</v>
+      </c>
+    </row>
+    <row r="406" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A406" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B406" s="78" t="s">
         <v>1101</v>
       </c>
       <c r="S406"/>
-      <c r="V406" s="106" t="s">
+      <c r="V406" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W406" s="107" t="s">
-[...3 lines deleted...]
-    <row r="407" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W406" s="106" t="s">
+        <v>1792</v>
+      </c>
+    </row>
+    <row r="407" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A407" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B407" s="78" t="s">
         <v>1100</v>
       </c>
       <c r="S407"/>
-      <c r="V407" s="106" t="s">
+      <c r="V407" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W407" s="107" t="s">
-[...3 lines deleted...]
-    <row r="408" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W407" s="106" t="s">
+        <v>1793</v>
+      </c>
+    </row>
+    <row r="408" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A408" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B408" s="78" t="s">
         <v>1099</v>
       </c>
       <c r="S408"/>
-      <c r="V408" s="106" t="s">
+      <c r="V408" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W408" s="107" t="s">
-[...3 lines deleted...]
-    <row r="409" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W408" s="106" t="s">
+        <v>1794</v>
+      </c>
+    </row>
+    <row r="409" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A409" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B409" s="78" t="s">
         <v>1098</v>
       </c>
       <c r="S409"/>
-      <c r="V409" s="106" t="s">
+      <c r="V409" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W409" s="107" t="s">
-[...3 lines deleted...]
-    <row r="410" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W409" s="106" t="s">
+        <v>1795</v>
+      </c>
+    </row>
+    <row r="410" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A410" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B410" s="78" t="s">
         <v>1097</v>
       </c>
       <c r="S410"/>
-      <c r="V410" s="106" t="s">
+      <c r="V410" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W410" s="107" t="s">
-[...3 lines deleted...]
-    <row r="411" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W410" s="106" t="s">
+        <v>1796</v>
+      </c>
+    </row>
+    <row r="411" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A411" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B411" s="78" t="s">
         <v>1096</v>
       </c>
       <c r="S411"/>
-      <c r="V411" s="106" t="s">
+      <c r="V411" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W411" s="107" t="s">
-[...3 lines deleted...]
-    <row r="412" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W411" s="106" t="s">
+        <v>1797</v>
+      </c>
+    </row>
+    <row r="412" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A412" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B412" s="78" t="s">
         <v>1095</v>
       </c>
       <c r="S412"/>
-      <c r="V412" s="106" t="s">
+      <c r="V412" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W412" s="107" t="s">
-[...3 lines deleted...]
-    <row r="413" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W412" s="106" t="s">
+        <v>1798</v>
+      </c>
+    </row>
+    <row r="413" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A413" s="77" t="s">
         <v>94</v>
       </c>
       <c r="B413" s="78" t="s">
         <v>1094</v>
       </c>
       <c r="S413"/>
-      <c r="V413" s="106" t="s">
+      <c r="V413" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W413" s="107" t="s">
-[...3 lines deleted...]
-    <row r="414" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W413" s="106" t="s">
+        <v>1799</v>
+      </c>
+    </row>
+    <row r="414" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A414" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B414" s="78" t="s">
         <v>1093</v>
       </c>
       <c r="S414"/>
-      <c r="V414" s="106" t="s">
+      <c r="V414" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W414" s="107" t="s">
-[...3 lines deleted...]
-    <row r="415" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W414" s="106" t="s">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="415" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A415" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B415" s="78" t="s">
         <v>1092</v>
       </c>
       <c r="S415"/>
-      <c r="V415" s="106" t="s">
+      <c r="V415" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W415" s="107" t="s">
-[...3 lines deleted...]
-    <row r="416" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W415" s="106" t="s">
+        <v>1801</v>
+      </c>
+    </row>
+    <row r="416" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A416" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B416" s="78" t="s">
         <v>1091</v>
       </c>
       <c r="S416"/>
-      <c r="V416" s="106" t="s">
+      <c r="V416" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W416" s="107" t="s">
-[...3 lines deleted...]
-    <row r="417" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W416" s="106" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="417" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A417" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B417" s="78" t="s">
         <v>1090</v>
       </c>
       <c r="S417"/>
-      <c r="V417" s="106" t="s">
+      <c r="V417" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W417" s="107" t="s">
-[...3 lines deleted...]
-    <row r="418" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W417" s="106" t="s">
+        <v>1803</v>
+      </c>
+    </row>
+    <row r="418" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A418" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B418" s="78" t="s">
         <v>1089</v>
       </c>
       <c r="S418"/>
-      <c r="V418" s="106" t="s">
+      <c r="V418" s="105" t="s">
         <v>82</v>
       </c>
-      <c r="W418" s="107" t="s">
-[...3 lines deleted...]
-    <row r="419" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W418" s="106" t="s">
+        <v>1804</v>
+      </c>
+    </row>
+    <row r="419" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A419" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B419" s="78" t="s">
         <v>1088</v>
       </c>
       <c r="S419"/>
-      <c r="V419" s="106" t="s">
-[...6 lines deleted...]
-    <row r="420" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V419" s="105" t="s">
+        <v>82</v>
+      </c>
+      <c r="W419" s="106" t="s">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="420" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A420" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B420" s="78" t="s">
         <v>1087</v>
       </c>
       <c r="S420"/>
-      <c r="V420" s="106" t="s">
-[...6 lines deleted...]
-    <row r="421" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V420" s="105" t="s">
+        <v>82</v>
+      </c>
+      <c r="W420" s="106" t="s">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="421" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A421" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B421" s="78" t="s">
         <v>1086</v>
       </c>
       <c r="S421"/>
-      <c r="V421" s="106" t="s">
-[...6 lines deleted...]
-    <row r="422" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V421" s="105" t="s">
+        <v>82</v>
+      </c>
+      <c r="W421" s="106" t="s">
+        <v>1807</v>
+      </c>
+    </row>
+    <row r="422" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A422" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B422" s="78" t="s">
         <v>1085</v>
       </c>
       <c r="S422"/>
-      <c r="V422" s="106" t="s">
-[...6 lines deleted...]
-    <row r="423" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V422" s="105" t="s">
+        <v>82</v>
+      </c>
+      <c r="W422" s="106" t="s">
+        <v>1808</v>
+      </c>
+    </row>
+    <row r="423" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A423" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B423" s="78" t="s">
         <v>1084</v>
       </c>
       <c r="S423"/>
-      <c r="V423" s="106" t="s">
-[...6 lines deleted...]
-    <row r="424" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V423" s="105" t="s">
+        <v>82</v>
+      </c>
+      <c r="W423" s="106" t="s">
+        <v>1809</v>
+      </c>
+    </row>
+    <row r="424" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A424" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B424" s="78" t="s">
         <v>1083</v>
       </c>
       <c r="S424"/>
-      <c r="V424" s="106" t="s">
-[...6 lines deleted...]
-    <row r="425" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V424" s="105" t="s">
+        <v>82</v>
+      </c>
+      <c r="W424" s="106" t="s">
+        <v>1810</v>
+      </c>
+    </row>
+    <row r="425" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A425" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B425" s="78" t="s">
         <v>1082</v>
       </c>
       <c r="S425"/>
-      <c r="V425" s="106" t="s">
+      <c r="V425" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W425" s="107" t="s">
-[...3 lines deleted...]
-    <row r="426" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W425" s="106" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="426" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A426" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B426" s="78" t="s">
         <v>1081</v>
       </c>
       <c r="S426"/>
-      <c r="V426" s="106" t="s">
+      <c r="V426" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W426" s="107" t="s">
-[...3 lines deleted...]
-    <row r="427" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W426" s="106" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="427" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A427" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B427" s="78" t="s">
         <v>1080</v>
       </c>
       <c r="S427"/>
-      <c r="V427" s="106" t="s">
+      <c r="V427" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W427" s="107" t="s">
-[...3 lines deleted...]
-    <row r="428" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W427" s="106" t="s">
+        <v>1223</v>
+      </c>
+    </row>
+    <row r="428" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A428" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B428" s="78" t="s">
         <v>1079</v>
       </c>
       <c r="S428"/>
-      <c r="V428" s="106" t="s">
+      <c r="V428" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W428" s="107" t="s">
-[...3 lines deleted...]
-    <row r="429" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W428" s="106" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="429" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A429" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B429" s="78" t="s">
         <v>1078</v>
       </c>
       <c r="S429"/>
-      <c r="V429" s="106" t="s">
+      <c r="V429" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W429" s="107" t="s">
-[...3 lines deleted...]
-    <row r="430" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W429" s="106" t="s">
+        <v>1221</v>
+      </c>
+    </row>
+    <row r="430" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A430" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B430" s="78" t="s">
         <v>1077</v>
       </c>
       <c r="S430"/>
-      <c r="V430" s="106" t="s">
+      <c r="V430" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W430" s="107" t="s">
-[...3 lines deleted...]
-    <row r="431" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W430" s="106" t="s">
+        <v>1220</v>
+      </c>
+    </row>
+    <row r="431" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A431" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B431" s="78" t="s">
         <v>1076</v>
       </c>
       <c r="S431"/>
-      <c r="V431" s="106" t="s">
+      <c r="V431" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W431" s="107" t="s">
-[...3 lines deleted...]
-    <row r="432" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W431" s="106" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="432" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A432" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B432" s="78" t="s">
         <v>1075</v>
       </c>
       <c r="S432"/>
-      <c r="V432" s="106" t="s">
+      <c r="V432" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W432" s="107" t="s">
-[...3 lines deleted...]
-    <row r="433" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W432" s="106" t="s">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="433" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A433" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B433" s="78" t="s">
         <v>1074</v>
       </c>
       <c r="S433"/>
-      <c r="V433" s="106" t="s">
+      <c r="V433" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W433" s="107" t="s">
-[...3 lines deleted...]
-    <row r="434" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W433" s="106" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="434" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A434" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B434" s="78" t="s">
         <v>1073</v>
       </c>
       <c r="S434"/>
-      <c r="V434" s="106" t="s">
+      <c r="V434" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W434" s="107" t="s">
-[...3 lines deleted...]
-    <row r="435" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W434" s="106" t="s">
+        <v>1216</v>
+      </c>
+    </row>
+    <row r="435" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A435" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B435" s="78" t="s">
         <v>1072</v>
       </c>
       <c r="S435"/>
-      <c r="V435" s="106" t="s">
+      <c r="V435" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W435" s="107" t="s">
-[...3 lines deleted...]
-    <row r="436" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W435" s="106" t="s">
+        <v>1212</v>
+      </c>
+    </row>
+    <row r="436" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A436" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B436" s="78" t="s">
         <v>1071</v>
       </c>
       <c r="S436"/>
-      <c r="V436" s="106" t="s">
+      <c r="V436" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W436" s="107" t="s">
-[...3 lines deleted...]
-    <row r="437" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W436" s="106" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="437" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A437" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B437" s="78" t="s">
         <v>1070</v>
       </c>
       <c r="S437"/>
-      <c r="V437" s="106" t="s">
+      <c r="V437" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W437" s="107" t="s">
-[...3 lines deleted...]
-    <row r="438" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W437" s="106" t="s">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="438" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A438" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B438" s="78" t="s">
         <v>1069</v>
       </c>
       <c r="S438"/>
-      <c r="V438" s="106" t="s">
+      <c r="V438" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W438" s="107" t="s">
-[...3 lines deleted...]
-    <row r="439" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W438" s="106" t="s">
+        <v>1208</v>
+      </c>
+    </row>
+    <row r="439" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A439" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B439" s="78" t="s">
         <v>1068</v>
       </c>
       <c r="S439"/>
-      <c r="V439" s="106" t="s">
+      <c r="V439" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W439" s="107" t="s">
-[...3 lines deleted...]
-    <row r="440" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W439" s="106" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="440" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A440" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B440" s="78" t="s">
         <v>1067</v>
       </c>
       <c r="S440"/>
-      <c r="V440" s="106" t="s">
+      <c r="V440" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W440" s="107" t="s">
-[...3 lines deleted...]
-    <row r="441" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W440" s="106" t="s">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="441" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A441" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B441" s="78" t="s">
         <v>1066</v>
       </c>
       <c r="S441"/>
-      <c r="V441" s="106" t="s">
+      <c r="V441" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W441" s="107" t="s">
-[...3 lines deleted...]
-    <row r="442" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W441" s="106" t="s">
+        <v>1205</v>
+      </c>
+    </row>
+    <row r="442" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A442" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B442" s="78" t="s">
         <v>1065</v>
       </c>
       <c r="S442"/>
-      <c r="V442" s="106" t="s">
+      <c r="V442" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W442" s="107" t="s">
-[...3 lines deleted...]
-    <row r="443" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W442" s="106" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="443" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A443" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B443" s="78" t="s">
         <v>1064</v>
       </c>
       <c r="S443"/>
-      <c r="V443" s="106" t="s">
+      <c r="V443" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W443" s="107" t="s">
-[...3 lines deleted...]
-    <row r="444" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W443" s="106" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="444" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A444" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B444" s="78" t="s">
         <v>1063</v>
       </c>
       <c r="S444"/>
-      <c r="V444" s="106" t="s">
+      <c r="V444" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W444" s="107" t="s">
-[...3 lines deleted...]
-    <row r="445" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W444" s="106" t="s">
+        <v>1201</v>
+      </c>
+    </row>
+    <row r="445" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A445" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B445" s="78" t="s">
         <v>1062</v>
       </c>
       <c r="S445"/>
-      <c r="V445" s="106" t="s">
+      <c r="V445" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W445" s="107" t="s">
-[...3 lines deleted...]
-    <row r="446" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W445" s="106" t="s">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="446" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A446" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B446" s="78" t="s">
         <v>1061</v>
       </c>
       <c r="S446"/>
-      <c r="V446" s="106" t="s">
+      <c r="V446" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W446" s="107" t="s">
-[...3 lines deleted...]
-    <row r="447" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W446" s="106" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="447" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A447" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B447" s="78" t="s">
         <v>1060</v>
       </c>
       <c r="S447"/>
-      <c r="V447" s="106" t="s">
+      <c r="V447" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W447" s="107" t="s">
-[...3 lines deleted...]
-    <row r="448" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W447" s="106" t="s">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="448" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A448" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B448" s="78" t="s">
         <v>1059</v>
       </c>
       <c r="S448"/>
-      <c r="V448" s="106" t="s">
+      <c r="V448" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W448" s="107" t="s">
-[...3 lines deleted...]
-    <row r="449" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W448" s="106" t="s">
+        <v>1197</v>
+      </c>
+    </row>
+    <row r="449" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A449" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B449" s="78" t="s">
         <v>1058</v>
       </c>
       <c r="S449"/>
-      <c r="V449" s="106" t="s">
+      <c r="V449" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W449" s="107" t="s">
-[...3 lines deleted...]
-    <row r="450" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W449" s="106" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="450" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A450" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B450" s="78" t="s">
         <v>1057</v>
       </c>
       <c r="S450"/>
-      <c r="V450" s="106" t="s">
+      <c r="V450" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W450" s="107" t="s">
-[...3 lines deleted...]
-    <row r="451" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W450" s="106" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="451" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A451" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B451" s="78" t="s">
         <v>1056</v>
       </c>
       <c r="S451"/>
-      <c r="V451" s="106" t="s">
+      <c r="V451" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W451" s="107" t="s">
-[...3 lines deleted...]
-    <row r="452" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W451" s="106" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="452" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A452" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B452" s="78" t="s">
         <v>1055</v>
       </c>
       <c r="S452"/>
-      <c r="V452" s="106" t="s">
+      <c r="V452" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W452" s="107" t="s">
-[...3 lines deleted...]
-    <row r="453" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W452" s="106" t="s">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="453" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A453" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B453" s="78" t="s">
         <v>1054</v>
       </c>
       <c r="S453"/>
-      <c r="V453" s="106" t="s">
+      <c r="V453" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W453" s="107" t="s">
-[...3 lines deleted...]
-    <row r="454" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W453" s="106" t="s">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="454" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A454" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B454" s="78" t="s">
         <v>1053</v>
       </c>
       <c r="S454"/>
-      <c r="V454" s="106" t="s">
+      <c r="V454" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W454" s="107" t="s">
-[...3 lines deleted...]
-    <row r="455" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W454" s="106" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="455" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A455" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B455" s="78" t="s">
         <v>1052</v>
       </c>
       <c r="S455"/>
-      <c r="V455" s="106" t="s">
+      <c r="V455" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W455" s="107" t="s">
-[...3 lines deleted...]
-    <row r="456" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W455" s="106" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="456" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A456" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B456" s="78" t="s">
         <v>1051</v>
       </c>
       <c r="S456"/>
-      <c r="V456" s="106" t="s">
+      <c r="V456" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W456" s="107" t="s">
-[...3 lines deleted...]
-    <row r="457" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W456" s="106" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="457" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A457" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B457" s="78" t="s">
         <v>1050</v>
       </c>
       <c r="S457"/>
-      <c r="V457" s="106" t="s">
+      <c r="V457" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W457" s="107" t="s">
-[...3 lines deleted...]
-    <row r="458" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W457" s="106" t="s">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="458" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A458" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B458" s="78" t="s">
         <v>1049</v>
       </c>
       <c r="S458"/>
-      <c r="V458" s="106" t="s">
+      <c r="V458" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W458" s="107" t="s">
-[...3 lines deleted...]
-    <row r="459" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W458" s="106" t="s">
+        <v>1185</v>
+      </c>
+    </row>
+    <row r="459" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A459" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B459" s="78" t="s">
         <v>1048</v>
       </c>
       <c r="S459"/>
-      <c r="V459" s="106" t="s">
+      <c r="V459" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W459" s="107" t="s">
-[...3 lines deleted...]
-    <row r="460" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W459" s="106" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="460" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A460" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B460" s="78" t="s">
         <v>1047</v>
       </c>
       <c r="S460"/>
-      <c r="V460" s="106" t="s">
+      <c r="V460" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W460" s="107" t="s">
-[...3 lines deleted...]
-    <row r="461" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W460" s="106" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="461" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A461" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B461" s="78" t="s">
         <v>1046</v>
       </c>
       <c r="S461"/>
-      <c r="V461" s="106" t="s">
+      <c r="V461" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W461" s="107" t="s">
-[...3 lines deleted...]
-    <row r="462" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W461" s="106" t="s">
+        <v>1886</v>
+      </c>
+    </row>
+    <row r="462" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A462" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B462" s="78" t="s">
         <v>1045</v>
       </c>
       <c r="S462"/>
-      <c r="V462" s="106" t="s">
+      <c r="V462" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W462" s="107" t="s">
-[...3 lines deleted...]
-    <row r="463" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W462" s="106" t="s">
+        <v>1887</v>
+      </c>
+    </row>
+    <row r="463" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A463" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B463" s="78" t="s">
         <v>1044</v>
       </c>
       <c r="S463"/>
-      <c r="V463" s="106" t="s">
+      <c r="V463" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W463" s="107" t="s">
-[...3 lines deleted...]
-    <row r="464" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W463" s="106" t="s">
+        <v>1888</v>
+      </c>
+    </row>
+    <row r="464" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A464" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B464" s="78" t="s">
         <v>1043</v>
       </c>
       <c r="S464"/>
-      <c r="V464" s="106" t="s">
+      <c r="V464" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W464" s="107" t="s">
-[...3 lines deleted...]
-    <row r="465" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W464" s="106" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="465" spans="1:23" ht="28.5" x14ac:dyDescent="0.45">
       <c r="A465" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B465" s="78" t="s">
         <v>1042</v>
       </c>
       <c r="S465"/>
-      <c r="V465" s="106" t="s">
+      <c r="V465" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W465" s="107" t="s">
-[...3 lines deleted...]
-    <row r="466" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W465" s="106" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="466" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A466" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B466" s="78" t="s">
         <v>1041</v>
       </c>
       <c r="S466"/>
-      <c r="V466" s="106" t="s">
+      <c r="V466" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W466" s="107" t="s">
-[...3 lines deleted...]
-    <row r="467" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W466" s="106" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="467" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A467" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B467" s="78" t="s">
         <v>1040</v>
       </c>
       <c r="S467"/>
-      <c r="V467" s="106" t="s">
+      <c r="V467" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W467" s="107" t="s">
-[...3 lines deleted...]
-    <row r="468" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W467" s="106" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="468" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A468" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B468" s="78" t="s">
         <v>1039</v>
       </c>
       <c r="S468"/>
-      <c r="V468" s="106" t="s">
+      <c r="V468" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W468" s="107" t="s">
-[...3 lines deleted...]
-    <row r="469" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W468" s="106" t="s">
+        <v>1176</v>
+      </c>
+    </row>
+    <row r="469" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A469" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B469" s="78" t="s">
         <v>1038</v>
       </c>
       <c r="S469"/>
-      <c r="V469" s="106" t="s">
+      <c r="V469" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W469" s="107" t="s">
-[...3 lines deleted...]
-    <row r="470" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W469" s="106" t="s">
+        <v>1175</v>
+      </c>
+    </row>
+    <row r="470" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A470" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B470" s="78" t="s">
         <v>1037</v>
       </c>
       <c r="S470"/>
-      <c r="V470" s="106" t="s">
+      <c r="V470" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W470" s="107" t="s">
-[...3 lines deleted...]
-    <row r="471" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W470" s="106" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="471" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A471" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B471" s="78" t="s">
         <v>1036</v>
       </c>
       <c r="S471"/>
-      <c r="V471" s="106" t="s">
+      <c r="V471" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W471" s="107" t="s">
-[...3 lines deleted...]
-    <row r="472" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W471" s="106" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="472" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A472" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B472" s="78" t="s">
         <v>1035</v>
       </c>
       <c r="S472"/>
-      <c r="V472" s="106" t="s">
+      <c r="V472" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W472" s="107" t="s">
-[...3 lines deleted...]
-    <row r="473" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W472" s="106" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="473" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A473" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B473" s="78" t="s">
         <v>1034</v>
       </c>
       <c r="S473"/>
-      <c r="V473" s="106" t="s">
+      <c r="V473" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W473" s="107" t="s">
-[...3 lines deleted...]
-    <row r="474" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W473" s="106" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="474" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A474" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B474" s="78" t="s">
         <v>1033</v>
       </c>
       <c r="S474"/>
-      <c r="V474" s="106" t="s">
+      <c r="V474" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W474" s="107" t="s">
-[...3 lines deleted...]
-    <row r="475" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W474" s="106" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="475" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A475" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B475" s="78" t="s">
         <v>1032</v>
       </c>
       <c r="S475"/>
-      <c r="V475" s="106" t="s">
+      <c r="V475" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W475" s="107" t="s">
-[...3 lines deleted...]
-    <row r="476" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W475" s="106" t="s">
+        <v>1169</v>
+      </c>
+    </row>
+    <row r="476" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A476" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B476" s="78" t="s">
         <v>1031</v>
       </c>
       <c r="S476"/>
-      <c r="V476" s="106" t="s">
+      <c r="V476" s="105" t="s">
         <v>90</v>
       </c>
-      <c r="W476" s="107" t="s">
-[...3 lines deleted...]
-    <row r="477" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W476" s="106" t="s">
+        <v>1889</v>
+      </c>
+    </row>
+    <row r="477" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A477" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B477" s="78" t="s">
         <v>1030</v>
       </c>
       <c r="S477"/>
-      <c r="V477" s="106" t="s">
-[...6 lines deleted...]
-    <row r="478" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V477" s="105" t="s">
+        <v>90</v>
+      </c>
+      <c r="W477" s="106" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="478" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A478" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B478" s="78" t="s">
         <v>1029</v>
       </c>
       <c r="S478"/>
-      <c r="V478" s="106" t="s">
-[...6 lines deleted...]
-    <row r="479" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V478" s="105" t="s">
+        <v>90</v>
+      </c>
+      <c r="W478" s="106" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="479" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A479" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B479" s="78" t="s">
         <v>1028</v>
       </c>
       <c r="S479"/>
-      <c r="V479" s="106" t="s">
-[...6 lines deleted...]
-    <row r="480" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V479" s="105" t="s">
+        <v>90</v>
+      </c>
+      <c r="W479" s="106" t="s">
+        <v>1811</v>
+      </c>
+    </row>
+    <row r="480" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A480" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B480" s="78" t="s">
         <v>1027</v>
       </c>
       <c r="S480"/>
-      <c r="V480" s="106" t="s">
-[...6 lines deleted...]
-    <row r="481" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V480" s="105" t="s">
+        <v>90</v>
+      </c>
+      <c r="W480" s="106" t="s">
+        <v>1163</v>
+      </c>
+    </row>
+    <row r="481" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A481" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B481" s="78" t="s">
         <v>1026</v>
       </c>
       <c r="S481"/>
-      <c r="V481" s="106" t="s">
-[...6 lines deleted...]
-    <row r="482" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V481" s="105" t="s">
+        <v>90</v>
+      </c>
+      <c r="W481" s="106" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="482" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A482" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B482" s="78" t="s">
         <v>1025</v>
       </c>
       <c r="S482"/>
-      <c r="V482" s="106" t="s">
+      <c r="V482" s="105" t="s">
         <v>74</v>
       </c>
-      <c r="W482" s="107" t="s">
-[...3 lines deleted...]
-    <row r="483" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W482" s="106" t="s">
+        <v>1160</v>
+      </c>
+    </row>
+    <row r="483" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A483" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B483" s="78" t="s">
         <v>1024</v>
       </c>
       <c r="S483"/>
-      <c r="V483" s="106" t="s">
+      <c r="V483" s="105" t="s">
         <v>74</v>
       </c>
-      <c r="W483" s="107" t="s">
-[...3 lines deleted...]
-    <row r="484" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W483" s="106" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="484" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A484" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B484" s="78" t="s">
         <v>1023</v>
       </c>
       <c r="S484"/>
-      <c r="V484" s="106" t="s">
+      <c r="V484" s="105" t="s">
         <v>74</v>
       </c>
-      <c r="W484" s="107" t="s">
-[...3 lines deleted...]
-    <row r="485" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W484" s="106" t="s">
+        <v>1158</v>
+      </c>
+    </row>
+    <row r="485" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A485" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B485" s="78" t="s">
         <v>1022</v>
       </c>
       <c r="S485"/>
-      <c r="V485" s="106" t="s">
+      <c r="V485" s="105" t="s">
         <v>74</v>
       </c>
-      <c r="W485" s="107" t="s">
-[...3 lines deleted...]
-    <row r="486" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W485" s="106" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="486" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A486" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B486" s="78" t="s">
         <v>1021</v>
       </c>
       <c r="S486"/>
-      <c r="V486" s="106" t="s">
+      <c r="V486" s="105" t="s">
         <v>74</v>
       </c>
-      <c r="W486" s="107" t="s">
-[...3 lines deleted...]
-    <row r="487" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W486" s="106" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="487" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A487" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B487" s="78" t="s">
         <v>1020</v>
       </c>
       <c r="S487"/>
-      <c r="V487" s="106" t="s">
+      <c r="V487" s="105" t="s">
         <v>74</v>
       </c>
-      <c r="W487" s="107" t="s">
-[...3 lines deleted...]
-    <row r="488" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W487" s="106" t="s">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="488" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A488" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B488" s="78" t="s">
         <v>1019</v>
       </c>
       <c r="S488"/>
-      <c r="V488" s="106" t="s">
+      <c r="V488" s="105" t="s">
         <v>74</v>
       </c>
-      <c r="W488" s="107" t="s">
-[...3 lines deleted...]
-    <row r="489" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W488" s="106" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="489" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A489" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B489" s="78" t="s">
         <v>1018</v>
       </c>
       <c r="S489"/>
-      <c r="V489" s="106" t="s">
+      <c r="V489" s="105" t="s">
         <v>74</v>
       </c>
-      <c r="W489" s="107" t="s">
-[...3 lines deleted...]
-    <row r="490" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W489" s="106" t="s">
+        <v>1153</v>
+      </c>
+    </row>
+    <row r="490" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A490" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B490" s="78" t="s">
         <v>1017</v>
       </c>
       <c r="S490"/>
-      <c r="V490" s="106" t="s">
+      <c r="V490" s="105" t="s">
         <v>74</v>
       </c>
-      <c r="W490" s="107" t="s">
-[...3 lines deleted...]
-    <row r="491" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W490" s="106" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="491" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A491" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B491" s="78" t="s">
         <v>1016</v>
       </c>
       <c r="S491"/>
-      <c r="V491" s="106" t="s">
+      <c r="V491" s="105" t="s">
         <v>74</v>
       </c>
-      <c r="W491" s="107" t="s">
-[...3 lines deleted...]
-    <row r="492" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W491" s="106" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="492" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A492" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B492" s="78" t="s">
         <v>1015</v>
       </c>
       <c r="S492"/>
-      <c r="V492" s="106" t="s">
+      <c r="V492" s="105" t="s">
         <v>74</v>
       </c>
-      <c r="W492" s="107" t="s">
-[...3 lines deleted...]
-    <row r="493" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W492" s="106" t="s">
+        <v>1150</v>
+      </c>
+    </row>
+    <row r="493" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A493" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B493" s="78" t="s">
         <v>1014</v>
       </c>
       <c r="S493"/>
-      <c r="V493" s="106" t="s">
+      <c r="V493" s="105" t="s">
         <v>74</v>
       </c>
-      <c r="W493" s="107" t="s">
-[...3 lines deleted...]
-    <row r="494" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W493" s="106" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="494" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A494" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B494" s="78" t="s">
         <v>1013</v>
       </c>
       <c r="S494"/>
-      <c r="V494" s="106" t="s">
+      <c r="V494" s="105" t="s">
         <v>74</v>
       </c>
-      <c r="W494" s="107" t="s">
-[...3 lines deleted...]
-    <row r="495" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W494" s="106" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="495" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A495" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B495" s="78" t="s">
         <v>1012</v>
       </c>
       <c r="S495"/>
-      <c r="V495" s="106" t="s">
+      <c r="V495" s="105" t="s">
         <v>74</v>
       </c>
-      <c r="W495" s="107" t="s">
-[...3 lines deleted...]
-    <row r="496" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W495" s="106" t="s">
+        <v>1147</v>
+      </c>
+    </row>
+    <row r="496" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A496" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B496" s="78" t="s">
         <v>1011</v>
       </c>
       <c r="S496"/>
-      <c r="V496" s="106" t="s">
+      <c r="V496" s="105" t="s">
         <v>74</v>
       </c>
-      <c r="W496" s="107" t="s">
-[...3 lines deleted...]
-    <row r="497" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W496" s="106" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="497" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A497" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B497" s="78" t="s">
         <v>1010</v>
       </c>
       <c r="S497"/>
-      <c r="V497" s="106" t="s">
+      <c r="V497" s="105" t="s">
         <v>74</v>
       </c>
-      <c r="W497" s="107" t="s">
-[...3 lines deleted...]
-    <row r="498" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W497" s="106" t="s">
+        <v>1145</v>
+      </c>
+    </row>
+    <row r="498" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A498" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B498" s="78" t="s">
         <v>1009</v>
       </c>
       <c r="S498"/>
-      <c r="V498" s="106" t="s">
+      <c r="V498" s="105" t="s">
         <v>74</v>
       </c>
-      <c r="W498" s="107" t="s">
-[...3 lines deleted...]
-    <row r="499" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W498" s="106" t="s">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="499" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A499" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B499" s="78" t="s">
         <v>1008</v>
       </c>
       <c r="S499"/>
-      <c r="V499" s="106" t="s">
+      <c r="V499" s="105" t="s">
         <v>74</v>
       </c>
-      <c r="W499" s="107" t="s">
-[...3 lines deleted...]
-    <row r="500" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W499" s="106" t="s">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="500" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A500" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B500" s="78" t="s">
         <v>1007</v>
       </c>
       <c r="S500"/>
-      <c r="V500" s="106" t="s">
-[...6 lines deleted...]
-    <row r="501" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V500" s="105" t="s">
+        <v>74</v>
+      </c>
+      <c r="W500" s="106" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="501" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A501" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B501" s="78" t="s">
         <v>1006</v>
       </c>
       <c r="S501"/>
-      <c r="V501" s="106" t="s">
-[...6 lines deleted...]
-    <row r="502" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V501" s="105" t="s">
+        <v>74</v>
+      </c>
+      <c r="W501" s="106" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="502" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A502" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B502" s="78" t="s">
         <v>1005</v>
       </c>
       <c r="S502"/>
-      <c r="V502" s="106" t="s">
-[...6 lines deleted...]
-    <row r="503" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V502" s="105" t="s">
+        <v>74</v>
+      </c>
+      <c r="W502" s="106" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="503" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A503" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B503" s="78" t="s">
         <v>1004</v>
       </c>
       <c r="S503"/>
-      <c r="V503" s="106" t="s">
-[...6 lines deleted...]
-    <row r="504" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V503" s="105" t="s">
+        <v>74</v>
+      </c>
+      <c r="W503" s="106" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="504" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A504" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B504" s="78" t="s">
         <v>1003</v>
       </c>
       <c r="S504"/>
-      <c r="V504" s="106" t="s">
-[...6 lines deleted...]
-    <row r="505" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V504" s="105" t="s">
+        <v>74</v>
+      </c>
+      <c r="W504" s="106" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="505" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A505" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B505" s="78" t="s">
         <v>1002</v>
       </c>
       <c r="S505"/>
-      <c r="V505" s="106" t="s">
+      <c r="V505" s="105" t="s">
         <v>84</v>
       </c>
-      <c r="W505" s="107" t="s">
-[...3 lines deleted...]
-    <row r="506" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W505" s="106" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="506" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A506" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B506" s="78" t="s">
         <v>1001</v>
       </c>
       <c r="S506"/>
-      <c r="V506" s="106" t="s">
+      <c r="V506" s="105" t="s">
         <v>84</v>
       </c>
-      <c r="W506" s="107" t="s">
-[...3 lines deleted...]
-    <row r="507" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W506" s="106" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="507" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A507" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B507" s="78" t="s">
         <v>1000</v>
       </c>
       <c r="S507"/>
-      <c r="V507" s="106" t="s">
+      <c r="V507" s="105" t="s">
         <v>84</v>
       </c>
-      <c r="W507" s="107" t="s">
-[...3 lines deleted...]
-    <row r="508" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W507" s="106" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="508" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A508" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B508" s="78" t="s">
         <v>999</v>
       </c>
       <c r="S508"/>
-      <c r="V508" s="106" t="s">
+      <c r="V508" s="105" t="s">
         <v>84</v>
       </c>
-      <c r="W508" s="107" t="s">
-[...3 lines deleted...]
-    <row r="509" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W508" s="106" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="509" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A509" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B509" s="78" t="s">
         <v>998</v>
       </c>
       <c r="S509"/>
-      <c r="V509" s="106" t="s">
+      <c r="V509" s="105" t="s">
         <v>84</v>
       </c>
-      <c r="W509" s="107" t="s">
-[...3 lines deleted...]
-    <row r="510" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W509" s="106" t="s">
+        <v>1135</v>
+      </c>
+    </row>
+    <row r="510" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A510" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B510" s="78" t="s">
         <v>997</v>
       </c>
       <c r="S510"/>
-      <c r="V510" s="106" t="s">
+      <c r="V510" s="105" t="s">
         <v>84</v>
       </c>
-      <c r="W510" s="107" t="s">
-[...3 lines deleted...]
-    <row r="511" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W510" s="106" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="511" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A511" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B511" s="78" t="s">
         <v>996</v>
       </c>
       <c r="S511"/>
-      <c r="V511" s="106" t="s">
+      <c r="V511" s="105" t="s">
         <v>84</v>
       </c>
-      <c r="W511" s="107" t="s">
-[...3 lines deleted...]
-    <row r="512" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W511" s="106" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="512" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A512" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B512" s="78" t="s">
         <v>995</v>
       </c>
       <c r="S512"/>
-      <c r="V512" s="106" t="s">
+      <c r="V512" s="105" t="s">
         <v>84</v>
       </c>
-      <c r="W512" s="107" t="s">
-[...3 lines deleted...]
-    <row r="513" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W512" s="106" t="s">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="513" spans="1:23" ht="28.5" x14ac:dyDescent="0.45">
       <c r="A513" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B513" s="78" t="s">
         <v>994</v>
       </c>
       <c r="S513"/>
-      <c r="V513" s="106" t="s">
+      <c r="V513" s="105" t="s">
         <v>84</v>
       </c>
-      <c r="W513" s="107" t="s">
-[...3 lines deleted...]
-    <row r="514" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W513" s="106" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="514" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A514" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B514" s="78" t="s">
         <v>993</v>
       </c>
       <c r="S514"/>
-      <c r="V514" s="106" t="s">
+      <c r="V514" s="105" t="s">
         <v>84</v>
       </c>
-      <c r="W514" s="107" t="s">
-[...3 lines deleted...]
-    <row r="515" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W514" s="106" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="515" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A515" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B515" s="78" t="s">
         <v>992</v>
       </c>
       <c r="S515"/>
-      <c r="V515" s="106" t="s">
-[...6 lines deleted...]
-    <row r="516" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V515" s="105" t="s">
+        <v>84</v>
+      </c>
+      <c r="W515" s="106" t="s">
+        <v>1129</v>
+      </c>
+    </row>
+    <row r="516" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A516" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B516" s="78" t="s">
         <v>991</v>
       </c>
       <c r="S516"/>
-      <c r="V516" s="106" t="s">
-[...6 lines deleted...]
-    <row r="517" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V516" s="105" t="s">
+        <v>84</v>
+      </c>
+      <c r="W516" s="106" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="517" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A517" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B517" s="78" t="s">
         <v>990</v>
       </c>
       <c r="S517"/>
-      <c r="V517" s="106" t="s">
-[...6 lines deleted...]
-    <row r="518" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V517" s="105" t="s">
+        <v>84</v>
+      </c>
+      <c r="W517" s="106" t="s">
+        <v>1812</v>
+      </c>
+    </row>
+    <row r="518" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A518" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B518" s="78" t="s">
         <v>989</v>
       </c>
       <c r="S518"/>
-      <c r="V518" s="106" t="s">
-[...6 lines deleted...]
-    <row r="519" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V518" s="105" t="s">
+        <v>84</v>
+      </c>
+      <c r="W518" s="106" t="s">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="519" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A519" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B519" s="78" t="s">
         <v>988</v>
       </c>
       <c r="S519"/>
-      <c r="V519" s="106" t="s">
-[...6 lines deleted...]
-    <row r="520" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V519" s="105" t="s">
+        <v>84</v>
+      </c>
+      <c r="W519" s="106" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="520" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A520" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B520" s="78" t="s">
         <v>987</v>
       </c>
       <c r="S520"/>
-      <c r="V520" s="106" t="s">
+      <c r="V520" s="105" t="s">
         <v>94</v>
       </c>
-      <c r="W520" s="107" t="s">
-[...3 lines deleted...]
-    <row r="521" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W520" s="106" t="s">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="521" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A521" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B521" s="78" t="s">
         <v>986</v>
       </c>
       <c r="S521"/>
-      <c r="V521" s="106" t="s">
+      <c r="V521" s="105" t="s">
         <v>94</v>
       </c>
-      <c r="W521" s="107" t="s">
-[...3 lines deleted...]
-    <row r="522" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W521" s="106" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="522" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A522" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B522" s="78" t="s">
         <v>985</v>
       </c>
       <c r="S522"/>
-      <c r="V522" s="106" t="s">
+      <c r="V522" s="105" t="s">
         <v>94</v>
       </c>
-      <c r="W522" s="107" t="s">
-[...3 lines deleted...]
-    <row r="523" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W522" s="106" t="s">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="523" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A523" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B523" s="78" t="s">
         <v>984</v>
       </c>
       <c r="S523"/>
-      <c r="V523" s="106" t="s">
+      <c r="V523" s="105" t="s">
         <v>94</v>
       </c>
-      <c r="W523" s="107" t="s">
-[...3 lines deleted...]
-    <row r="524" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W523" s="106" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="524" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A524" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B524" s="78" t="s">
         <v>983</v>
       </c>
       <c r="S524"/>
-      <c r="V524" s="106" t="s">
+      <c r="V524" s="105" t="s">
         <v>94</v>
       </c>
-      <c r="W524" s="107" t="s">
-[...3 lines deleted...]
-    <row r="525" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W524" s="106" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="525" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A525" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B525" s="78" t="s">
         <v>982</v>
       </c>
       <c r="S525"/>
-      <c r="V525" s="106" t="s">
+      <c r="V525" s="105" t="s">
         <v>94</v>
       </c>
-      <c r="W525" s="107" t="s">
-[...3 lines deleted...]
-    <row r="526" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W525" s="106" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="526" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A526" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B526" s="78" t="s">
         <v>981</v>
       </c>
       <c r="S526"/>
-      <c r="V526" s="106" t="s">
+      <c r="V526" s="105" t="s">
         <v>94</v>
       </c>
-      <c r="W526" s="107" t="s">
-[...3 lines deleted...]
-    <row r="527" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W526" s="106" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="527" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A527" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B527" s="78" t="s">
         <v>980</v>
       </c>
       <c r="S527"/>
-      <c r="V527" s="106" t="s">
+      <c r="V527" s="105" t="s">
         <v>94</v>
       </c>
-      <c r="W527" s="107" t="s">
-[...3 lines deleted...]
-    <row r="528" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W527" s="106" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+    <row r="528" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A528" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B528" s="78" t="s">
         <v>979</v>
       </c>
       <c r="S528"/>
-      <c r="V528" s="106" t="s">
+      <c r="V528" s="105" t="s">
         <v>94</v>
       </c>
-      <c r="W528" s="107" t="s">
-[...3 lines deleted...]
-    <row r="529" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W528" s="106" t="s">
+        <v>1117</v>
+      </c>
+    </row>
+    <row r="529" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A529" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B529" s="78" t="s">
         <v>978</v>
       </c>
       <c r="S529"/>
-      <c r="V529" s="106" t="s">
+      <c r="V529" s="105" t="s">
         <v>94</v>
       </c>
-      <c r="W529" s="107" t="s">
-[...3 lines deleted...]
-    <row r="530" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W529" s="106" t="s">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="530" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A530" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B530" s="78" t="s">
         <v>977</v>
       </c>
       <c r="S530"/>
-      <c r="V530" s="106" t="s">
+      <c r="V530" s="105" t="s">
         <v>94</v>
       </c>
-      <c r="W530" s="107" t="s">
-[...3 lines deleted...]
-    <row r="531" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W530" s="106" t="s">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="531" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A531" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B531" s="78" t="s">
         <v>976</v>
       </c>
       <c r="S531"/>
-      <c r="V531" s="106" t="s">
+      <c r="V531" s="105" t="s">
         <v>94</v>
       </c>
-      <c r="W531" s="107" t="s">
-[...3 lines deleted...]
-    <row r="532" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W531" s="106" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="532" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A532" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B532" s="78" t="s">
         <v>975</v>
       </c>
       <c r="S532"/>
-      <c r="V532" s="106" t="s">
+      <c r="V532" s="105" t="s">
         <v>94</v>
       </c>
-      <c r="W532" s="107" t="s">
-[...3 lines deleted...]
-    <row r="533" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W532" s="106" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="533" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A533" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B533" s="78" t="s">
         <v>974</v>
       </c>
       <c r="S533"/>
-      <c r="V533" s="106" t="s">
+      <c r="V533" s="105" t="s">
         <v>94</v>
       </c>
-      <c r="W533" s="107" t="s">
-[...3 lines deleted...]
-    <row r="534" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W533" s="106" t="s">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="534" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A534" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B534" s="78" t="s">
         <v>973</v>
       </c>
       <c r="S534"/>
-      <c r="V534" s="106" t="s">
+      <c r="V534" s="105" t="s">
         <v>94</v>
       </c>
-      <c r="W534" s="107" t="s">
-[...3 lines deleted...]
-    <row r="535" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W534" s="106" t="s">
+        <v>1111</v>
+      </c>
+    </row>
+    <row r="535" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A535" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B535" s="78" t="s">
         <v>972</v>
       </c>
       <c r="S535"/>
-      <c r="V535" s="106" t="s">
+      <c r="V535" s="105" t="s">
         <v>94</v>
       </c>
-      <c r="W535" s="107" t="s">
-[...3 lines deleted...]
-    <row r="536" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W535" s="106" t="s">
+        <v>1110</v>
+      </c>
+    </row>
+    <row r="536" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A536" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B536" s="78" t="s">
         <v>971</v>
       </c>
       <c r="S536"/>
-      <c r="V536" s="106" t="s">
+      <c r="V536" s="105" t="s">
         <v>94</v>
       </c>
-      <c r="W536" s="107" t="s">
-[...3 lines deleted...]
-    <row r="537" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W536" s="106" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="537" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A537" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B537" s="78" t="s">
         <v>970</v>
       </c>
       <c r="S537"/>
-      <c r="V537" s="106" t="s">
+      <c r="V537" s="105" t="s">
         <v>94</v>
       </c>
-      <c r="W537" s="107" t="s">
-[...3 lines deleted...]
-    <row r="538" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W537" s="106" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="538" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A538" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B538" s="78" t="s">
         <v>969</v>
       </c>
       <c r="S538"/>
-      <c r="V538" s="106" t="s">
+      <c r="V538" s="105" t="s">
         <v>94</v>
       </c>
-      <c r="W538" s="107" t="s">
-[...3 lines deleted...]
-    <row r="539" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W538" s="106" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="539" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A539" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B539" s="78" t="s">
         <v>968</v>
       </c>
       <c r="S539"/>
-      <c r="V539" s="106" t="s">
+      <c r="V539" s="105" t="s">
         <v>94</v>
       </c>
-      <c r="W539" s="107" t="s">
-[...3 lines deleted...]
-    <row r="540" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W539" s="106" t="s">
+        <v>1106</v>
+      </c>
+    </row>
+    <row r="540" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A540" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B540" s="78" t="s">
         <v>967</v>
       </c>
       <c r="S540"/>
-      <c r="V540" s="106" t="s">
+      <c r="V540" s="105" t="s">
         <v>94</v>
       </c>
-      <c r="W540" s="107" t="s">
-[...3 lines deleted...]
-    <row r="541" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W540" s="106" t="s">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="541" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A541" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B541" s="78" t="s">
         <v>966</v>
       </c>
       <c r="S541"/>
-      <c r="V541" s="106" t="s">
+      <c r="V541" s="105" t="s">
         <v>94</v>
       </c>
-      <c r="W541" s="107" t="s">
-[...3 lines deleted...]
-    <row r="542" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W541" s="106" t="s">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="542" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A542" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B542" s="78" t="s">
         <v>965</v>
       </c>
       <c r="S542"/>
-      <c r="V542" s="106" t="s">
+      <c r="V542" s="105" t="s">
         <v>94</v>
       </c>
-      <c r="W542" s="107" t="s">
-[...3 lines deleted...]
-    <row r="543" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W542" s="106" t="s">
+        <v>1103</v>
+      </c>
+    </row>
+    <row r="543" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A543" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B543" s="78" t="s">
         <v>964</v>
       </c>
       <c r="S543"/>
-      <c r="V543" s="106" t="s">
+      <c r="V543" s="105" t="s">
         <v>94</v>
       </c>
-      <c r="W543" s="107" t="s">
-[...3 lines deleted...]
-    <row r="544" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W543" s="106" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="544" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A544" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B544" s="78" t="s">
         <v>963</v>
       </c>
       <c r="S544"/>
-      <c r="V544" s="106" t="s">
+      <c r="V544" s="105" t="s">
         <v>94</v>
       </c>
-      <c r="W544" s="107" t="s">
-[...3 lines deleted...]
-    <row r="545" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W544" s="106" t="s">
+        <v>1101</v>
+      </c>
+    </row>
+    <row r="545" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A545" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B545" s="78" t="s">
         <v>962</v>
       </c>
       <c r="S545"/>
-      <c r="V545" s="106" t="s">
+      <c r="V545" s="105" t="s">
         <v>94</v>
       </c>
-      <c r="W545" s="107" t="s">
-[...3 lines deleted...]
-    <row r="546" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W545" s="106" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="546" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A546" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B546" s="78" t="s">
         <v>961</v>
       </c>
       <c r="S546"/>
-      <c r="V546" s="106" t="s">
+      <c r="V546" s="105" t="s">
         <v>94</v>
       </c>
-      <c r="W546" s="107" t="s">
-[...3 lines deleted...]
-    <row r="547" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W546" s="106" t="s">
+        <v>1099</v>
+      </c>
+    </row>
+    <row r="547" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A547" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B547" s="78" t="s">
         <v>960</v>
       </c>
       <c r="S547"/>
-      <c r="V547" s="106" t="s">
-[...6 lines deleted...]
-    <row r="548" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V547" s="105" t="s">
+        <v>94</v>
+      </c>
+      <c r="W547" s="106" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="548" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A548" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B548" s="78" t="s">
         <v>959</v>
       </c>
       <c r="S548"/>
-      <c r="V548" s="106" t="s">
-[...6 lines deleted...]
-    <row r="549" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V548" s="105" t="s">
+        <v>94</v>
+      </c>
+      <c r="W548" s="106" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="549" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A549" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B549" s="78" t="s">
         <v>958</v>
       </c>
       <c r="S549"/>
-      <c r="V549" s="106" t="s">
-[...6 lines deleted...]
-    <row r="550" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V549" s="105" t="s">
+        <v>94</v>
+      </c>
+      <c r="W549" s="106" t="s">
+        <v>1096</v>
+      </c>
+    </row>
+    <row r="550" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A550" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B550" s="78" t="s">
         <v>957</v>
       </c>
       <c r="S550"/>
-      <c r="V550" s="106" t="s">
-[...6 lines deleted...]
-    <row r="551" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V550" s="105" t="s">
+        <v>94</v>
+      </c>
+      <c r="W550" s="106" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="551" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A551" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B551" s="78" t="s">
         <v>956</v>
       </c>
       <c r="S551"/>
-      <c r="V551" s="106" t="s">
-[...6 lines deleted...]
-    <row r="552" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V551" s="105" t="s">
+        <v>94</v>
+      </c>
+      <c r="W551" s="106" t="s">
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="552" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A552" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B552" s="78" t="s">
         <v>955</v>
       </c>
       <c r="S552"/>
-      <c r="V552" s="106" t="s">
+      <c r="V552" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W552" s="107" t="s">
-[...3 lines deleted...]
-    <row r="553" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W552" s="106" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="553" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A553" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B553" s="78" t="s">
         <v>954</v>
       </c>
       <c r="S553"/>
-      <c r="V553" s="106" t="s">
+      <c r="V553" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W553" s="107" t="s">
-[...3 lines deleted...]
-    <row r="554" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W553" s="106" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="554" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A554" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B554" s="78" t="s">
         <v>953</v>
       </c>
       <c r="S554"/>
-      <c r="V554" s="106" t="s">
+      <c r="V554" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W554" s="107" t="s">
-[...3 lines deleted...]
-    <row r="555" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W554" s="106" t="s">
+        <v>1091</v>
+      </c>
+    </row>
+    <row r="555" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A555" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B555" s="78" t="s">
         <v>952</v>
       </c>
       <c r="S555"/>
-      <c r="V555" s="106" t="s">
+      <c r="V555" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W555" s="107" t="s">
-[...3 lines deleted...]
-    <row r="556" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W555" s="106" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="556" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A556" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B556" s="78" t="s">
         <v>951</v>
       </c>
       <c r="S556"/>
-      <c r="V556" s="106" t="s">
+      <c r="V556" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W556" s="107" t="s">
-[...3 lines deleted...]
-    <row r="557" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W556" s="106" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="557" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A557" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B557" s="78" t="s">
         <v>950</v>
       </c>
       <c r="S557"/>
-      <c r="V557" s="106" t="s">
+      <c r="V557" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W557" s="107" t="s">
-[...3 lines deleted...]
-    <row r="558" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W557" s="106" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="558" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A558" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B558" s="78" t="s">
         <v>949</v>
       </c>
       <c r="S558"/>
-      <c r="V558" s="106" t="s">
+      <c r="V558" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W558" s="107" t="s">
-[...3 lines deleted...]
-    <row r="559" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W558" s="106" t="s">
+        <v>1086</v>
+      </c>
+    </row>
+    <row r="559" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A559" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B559" s="78" t="s">
         <v>948</v>
       </c>
       <c r="S559"/>
-      <c r="V559" s="106" t="s">
+      <c r="V559" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W559" s="107" t="s">
-[...3 lines deleted...]
-    <row r="560" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W559" s="106" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="560" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A560" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B560" s="78" t="s">
         <v>947</v>
       </c>
       <c r="S560"/>
-      <c r="V560" s="106" t="s">
+      <c r="V560" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W560" s="107" t="s">
-[...3 lines deleted...]
-    <row r="561" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W560" s="106" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="561" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A561" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B561" s="78" t="s">
         <v>946</v>
       </c>
       <c r="S561"/>
-      <c r="V561" s="106" t="s">
+      <c r="V561" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W561" s="107" t="s">
-[...3 lines deleted...]
-    <row r="562" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W561" s="106" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="562" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A562" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B562" s="78" t="s">
         <v>945</v>
       </c>
       <c r="S562"/>
-      <c r="V562" s="106" t="s">
+      <c r="V562" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W562" s="107" t="s">
-[...3 lines deleted...]
-    <row r="563" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W562" s="106" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="563" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A563" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B563" s="78" t="s">
         <v>944</v>
       </c>
       <c r="S563"/>
-      <c r="V563" s="106" t="s">
+      <c r="V563" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W563" s="107" t="s">
-[...3 lines deleted...]
-    <row r="564" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W563" s="106" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="564" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A564" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B564" s="78" t="s">
         <v>943</v>
       </c>
       <c r="S564"/>
-      <c r="V564" s="106" t="s">
+      <c r="V564" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W564" s="107" t="s">
-[...3 lines deleted...]
-    <row r="565" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W564" s="106" t="s">
+        <v>1080</v>
+      </c>
+    </row>
+    <row r="565" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A565" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B565" s="78" t="s">
         <v>942</v>
       </c>
       <c r="S565"/>
-      <c r="V565" s="106" t="s">
+      <c r="V565" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W565" s="107" t="s">
-[...3 lines deleted...]
-    <row r="566" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W565" s="106" t="s">
+        <v>1079</v>
+      </c>
+    </row>
+    <row r="566" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A566" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B566" s="78" t="s">
         <v>941</v>
       </c>
       <c r="S566"/>
-      <c r="V566" s="106" t="s">
+      <c r="V566" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W566" s="107" t="s">
-[...3 lines deleted...]
-    <row r="567" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W566" s="106" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="567" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A567" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B567" s="78" t="s">
         <v>940</v>
       </c>
       <c r="S567"/>
-      <c r="V567" s="106" t="s">
+      <c r="V567" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W567" s="107" t="s">
-[...3 lines deleted...]
-    <row r="568" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W567" s="106" t="s">
+        <v>1813</v>
+      </c>
+    </row>
+    <row r="568" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A568" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B568" s="78" t="s">
         <v>939</v>
       </c>
       <c r="S568"/>
-      <c r="V568" s="106" t="s">
+      <c r="V568" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W568" s="107" t="s">
-[...3 lines deleted...]
-    <row r="569" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W568" s="106" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="569" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A569" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B569" s="78" t="s">
         <v>938</v>
       </c>
       <c r="S569"/>
-      <c r="V569" s="106" t="s">
+      <c r="V569" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W569" s="107" t="s">
-[...3 lines deleted...]
-    <row r="570" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W569" s="106" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="570" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A570" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B570" s="78" t="s">
         <v>937</v>
       </c>
       <c r="S570"/>
-      <c r="V570" s="106" t="s">
+      <c r="V570" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W570" s="107" t="s">
-[...3 lines deleted...]
-    <row r="571" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W570" s="106" t="s">
+        <v>1814</v>
+      </c>
+    </row>
+    <row r="571" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A571" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B571" s="78" t="s">
         <v>936</v>
       </c>
       <c r="S571"/>
-      <c r="V571" s="106" t="s">
+      <c r="V571" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W571" s="107" t="s">
-[...3 lines deleted...]
-    <row r="572" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W571" s="106" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="572" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A572" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B572" s="78" t="s">
         <v>935</v>
       </c>
       <c r="S572"/>
-      <c r="V572" s="106" t="s">
+      <c r="V572" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W572" s="107" t="s">
-[...3 lines deleted...]
-    <row r="573" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W572" s="106" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="573" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A573" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B573" s="78" t="s">
         <v>934</v>
       </c>
       <c r="S573"/>
-      <c r="V573" s="106" t="s">
+      <c r="V573" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W573" s="107" t="s">
-[...3 lines deleted...]
-    <row r="574" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W573" s="106" t="s">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="574" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A574" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B574" s="78" t="s">
         <v>933</v>
       </c>
       <c r="S574"/>
-      <c r="V574" s="106" t="s">
+      <c r="V574" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W574" s="107" t="s">
-[...3 lines deleted...]
-    <row r="575" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W574" s="106" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="575" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A575" s="77" t="s">
         <v>67</v>
       </c>
       <c r="B575" s="78" t="s">
         <v>932</v>
       </c>
       <c r="S575"/>
-      <c r="V575" s="106" t="s">
+      <c r="V575" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W575" s="107" t="s">
-[...3 lines deleted...]
-    <row r="576" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W575" s="106" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="576" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A576" s="77" t="s">
         <v>85</v>
       </c>
       <c r="B576" s="78" t="s">
         <v>931</v>
       </c>
       <c r="S576"/>
-      <c r="V576" s="106" t="s">
+      <c r="V576" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W576" s="107" t="s">
-[...3 lines deleted...]
-    <row r="577" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W576" s="106" t="s">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="577" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A577" s="77" t="s">
         <v>85</v>
       </c>
       <c r="B577" s="78" t="s">
         <v>930</v>
       </c>
       <c r="S577"/>
-      <c r="V577" s="106" t="s">
+      <c r="V577" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W577" s="107" t="s">
-[...3 lines deleted...]
-    <row r="578" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W577" s="106" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="578" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A578" s="77" t="s">
         <v>85</v>
       </c>
       <c r="B578" s="78" t="s">
         <v>929</v>
       </c>
       <c r="S578"/>
-      <c r="V578" s="106" t="s">
+      <c r="V578" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W578" s="107" t="s">
-[...3 lines deleted...]
-    <row r="579" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W578" s="106" t="s">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="579" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A579" s="77" t="s">
         <v>85</v>
       </c>
       <c r="B579" s="78" t="s">
         <v>928</v>
       </c>
       <c r="S579"/>
-      <c r="V579" s="106" t="s">
+      <c r="V579" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W579" s="107" t="s">
-[...3 lines deleted...]
-    <row r="580" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W579" s="106" t="s">
+        <v>1066</v>
+      </c>
+    </row>
+    <row r="580" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A580" s="77" t="s">
         <v>85</v>
       </c>
       <c r="B580" s="78" t="s">
         <v>927</v>
       </c>
       <c r="S580"/>
-      <c r="V580" s="106" t="s">
+      <c r="V580" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W580" s="107" t="s">
-[...3 lines deleted...]
-    <row r="581" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W580" s="106" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="581" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A581" s="77" t="s">
         <v>85</v>
       </c>
       <c r="B581" s="78" t="s">
         <v>926</v>
       </c>
       <c r="S581"/>
-      <c r="V581" s="106" t="s">
+      <c r="V581" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W581" s="107" t="s">
-[...3 lines deleted...]
-    <row r="582" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W581" s="106" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="582" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A582" s="77" t="s">
         <v>85</v>
       </c>
       <c r="B582" s="78" t="s">
         <v>925</v>
       </c>
       <c r="S582"/>
-      <c r="V582" s="106" t="s">
+      <c r="V582" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W582" s="107" t="s">
-[...3 lines deleted...]
-    <row r="583" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W582" s="106" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="583" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A583" s="77" t="s">
         <v>85</v>
       </c>
       <c r="B583" s="78" t="s">
         <v>924</v>
       </c>
       <c r="S583"/>
-      <c r="V583" s="106" t="s">
+      <c r="V583" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W583" s="107" t="s">
-[...3 lines deleted...]
-    <row r="584" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W583" s="106" t="s">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="584" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A584" s="77" t="s">
         <v>85</v>
       </c>
       <c r="B584" s="78" t="s">
         <v>923</v>
       </c>
       <c r="S584"/>
-      <c r="V584" s="106" t="s">
+      <c r="V584" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W584" s="107" t="s">
-[...3 lines deleted...]
-    <row r="585" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W584" s="106" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="585" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A585" s="77" t="s">
         <v>85</v>
       </c>
       <c r="B585" s="78" t="s">
         <v>922</v>
       </c>
       <c r="S585"/>
-      <c r="V585" s="106" t="s">
+      <c r="V585" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W585" s="107" t="s">
-[...3 lines deleted...]
-    <row r="586" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W585" s="106" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="586" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A586" s="77" t="s">
         <v>85</v>
       </c>
       <c r="B586" s="78" t="s">
         <v>921</v>
       </c>
       <c r="S586"/>
-      <c r="V586" s="106" t="s">
+      <c r="V586" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W586" s="107" t="s">
-[...3 lines deleted...]
-    <row r="587" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W586" s="106" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="587" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A587" s="77" t="s">
         <v>85</v>
       </c>
       <c r="B587" s="78" t="s">
         <v>920</v>
       </c>
       <c r="S587"/>
-      <c r="V587" s="106" t="s">
+      <c r="V587" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W587" s="107" t="s">
-[...3 lines deleted...]
-    <row r="588" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W587" s="106" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="588" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A588" s="77" t="s">
         <v>85</v>
       </c>
       <c r="B588" s="78" t="s">
         <v>919</v>
       </c>
       <c r="S588"/>
-      <c r="V588" s="106" t="s">
+      <c r="V588" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W588" s="107" t="s">
-[...3 lines deleted...]
-    <row r="589" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W588" s="106" t="s">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="589" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A589" s="77" t="s">
         <v>85</v>
       </c>
       <c r="B589" s="78" t="s">
         <v>918</v>
       </c>
       <c r="S589"/>
-      <c r="V589" s="106" t="s">
+      <c r="V589" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W589" s="107" t="s">
-[...3 lines deleted...]
-    <row r="590" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W589" s="106" t="s">
+        <v>1056</v>
+      </c>
+    </row>
+    <row r="590" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A590" s="77" t="s">
         <v>85</v>
       </c>
       <c r="B590" s="78" t="s">
         <v>917</v>
       </c>
       <c r="S590"/>
-      <c r="V590" s="106" t="s">
+      <c r="V590" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W590" s="107" t="s">
-[...3 lines deleted...]
-    <row r="591" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W590" s="106" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="591" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A591" s="77" t="s">
         <v>85</v>
       </c>
       <c r="B591" s="78" t="s">
         <v>916</v>
       </c>
       <c r="S591"/>
-      <c r="V591" s="106" t="s">
+      <c r="V591" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W591" s="107" t="s">
-[...3 lines deleted...]
-    <row r="592" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W591" s="106" t="s">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="592" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A592" s="77" t="s">
         <v>85</v>
       </c>
       <c r="B592" s="78" t="s">
         <v>915</v>
       </c>
       <c r="S592"/>
-      <c r="V592" s="106" t="s">
+      <c r="V592" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W592" s="107" t="s">
-[...3 lines deleted...]
-    <row r="593" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W592" s="106" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="593" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A593" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B593" s="78" t="s">
         <v>914</v>
       </c>
       <c r="S593"/>
-      <c r="V593" s="106" t="s">
+      <c r="V593" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W593" s="107" t="s">
-[...3 lines deleted...]
-    <row r="594" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W593" s="106" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="594" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A594" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B594" s="78" t="s">
         <v>913</v>
       </c>
       <c r="S594"/>
-      <c r="V594" s="106" t="s">
+      <c r="V594" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W594" s="107" t="s">
-[...3 lines deleted...]
-    <row r="595" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W594" s="106" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="595" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A595" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B595" s="78" t="s">
         <v>912</v>
       </c>
       <c r="S595"/>
-      <c r="V595" s="106" t="s">
+      <c r="V595" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W595" s="107" t="s">
-[...3 lines deleted...]
-    <row r="596" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W595" s="106" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="596" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A596" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B596" s="78" t="s">
         <v>911</v>
       </c>
       <c r="S596"/>
-      <c r="V596" s="106" t="s">
+      <c r="V596" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W596" s="107" t="s">
-[...3 lines deleted...]
-    <row r="597" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W596" s="106" t="s">
+        <v>1049</v>
+      </c>
+    </row>
+    <row r="597" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A597" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B597" s="78" t="s">
         <v>910</v>
       </c>
       <c r="S597"/>
-      <c r="V597" s="106" t="s">
+      <c r="V597" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W597" s="107" t="s">
-[...3 lines deleted...]
-    <row r="598" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W597" s="106" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="598" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A598" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B598" s="78" t="s">
         <v>909</v>
       </c>
       <c r="S598"/>
-      <c r="V598" s="106" t="s">
+      <c r="V598" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W598" s="107" t="s">
-[...3 lines deleted...]
-    <row r="599" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W598" s="106" t="s">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="599" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A599" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B599" s="78" t="s">
         <v>908</v>
       </c>
       <c r="S599"/>
-      <c r="V599" s="106" t="s">
+      <c r="V599" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W599" s="107" t="s">
-[...3 lines deleted...]
-    <row r="600" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W599" s="106" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="600" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A600" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B600" s="78" t="s">
         <v>907</v>
       </c>
       <c r="S600"/>
-      <c r="V600" s="106" t="s">
+      <c r="V600" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W600" s="107" t="s">
-[...3 lines deleted...]
-    <row r="601" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W600" s="106" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="601" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A601" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B601" s="78" t="s">
         <v>906</v>
       </c>
       <c r="S601"/>
-      <c r="V601" s="106" t="s">
+      <c r="V601" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W601" s="107" t="s">
-[...3 lines deleted...]
-    <row r="602" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W601" s="106" t="s">
+        <v>1044</v>
+      </c>
+    </row>
+    <row r="602" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A602" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B602" s="78" t="s">
         <v>905</v>
       </c>
       <c r="S602"/>
-      <c r="V602" s="106" t="s">
+      <c r="V602" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W602" s="107" t="s">
-[...3 lines deleted...]
-    <row r="603" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W602" s="106" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="603" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A603" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B603" s="78" t="s">
         <v>904</v>
       </c>
       <c r="S603"/>
-      <c r="V603" s="106" t="s">
+      <c r="V603" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W603" s="107" t="s">
-[...3 lines deleted...]
-    <row r="604" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W603" s="106" t="s">
+        <v>1042</v>
+      </c>
+    </row>
+    <row r="604" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A604" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B604" s="78" t="s">
         <v>903</v>
       </c>
       <c r="S604"/>
-      <c r="V604" s="106" t="s">
+      <c r="V604" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W604" s="107" t="s">
-[...3 lines deleted...]
-    <row r="605" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W604" s="106" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="605" spans="1:23" ht="28.5" x14ac:dyDescent="0.45">
       <c r="A605" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B605" s="78" t="s">
         <v>902</v>
       </c>
       <c r="S605"/>
-      <c r="V605" s="106" t="s">
+      <c r="V605" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W605" s="107" t="s">
-[...3 lines deleted...]
-    <row r="606" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W605" s="106" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="606" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A606" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B606" s="78" t="s">
         <v>901</v>
       </c>
       <c r="S606"/>
-      <c r="V606" s="106" t="s">
+      <c r="V606" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W606" s="107" t="s">
-[...3 lines deleted...]
-    <row r="607" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W606" s="106" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="607" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A607" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B607" s="78" t="s">
         <v>900</v>
       </c>
       <c r="S607"/>
-      <c r="V607" s="106" t="s">
+      <c r="V607" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W607" s="107" t="s">
-[...3 lines deleted...]
-    <row r="608" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W607" s="106" t="s">
+        <v>1038</v>
+      </c>
+    </row>
+    <row r="608" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A608" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B608" s="78" t="s">
         <v>899</v>
       </c>
       <c r="S608"/>
-      <c r="V608" s="106" t="s">
+      <c r="V608" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W608" s="107" t="s">
-[...3 lines deleted...]
-    <row r="609" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W608" s="106" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="609" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A609" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B609" s="78" t="s">
         <v>898</v>
       </c>
       <c r="S609"/>
-      <c r="V609" s="106" t="s">
+      <c r="V609" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W609" s="107" t="s">
-[...3 lines deleted...]
-    <row r="610" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W609" s="106" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="610" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A610" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B610" s="78" t="s">
         <v>897</v>
       </c>
       <c r="S610"/>
-      <c r="V610" s="106" t="s">
+      <c r="V610" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W610" s="107" t="s">
-[...3 lines deleted...]
-    <row r="611" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W610" s="106" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="611" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A611" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B611" s="78" t="s">
         <v>896</v>
       </c>
       <c r="S611"/>
-      <c r="V611" s="106" t="s">
+      <c r="V611" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W611" s="107" t="s">
-[...3 lines deleted...]
-    <row r="612" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W611" s="106" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="612" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A612" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B612" s="78" t="s">
         <v>895</v>
       </c>
       <c r="S612"/>
-      <c r="V612" s="106" t="s">
+      <c r="V612" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W612" s="107" t="s">
-[...3 lines deleted...]
-    <row r="613" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W612" s="106" t="s">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="613" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A613" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B613" s="78" t="s">
         <v>894</v>
       </c>
       <c r="S613"/>
-      <c r="V613" s="106" t="s">
+      <c r="V613" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W613" s="107" t="s">
-[...3 lines deleted...]
-    <row r="614" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W613" s="106" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="614" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A614" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B614" s="78" t="s">
         <v>893</v>
       </c>
       <c r="S614"/>
-      <c r="V614" s="106" t="s">
+      <c r="V614" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W614" s="107" t="s">
-[...3 lines deleted...]
-    <row r="615" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W614" s="106" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="615" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A615" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B615" s="78" t="s">
         <v>892</v>
       </c>
       <c r="S615"/>
-      <c r="V615" s="106" t="s">
+      <c r="V615" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W615" s="107" t="s">
-[...3 lines deleted...]
-    <row r="616" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W615" s="106" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="616" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A616" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B616" s="78" t="s">
         <v>891</v>
       </c>
       <c r="S616"/>
-      <c r="V616" s="106" t="s">
+      <c r="V616" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W616" s="107" t="s">
-[...3 lines deleted...]
-    <row r="617" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W616" s="106" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="617" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A617" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B617" s="78" t="s">
         <v>890</v>
       </c>
       <c r="S617"/>
-      <c r="V617" s="106" t="s">
+      <c r="V617" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W617" s="107" t="s">
-[...3 lines deleted...]
-    <row r="618" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W617" s="106" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="618" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A618" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B618" s="78" t="s">
         <v>889</v>
       </c>
       <c r="S618"/>
-      <c r="V618" s="106" t="s">
+      <c r="V618" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W618" s="107" t="s">
-[...3 lines deleted...]
-    <row r="619" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W618" s="106" t="s">
+        <v>1027</v>
+      </c>
+    </row>
+    <row r="619" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A619" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B619" s="78" t="s">
         <v>888</v>
       </c>
       <c r="S619"/>
-      <c r="V619" s="106" t="s">
+      <c r="V619" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W619" s="107" t="s">
-[...3 lines deleted...]
-    <row r="620" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W619" s="106" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="620" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A620" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B620" s="78" t="s">
         <v>887</v>
       </c>
       <c r="S620"/>
-      <c r="V620" s="106" t="s">
+      <c r="V620" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W620" s="107" t="s">
-[...3 lines deleted...]
-    <row r="621" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W620" s="106" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="621" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A621" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B621" s="78" t="s">
         <v>886</v>
       </c>
       <c r="S621"/>
-      <c r="V621" s="106" t="s">
+      <c r="V621" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W621" s="107" t="s">
-[...3 lines deleted...]
-    <row r="622" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W621" s="106" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="622" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A622" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B622" s="78" t="s">
         <v>885</v>
       </c>
       <c r="S622"/>
-      <c r="V622" s="106" t="s">
+      <c r="V622" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W622" s="107" t="s">
-[...3 lines deleted...]
-    <row r="623" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W622" s="106" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="623" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A623" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B623" s="78" t="s">
         <v>884</v>
       </c>
       <c r="S623"/>
-      <c r="V623" s="106" t="s">
+      <c r="V623" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W623" s="107" t="s">
-[...3 lines deleted...]
-    <row r="624" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W623" s="106" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="624" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A624" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B624" s="78" t="s">
         <v>883</v>
       </c>
       <c r="S624"/>
-      <c r="V624" s="106" t="s">
+      <c r="V624" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W624" s="107" t="s">
-[...3 lines deleted...]
-    <row r="625" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W624" s="106" t="s">
+        <v>1862</v>
+      </c>
+    </row>
+    <row r="625" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A625" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B625" s="78" t="s">
         <v>882</v>
       </c>
       <c r="S625"/>
-      <c r="V625" s="106" t="s">
+      <c r="V625" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W625" s="107" t="s">
-[...3 lines deleted...]
-    <row r="626" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W625" s="106" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="626" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A626" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B626" s="78" t="s">
         <v>881</v>
       </c>
       <c r="S626"/>
-      <c r="V626" s="106" t="s">
+      <c r="V626" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W626" s="107" t="s">
-[...3 lines deleted...]
-    <row r="627" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W626" s="106" t="s">
+        <v>1815</v>
+      </c>
+    </row>
+    <row r="627" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A627" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B627" s="78" t="s">
         <v>880</v>
       </c>
       <c r="S627"/>
-      <c r="V627" s="106" t="s">
+      <c r="V627" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W627" s="107" t="s">
-[...3 lines deleted...]
-    <row r="628" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W627" s="106" t="s">
+        <v>1816</v>
+      </c>
+    </row>
+    <row r="628" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A628" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B628" s="78" t="s">
         <v>879</v>
       </c>
       <c r="S628"/>
-      <c r="V628" s="106" t="s">
+      <c r="V628" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W628" s="107" t="s">
-[...3 lines deleted...]
-    <row r="629" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W628" s="106" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="629" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A629" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B629" s="78" t="s">
         <v>878</v>
       </c>
       <c r="S629"/>
-      <c r="V629" s="106" t="s">
+      <c r="V629" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W629" s="107" t="s">
-[...3 lines deleted...]
-    <row r="630" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W629" s="106" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="630" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A630" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B630" s="78" t="s">
         <v>877</v>
       </c>
       <c r="S630"/>
-      <c r="V630" s="106" t="s">
+      <c r="V630" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W630" s="107" t="s">
-[...3 lines deleted...]
-    <row r="631" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W630" s="106" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="631" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A631" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B631" s="78" t="s">
         <v>876</v>
       </c>
       <c r="S631"/>
-      <c r="V631" s="106" t="s">
+      <c r="V631" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W631" s="107" t="s">
-[...3 lines deleted...]
-    <row r="632" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W631" s="106" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="632" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A632" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B632" s="78" t="s">
         <v>875</v>
       </c>
       <c r="S632"/>
-      <c r="V632" s="106" t="s">
+      <c r="V632" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W632" s="107" t="s">
-[...3 lines deleted...]
-    <row r="633" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W632" s="106" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="633" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A633" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B633" s="78" t="s">
         <v>874</v>
       </c>
       <c r="S633"/>
-      <c r="V633" s="106" t="s">
+      <c r="V633" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W633" s="107" t="s">
-[...3 lines deleted...]
-    <row r="634" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W633" s="106" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="634" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A634" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B634" s="78" t="s">
         <v>873</v>
       </c>
       <c r="S634"/>
-      <c r="V634" s="106" t="s">
+      <c r="V634" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W634" s="107" t="s">
-[...3 lines deleted...]
-    <row r="635" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W634" s="106" t="s">
+        <v>1013</v>
+      </c>
+    </row>
+    <row r="635" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A635" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B635" s="78" t="s">
         <v>872</v>
       </c>
       <c r="S635"/>
-      <c r="V635" s="106" t="s">
+      <c r="V635" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W635" s="107" t="s">
-[...3 lines deleted...]
-    <row r="636" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W635" s="106" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="636" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A636" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B636" s="78" t="s">
         <v>871</v>
       </c>
       <c r="S636"/>
-      <c r="V636" s="106" t="s">
+      <c r="V636" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W636" s="107" t="s">
-[...3 lines deleted...]
-    <row r="637" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W636" s="106" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="637" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A637" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B637" s="78" t="s">
         <v>870</v>
       </c>
       <c r="S637"/>
-      <c r="V637" s="106" t="s">
+      <c r="V637" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W637" s="107" t="s">
-[...3 lines deleted...]
-    <row r="638" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W637" s="106" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+    <row r="638" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A638" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B638" s="78" t="s">
         <v>869</v>
       </c>
       <c r="S638"/>
-      <c r="V638" s="106" t="s">
+      <c r="V638" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W638" s="107" t="s">
-[...3 lines deleted...]
-    <row r="639" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W638" s="106" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="639" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A639" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B639" s="78" t="s">
         <v>868</v>
       </c>
       <c r="S639"/>
-      <c r="V639" s="106" t="s">
+      <c r="V639" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W639" s="107" t="s">
-[...3 lines deleted...]
-    <row r="640" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W639" s="106" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="640" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A640" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B640" s="78" t="s">
         <v>867</v>
       </c>
       <c r="S640"/>
-      <c r="V640" s="106" t="s">
+      <c r="V640" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W640" s="107" t="s">
-[...3 lines deleted...]
-    <row r="641" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W640" s="106" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="641" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A641" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B641" s="78" t="s">
         <v>866</v>
       </c>
       <c r="S641"/>
-      <c r="V641" s="106" t="s">
+      <c r="V641" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W641" s="107" t="s">
-[...3 lines deleted...]
-    <row r="642" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W641" s="106" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="642" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A642" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B642" s="78" t="s">
         <v>865</v>
       </c>
       <c r="S642"/>
-      <c r="V642" s="106" t="s">
+      <c r="V642" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W642" s="107" t="s">
-[...3 lines deleted...]
-    <row r="643" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W642" s="106" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="643" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A643" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B643" s="78" t="s">
         <v>864</v>
       </c>
       <c r="S643"/>
-      <c r="V643" s="106" t="s">
+      <c r="V643" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W643" s="107" t="s">
-[...3 lines deleted...]
-    <row r="644" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W643" s="106" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="644" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A644" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B644" s="78" t="s">
         <v>863</v>
       </c>
       <c r="S644"/>
-      <c r="V644" s="106" t="s">
+      <c r="V644" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W644" s="107" t="s">
-[...3 lines deleted...]
-    <row r="645" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W644" s="106" t="s">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="645" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A645" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B645" s="78" t="s">
         <v>862</v>
       </c>
       <c r="S645"/>
-      <c r="V645" s="106" t="s">
+      <c r="V645" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W645" s="107" t="s">
-[...3 lines deleted...]
-    <row r="646" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W645" s="106" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="646" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A646" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B646" s="78" t="s">
         <v>861</v>
       </c>
       <c r="S646"/>
-      <c r="V646" s="106" t="s">
+      <c r="V646" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W646" s="107" t="s">
-[...3 lines deleted...]
-    <row r="647" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W646" s="106" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="647" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A647" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B647" s="78" t="s">
         <v>860</v>
       </c>
       <c r="S647"/>
-      <c r="V647" s="106" t="s">
+      <c r="V647" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W647" s="107" t="s">
-[...3 lines deleted...]
-    <row r="648" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W647" s="106" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="648" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A648" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B648" s="78" t="s">
         <v>859</v>
       </c>
       <c r="S648"/>
-      <c r="V648" s="106" t="s">
+      <c r="V648" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W648" s="107" t="s">
-[...3 lines deleted...]
-    <row r="649" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W648" s="106" t="s">
+        <v>999</v>
+      </c>
+    </row>
+    <row r="649" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A649" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B649" s="78" t="s">
         <v>858</v>
       </c>
       <c r="S649"/>
-      <c r="V649" s="106" t="s">
+      <c r="V649" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W649" s="107" t="s">
-[...3 lines deleted...]
-    <row r="650" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W649" s="106" t="s">
+        <v>1817</v>
+      </c>
+    </row>
+    <row r="650" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A650" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B650" s="78" t="s">
         <v>857</v>
       </c>
       <c r="S650"/>
-      <c r="V650" s="106" t="s">
+      <c r="V650" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W650" s="107" t="s">
-[...3 lines deleted...]
-    <row r="651" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W650" s="106" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="651" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A651" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B651" s="78" t="s">
         <v>856</v>
       </c>
       <c r="S651"/>
-      <c r="V651" s="106" t="s">
+      <c r="V651" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W651" s="107" t="s">
-[...3 lines deleted...]
-    <row r="652" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W651" s="106" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="652" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A652" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B652" s="78" t="s">
         <v>855</v>
       </c>
       <c r="S652"/>
-      <c r="V652" s="106" t="s">
+      <c r="V652" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W652" s="107" t="s">
-[...3 lines deleted...]
-    <row r="653" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W652" s="106" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="653" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A653" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B653" s="78" t="s">
         <v>854</v>
       </c>
       <c r="S653"/>
-      <c r="V653" s="106" t="s">
+      <c r="V653" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W653" s="107" t="s">
-[...3 lines deleted...]
-    <row r="654" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W653" s="106" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="654" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A654" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B654" s="78" t="s">
         <v>853</v>
       </c>
       <c r="S654"/>
-      <c r="V654" s="106" t="s">
+      <c r="V654" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W654" s="107" t="s">
-[...3 lines deleted...]
-    <row r="655" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W654" s="106" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="655" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A655" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B655" s="78" t="s">
         <v>852</v>
       </c>
       <c r="S655"/>
-      <c r="V655" s="106" t="s">
+      <c r="V655" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W655" s="107" t="s">
-[...3 lines deleted...]
-    <row r="656" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W655" s="106" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="656" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A656" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B656" s="78" t="s">
         <v>851</v>
       </c>
       <c r="S656"/>
-      <c r="V656" s="106" t="s">
+      <c r="V656" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W656" s="107" t="s">
-[...3 lines deleted...]
-    <row r="657" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W656" s="106" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="657" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A657" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B657" s="78" t="s">
         <v>850</v>
       </c>
       <c r="S657"/>
-      <c r="V657" s="106" t="s">
+      <c r="V657" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W657" s="107" t="s">
-[...3 lines deleted...]
-    <row r="658" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W657" s="106" t="s">
+        <v>991</v>
+      </c>
+    </row>
+    <row r="658" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A658" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B658" s="78" t="s">
         <v>849</v>
       </c>
       <c r="S658"/>
-      <c r="V658" s="106" t="s">
+      <c r="V658" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W658" s="107" t="s">
-[...3 lines deleted...]
-    <row r="659" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W658" s="106" t="s">
+        <v>1863</v>
+      </c>
+    </row>
+    <row r="659" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A659" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B659" s="78" t="s">
         <v>848</v>
       </c>
       <c r="S659"/>
-      <c r="V659" s="106" t="s">
+      <c r="V659" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W659" s="107" t="s">
-[...3 lines deleted...]
-    <row r="660" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W659" s="106" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="660" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A660" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B660" s="78" t="s">
         <v>847</v>
       </c>
       <c r="S660"/>
-      <c r="V660" s="106" t="s">
+      <c r="V660" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W660" s="107" t="s">
-[...3 lines deleted...]
-    <row r="661" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W660" s="106" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="661" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A661" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B661" s="78" t="s">
         <v>846</v>
       </c>
       <c r="S661"/>
-      <c r="V661" s="106" t="s">
+      <c r="V661" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W661" s="107" t="s">
-[...3 lines deleted...]
-    <row r="662" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W661" s="106" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="662" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A662" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B662" s="78" t="s">
         <v>845</v>
       </c>
       <c r="S662"/>
-      <c r="V662" s="106" t="s">
+      <c r="V662" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W662" s="107" t="s">
-[...3 lines deleted...]
-    <row r="663" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W662" s="106" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="663" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A663" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B663" s="78" t="s">
         <v>844</v>
       </c>
       <c r="S663"/>
-      <c r="V663" s="106" t="s">
+      <c r="V663" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W663" s="107" t="s">
-[...3 lines deleted...]
-    <row r="664" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W663" s="106" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="664" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A664" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B664" s="78" t="s">
         <v>843</v>
       </c>
       <c r="S664"/>
-      <c r="V664" s="106" t="s">
+      <c r="V664" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W664" s="107" t="s">
-[...3 lines deleted...]
-    <row r="665" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W664" s="106" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="665" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A665" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B665" s="78" t="s">
         <v>842</v>
       </c>
       <c r="S665"/>
-      <c r="V665" s="106" t="s">
+      <c r="V665" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W665" s="107" t="s">
-[...3 lines deleted...]
-    <row r="666" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W665" s="106" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="666" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A666" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B666" s="78" t="s">
         <v>841</v>
       </c>
       <c r="S666"/>
-      <c r="V666" s="106" t="s">
+      <c r="V666" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W666" s="107" t="s">
-[...3 lines deleted...]
-    <row r="667" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W666" s="106" t="s">
+        <v>1864</v>
+      </c>
+    </row>
+    <row r="667" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A667" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B667" s="78" t="s">
         <v>840</v>
       </c>
       <c r="S667"/>
-      <c r="V667" s="106" t="s">
+      <c r="V667" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W667" s="107" t="s">
-[...3 lines deleted...]
-    <row r="668" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W667" s="106" t="s">
+        <v>983</v>
+      </c>
+    </row>
+    <row r="668" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A668" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B668" s="78" t="s">
         <v>839</v>
       </c>
       <c r="S668"/>
-      <c r="V668" s="106" t="s">
+      <c r="V668" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W668" s="107" t="s">
-[...3 lines deleted...]
-    <row r="669" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W668" s="106" t="s">
+        <v>982</v>
+      </c>
+    </row>
+    <row r="669" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A669" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B669" s="78" t="s">
         <v>838</v>
       </c>
       <c r="S669"/>
-      <c r="V669" s="106" t="s">
+      <c r="V669" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W669" s="107" t="s">
-[...3 lines deleted...]
-    <row r="670" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W669" s="106" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="670" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A670" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B670" s="78" t="s">
         <v>837</v>
       </c>
       <c r="S670"/>
-      <c r="V670" s="106" t="s">
+      <c r="V670" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W670" s="107" t="s">
-[...3 lines deleted...]
-    <row r="671" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W670" s="106" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="671" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A671" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B671" s="78" t="s">
         <v>836</v>
       </c>
       <c r="S671"/>
-      <c r="V671" s="106" t="s">
+      <c r="V671" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W671" s="107" t="s">
-[...3 lines deleted...]
-    <row r="672" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W671" s="106" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="672" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A672" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B672" s="78" t="s">
         <v>835</v>
       </c>
       <c r="S672"/>
-      <c r="V672" s="106" t="s">
+      <c r="V672" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W672" s="107" t="s">
-[...3 lines deleted...]
-    <row r="673" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W672" s="106" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="673" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A673" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B673" s="78" t="s">
         <v>834</v>
       </c>
       <c r="S673"/>
-      <c r="V673" s="106" t="s">
+      <c r="V673" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W673" s="107" t="s">
-[...3 lines deleted...]
-    <row r="674" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W673" s="106" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="674" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A674" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B674" s="78" t="s">
         <v>833</v>
       </c>
       <c r="S674"/>
-      <c r="V674" s="106" t="s">
+      <c r="V674" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W674" s="107" t="s">
-[...3 lines deleted...]
-    <row r="675" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W674" s="106" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="675" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A675" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B675" s="78" t="s">
         <v>832</v>
       </c>
       <c r="S675"/>
-      <c r="V675" s="106" t="s">
+      <c r="V675" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W675" s="107" t="s">
-[...3 lines deleted...]
-    <row r="676" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W675" s="106" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="676" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A676" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B676" s="78" t="s">
         <v>831</v>
       </c>
       <c r="S676"/>
-      <c r="V676" s="106" t="s">
+      <c r="V676" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W676" s="107" t="s">
-[...3 lines deleted...]
-    <row r="677" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W676" s="106" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="677" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A677" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B677" s="78" t="s">
         <v>830</v>
       </c>
       <c r="S677"/>
-      <c r="V677" s="106" t="s">
+      <c r="V677" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W677" s="107" t="s">
-[...3 lines deleted...]
-    <row r="678" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W677" s="106" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="678" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A678" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B678" s="78" t="s">
         <v>829</v>
       </c>
       <c r="S678"/>
-      <c r="V678" s="106" t="s">
+      <c r="V678" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W678" s="107" t="s">
-[...3 lines deleted...]
-    <row r="679" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W678" s="106" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="679" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A679" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B679" s="78" t="s">
         <v>828</v>
       </c>
       <c r="S679"/>
-      <c r="V679" s="106" t="s">
+      <c r="V679" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W679" s="107" t="s">
-[...3 lines deleted...]
-    <row r="680" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W679" s="106" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="680" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A680" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B680" s="78" t="s">
         <v>827</v>
       </c>
       <c r="S680"/>
-      <c r="V680" s="106" t="s">
+      <c r="V680" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W680" s="107" t="s">
-[...3 lines deleted...]
-    <row r="681" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W680" s="106" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="681" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A681" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B681" s="78" t="s">
         <v>826</v>
       </c>
       <c r="S681"/>
-      <c r="V681" s="106" t="s">
+      <c r="V681" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W681" s="107" t="s">
-[...3 lines deleted...]
-    <row r="682" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W681" s="106" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="682" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A682" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B682" s="78" t="s">
         <v>825</v>
       </c>
       <c r="S682"/>
-      <c r="V682" s="106" t="s">
+      <c r="V682" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W682" s="107" t="s">
-[...3 lines deleted...]
-    <row r="683" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W682" s="106" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="683" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A683" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B683" s="78" t="s">
         <v>824</v>
       </c>
       <c r="S683"/>
-      <c r="V683" s="106" t="s">
+      <c r="V683" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W683" s="107" t="s">
-[...3 lines deleted...]
-    <row r="684" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W683" s="106" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="684" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A684" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B684" s="78" t="s">
         <v>823</v>
       </c>
       <c r="S684"/>
-      <c r="V684" s="106" t="s">
+      <c r="V684" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W684" s="107" t="s">
-[...3 lines deleted...]
-    <row r="685" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W684" s="106" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="685" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A685" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B685" s="78" t="s">
         <v>822</v>
       </c>
       <c r="S685"/>
-      <c r="V685" s="106" t="s">
+      <c r="V685" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W685" s="107" t="s">
-[...3 lines deleted...]
-    <row r="686" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W685" s="106" t="s">
+        <v>964</v>
+      </c>
+    </row>
+    <row r="686" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A686" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B686" s="78" t="s">
         <v>821</v>
       </c>
       <c r="S686"/>
-      <c r="V686" s="106" t="s">
+      <c r="V686" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W686" s="107" t="s">
-[...3 lines deleted...]
-    <row r="687" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W686" s="106" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="687" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A687" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B687" s="78" t="s">
         <v>820</v>
       </c>
       <c r="S687"/>
-      <c r="V687" s="106" t="s">
+      <c r="V687" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W687" s="107" t="s">
-[...3 lines deleted...]
-    <row r="688" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W687" s="106" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="688" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A688" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B688" s="78" t="s">
         <v>819</v>
       </c>
       <c r="S688"/>
-      <c r="V688" s="106" t="s">
+      <c r="V688" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W688" s="107" t="s">
-[...3 lines deleted...]
-    <row r="689" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W688" s="106" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="689" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A689" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B689" s="78" t="s">
         <v>818</v>
       </c>
       <c r="S689"/>
-      <c r="V689" s="106" t="s">
+      <c r="V689" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W689" s="107" t="s">
-[...3 lines deleted...]
-    <row r="690" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W689" s="106" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="690" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A690" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B690" s="78" t="s">
         <v>817</v>
       </c>
       <c r="S690"/>
-      <c r="V690" s="106" t="s">
+      <c r="V690" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W690" s="107" t="s">
-[...3 lines deleted...]
-    <row r="691" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W690" s="106" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="691" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A691" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B691" s="78" t="s">
         <v>816</v>
       </c>
       <c r="S691"/>
-      <c r="V691" s="106" t="s">
+      <c r="V691" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W691" s="107" t="s">
-[...3 lines deleted...]
-    <row r="692" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W691" s="106" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="692" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A692" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B692" s="78" t="s">
         <v>815</v>
       </c>
       <c r="S692"/>
-      <c r="V692" s="106" t="s">
+      <c r="V692" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W692" s="107" t="s">
-[...3 lines deleted...]
-    <row r="693" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W692" s="106" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="693" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A693" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B693" s="78" t="s">
         <v>814</v>
       </c>
       <c r="S693"/>
-      <c r="V693" s="106" t="s">
+      <c r="V693" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W693" s="107" t="s">
-[...3 lines deleted...]
-    <row r="694" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W693" s="106" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="694" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A694" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B694" s="78" t="s">
         <v>813</v>
       </c>
       <c r="S694"/>
-      <c r="V694" s="106" t="s">
+      <c r="V694" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W694" s="107" t="s">
-[...3 lines deleted...]
-    <row r="695" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W694" s="106" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="695" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A695" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B695" s="78" t="s">
         <v>812</v>
       </c>
       <c r="S695"/>
-      <c r="V695" s="106" t="s">
+      <c r="V695" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W695" s="107" t="s">
-[...3 lines deleted...]
-    <row r="696" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W695" s="106" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="696" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A696" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B696" s="78" t="s">
         <v>811</v>
       </c>
       <c r="S696"/>
-      <c r="V696" s="106" t="s">
+      <c r="V696" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W696" s="107" t="s">
-[...3 lines deleted...]
-    <row r="697" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W696" s="106" t="s">
+        <v>1818</v>
+      </c>
+    </row>
+    <row r="697" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A697" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B697" s="78" t="s">
         <v>810</v>
       </c>
       <c r="S697"/>
-      <c r="V697" s="106" t="s">
+      <c r="V697" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W697" s="107" t="s">
-[...3 lines deleted...]
-    <row r="698" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W697" s="106" t="s">
+        <v>953</v>
+      </c>
+    </row>
+    <row r="698" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A698" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B698" s="78" t="s">
         <v>809</v>
       </c>
       <c r="S698"/>
-      <c r="V698" s="106" t="s">
+      <c r="V698" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W698" s="107" t="s">
-[...3 lines deleted...]
-    <row r="699" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W698" s="106" t="s">
+        <v>952</v>
+      </c>
+    </row>
+    <row r="699" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A699" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B699" s="78" t="s">
         <v>808</v>
       </c>
       <c r="S699"/>
-      <c r="V699" s="106" t="s">
+      <c r="V699" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W699" s="107" t="s">
-[...3 lines deleted...]
-    <row r="700" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W699" s="106" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="700" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A700" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B700" s="78" t="s">
         <v>807</v>
       </c>
       <c r="S700"/>
-      <c r="V700" s="106" t="s">
+      <c r="V700" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W700" s="107" t="s">
-[...3 lines deleted...]
-    <row r="701" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W700" s="106" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="701" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A701" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B701" s="78" t="s">
         <v>806</v>
       </c>
       <c r="S701"/>
-      <c r="V701" s="106" t="s">
+      <c r="V701" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W701" s="107" t="s">
-[...3 lines deleted...]
-    <row r="702" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W701" s="106" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="702" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A702" s="77" t="s">
         <v>86</v>
       </c>
       <c r="B702" s="78" t="s">
         <v>805</v>
       </c>
       <c r="S702"/>
-      <c r="V702" s="106" t="s">
+      <c r="V702" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W702" s="107" t="s">
-[...3 lines deleted...]
-    <row r="703" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W702" s="106" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="703" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A703" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B703" s="78" t="s">
         <v>804</v>
       </c>
       <c r="S703"/>
-      <c r="V703" s="106" t="s">
+      <c r="V703" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W703" s="107" t="s">
-[...3 lines deleted...]
-    <row r="704" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W703" s="106" t="s">
+        <v>947</v>
+      </c>
+    </row>
+    <row r="704" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A704" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B704" s="78" t="s">
         <v>803</v>
       </c>
       <c r="S704"/>
-      <c r="V704" s="106" t="s">
+      <c r="V704" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W704" s="107" t="s">
-[...3 lines deleted...]
-    <row r="705" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W704" s="106" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="705" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A705" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B705" s="78" t="s">
         <v>802</v>
       </c>
       <c r="S705"/>
-      <c r="V705" s="106" t="s">
+      <c r="V705" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W705" s="107" t="s">
-[...3 lines deleted...]
-    <row r="706" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W705" s="106" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="706" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A706" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B706" s="78" t="s">
         <v>801</v>
       </c>
       <c r="S706"/>
-      <c r="V706" s="106" t="s">
+      <c r="V706" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W706" s="107" t="s">
-[...3 lines deleted...]
-    <row r="707" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W706" s="106" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="707" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A707" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B707" s="78" t="s">
         <v>800</v>
       </c>
       <c r="S707"/>
-      <c r="V707" s="106" t="s">
+      <c r="V707" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W707" s="107" t="s">
-[...3 lines deleted...]
-    <row r="708" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W707" s="106" t="s">
+        <v>943</v>
+      </c>
+    </row>
+    <row r="708" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A708" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B708" s="78" t="s">
         <v>799</v>
       </c>
       <c r="S708"/>
-      <c r="V708" s="106" t="s">
+      <c r="V708" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W708" s="107" t="s">
-[...3 lines deleted...]
-    <row r="709" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W708" s="106" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="709" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A709" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B709" s="78" t="s">
         <v>798</v>
       </c>
       <c r="S709"/>
-      <c r="V709" s="106" t="s">
+      <c r="V709" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W709" s="107" t="s">
-[...3 lines deleted...]
-    <row r="710" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W709" s="106" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="710" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A710" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B710" s="78" t="s">
         <v>797</v>
       </c>
       <c r="S710"/>
-      <c r="V710" s="106" t="s">
+      <c r="V710" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W710" s="107" t="s">
-[...3 lines deleted...]
-    <row r="711" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W710" s="106" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="711" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A711" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B711" s="78" t="s">
         <v>796</v>
       </c>
       <c r="S711"/>
-      <c r="V711" s="106" t="s">
+      <c r="V711" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W711" s="107" t="s">
-[...3 lines deleted...]
-    <row r="712" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W711" s="106" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="712" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A712" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B712" s="78" t="s">
         <v>795</v>
       </c>
       <c r="S712"/>
-      <c r="V712" s="106" t="s">
+      <c r="V712" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W712" s="107" t="s">
-[...3 lines deleted...]
-    <row r="713" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W712" s="106" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="713" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A713" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B713" s="78" t="s">
         <v>794</v>
       </c>
       <c r="S713"/>
-      <c r="V713" s="106" t="s">
+      <c r="V713" s="105" t="s">
         <v>67</v>
       </c>
-      <c r="W713" s="107" t="s">
-[...3 lines deleted...]
-    <row r="714" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W713" s="106" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="714" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A714" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B714" s="78" t="s">
         <v>793</v>
       </c>
       <c r="S714"/>
-      <c r="V714" s="106" t="s">
-[...6 lines deleted...]
-    <row r="715" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V714" s="105" t="s">
+        <v>67</v>
+      </c>
+      <c r="W714" s="106" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="715" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A715" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B715" s="78" t="s">
         <v>792</v>
       </c>
       <c r="S715"/>
-      <c r="V715" s="106" t="s">
-[...6 lines deleted...]
-    <row r="716" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V715" s="105" t="s">
+        <v>67</v>
+      </c>
+      <c r="W715" s="106" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="716" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A716" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B716" s="78" t="s">
         <v>791</v>
       </c>
       <c r="S716"/>
-      <c r="V716" s="106" t="s">
-[...6 lines deleted...]
-    <row r="717" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V716" s="105" t="s">
+        <v>67</v>
+      </c>
+      <c r="W716" s="106" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="717" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A717" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B717" s="78" t="s">
         <v>790</v>
       </c>
       <c r="S717"/>
-      <c r="V717" s="106" t="s">
-[...6 lines deleted...]
-    <row r="718" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V717" s="105" t="s">
+        <v>67</v>
+      </c>
+      <c r="W717" s="106" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="718" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A718" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B718" s="78" t="s">
         <v>789</v>
       </c>
       <c r="S718"/>
-      <c r="V718" s="106" t="s">
-[...6 lines deleted...]
-    <row r="719" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V718" s="105" t="s">
+        <v>67</v>
+      </c>
+      <c r="W718" s="106" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="719" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A719" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B719" s="78" t="s">
         <v>788</v>
       </c>
       <c r="S719"/>
-      <c r="V719" s="106" t="s">
+      <c r="V719" s="105" t="s">
         <v>85</v>
       </c>
-      <c r="W719" s="107" t="s">
-[...3 lines deleted...]
-    <row r="720" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W719" s="106" t="s">
+        <v>931</v>
+      </c>
+    </row>
+    <row r="720" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A720" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B720" s="78" t="s">
         <v>787</v>
       </c>
       <c r="S720"/>
-      <c r="V720" s="106" t="s">
+      <c r="V720" s="105" t="s">
         <v>85</v>
       </c>
-      <c r="W720" s="107" t="s">
-[...3 lines deleted...]
-    <row r="721" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W720" s="106" t="s">
+        <v>1879</v>
+      </c>
+    </row>
+    <row r="721" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A721" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B721" s="78" t="s">
         <v>786</v>
       </c>
       <c r="S721"/>
-      <c r="V721" s="106" t="s">
+      <c r="V721" s="105" t="s">
         <v>85</v>
       </c>
-      <c r="W721" s="107" t="s">
-[...3 lines deleted...]
-    <row r="722" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W721" s="106" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="722" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A722" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B722" s="78" t="s">
         <v>785</v>
       </c>
       <c r="S722"/>
-      <c r="V722" s="106" t="s">
+      <c r="V722" s="105" t="s">
         <v>85</v>
       </c>
-      <c r="W722" s="107" t="s">
-[...3 lines deleted...]
-    <row r="723" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W722" s="106" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="723" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A723" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B723" s="78" t="s">
         <v>784</v>
       </c>
       <c r="S723"/>
-      <c r="V723" s="106" t="s">
+      <c r="V723" s="105" t="s">
         <v>85</v>
       </c>
-      <c r="W723" s="107" t="s">
-[...3 lines deleted...]
-    <row r="724" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W723" s="106" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="724" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A724" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B724" s="78" t="s">
         <v>783</v>
       </c>
       <c r="S724"/>
-      <c r="V724" s="106" t="s">
+      <c r="V724" s="105" t="s">
         <v>85</v>
       </c>
-      <c r="W724" s="107" t="s">
-[...3 lines deleted...]
-    <row r="725" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W724" s="106" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="725" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A725" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B725" s="78" t="s">
         <v>782</v>
       </c>
       <c r="S725"/>
-      <c r="V725" s="106" t="s">
+      <c r="V725" s="105" t="s">
         <v>85</v>
       </c>
-      <c r="W725" s="107" t="s">
-[...3 lines deleted...]
-    <row r="726" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W725" s="106" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="726" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A726" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B726" s="78" t="s">
         <v>781</v>
       </c>
       <c r="S726"/>
-      <c r="V726" s="106" t="s">
+      <c r="V726" s="105" t="s">
         <v>85</v>
       </c>
-      <c r="W726" s="107" t="s">
-[...3 lines deleted...]
-    <row r="727" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W726" s="106" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="727" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A727" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B727" s="78" t="s">
         <v>780</v>
       </c>
       <c r="S727"/>
-      <c r="V727" s="106" t="s">
+      <c r="V727" s="105" t="s">
         <v>85</v>
       </c>
-      <c r="W727" s="107" t="s">
-[...3 lines deleted...]
-    <row r="728" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W727" s="106" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="728" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A728" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B728" s="78" t="s">
         <v>779</v>
       </c>
       <c r="S728"/>
-      <c r="V728" s="106" t="s">
+      <c r="V728" s="105" t="s">
         <v>85</v>
       </c>
-      <c r="W728" s="107" t="s">
-[...3 lines deleted...]
-    <row r="729" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W728" s="106" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="729" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A729" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B729" s="78" t="s">
         <v>778</v>
       </c>
       <c r="S729"/>
-      <c r="V729" s="106" t="s">
+      <c r="V729" s="105" t="s">
         <v>85</v>
       </c>
-      <c r="W729" s="107" t="s">
-[...3 lines deleted...]
-    <row r="730" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W729" s="106" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="730" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A730" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B730" s="78" t="s">
         <v>777</v>
       </c>
       <c r="S730"/>
-      <c r="V730" s="106" t="s">
+      <c r="V730" s="105" t="s">
         <v>85</v>
       </c>
-      <c r="W730" s="107" t="s">
-[...3 lines deleted...]
-    <row r="731" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W730" s="106" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="731" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A731" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B731" s="78" t="s">
         <v>776</v>
       </c>
       <c r="S731"/>
-      <c r="V731" s="106" t="s">
-[...6 lines deleted...]
-    <row r="732" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V731" s="105" t="s">
+        <v>85</v>
+      </c>
+      <c r="W731" s="106" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="732" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A732" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B732" s="78" t="s">
         <v>775</v>
       </c>
       <c r="S732"/>
-      <c r="V732" s="106" t="s">
-[...6 lines deleted...]
-    <row r="733" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V732" s="105" t="s">
+        <v>85</v>
+      </c>
+      <c r="W732" s="106" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="733" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A733" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B733" s="78" t="s">
         <v>774</v>
       </c>
       <c r="S733"/>
-      <c r="V733" s="106" t="s">
-[...6 lines deleted...]
-    <row r="734" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V733" s="105" t="s">
+        <v>85</v>
+      </c>
+      <c r="W733" s="106" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="734" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A734" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B734" s="78" t="s">
         <v>773</v>
       </c>
       <c r="S734"/>
-      <c r="V734" s="106" t="s">
-[...6 lines deleted...]
-    <row r="735" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V734" s="105" t="s">
+        <v>85</v>
+      </c>
+      <c r="W734" s="106" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="735" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A735" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B735" s="78" t="s">
         <v>772</v>
       </c>
       <c r="S735"/>
-      <c r="V735" s="106" t="s">
-[...6 lines deleted...]
-    <row r="736" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="V735" s="105" t="s">
+        <v>85</v>
+      </c>
+      <c r="W735" s="106" t="s">
+        <v>916</v>
+      </c>
+    </row>
+    <row r="736" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A736" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B736" s="78" t="s">
         <v>771</v>
       </c>
       <c r="S736"/>
-      <c r="V736" s="106" t="s">
-[...6 lines deleted...]
-    <row r="737" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="V736" s="105" t="s">
+        <v>85</v>
+      </c>
+      <c r="W736" s="106" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="737" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A737" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B737" s="78" t="s">
         <v>770</v>
       </c>
       <c r="S737"/>
-      <c r="V737" s="106" t="s">
+      <c r="V737" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W737" s="107" t="s">
-[...3 lines deleted...]
-    <row r="738" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W737" s="106" t="s">
+        <v>1819</v>
+      </c>
+    </row>
+    <row r="738" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A738" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B738" s="78" t="s">
         <v>769</v>
       </c>
       <c r="S738"/>
-      <c r="V738" s="106" t="s">
+      <c r="V738" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W738" s="107" t="s">
-[...3 lines deleted...]
-    <row r="739" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W738" s="106" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="739" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A739" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B739" s="78" t="s">
         <v>768</v>
       </c>
       <c r="S739"/>
-      <c r="V739" s="106" t="s">
+      <c r="V739" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W739" s="107" t="s">
-[...3 lines deleted...]
-    <row r="740" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W739" s="106" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="740" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A740" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B740" s="78" t="s">
         <v>767</v>
       </c>
       <c r="S740"/>
-      <c r="V740" s="106" t="s">
+      <c r="V740" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W740" s="107" t="s">
-[...3 lines deleted...]
-    <row r="741" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W740" s="106" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="741" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A741" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B741" s="78" t="s">
         <v>766</v>
       </c>
       <c r="S741"/>
-      <c r="V741" s="106" t="s">
+      <c r="V741" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W741" s="107" t="s">
-[...3 lines deleted...]
-    <row r="742" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W741" s="106" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="742" spans="1:23" ht="28.5" x14ac:dyDescent="0.45">
       <c r="A742" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B742" s="78" t="s">
         <v>765</v>
       </c>
       <c r="S742"/>
-      <c r="V742" s="106" t="s">
+      <c r="V742" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W742" s="107" t="s">
-[...3 lines deleted...]
-    <row r="743" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W742" s="106" t="s">
+        <v>1820</v>
+      </c>
+    </row>
+    <row r="743" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A743" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B743" s="78" t="s">
         <v>764</v>
       </c>
       <c r="S743"/>
-      <c r="V743" s="106" t="s">
+      <c r="V743" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W743" s="107" t="s">
-[...3 lines deleted...]
-    <row r="744" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W743" s="106" t="s">
+        <v>906</v>
+      </c>
+    </row>
+    <row r="744" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A744" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B744" s="78" t="s">
         <v>763</v>
       </c>
       <c r="S744"/>
-      <c r="V744" s="106" t="s">
+      <c r="V744" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W744" s="107" t="s">
-[...3 lines deleted...]
-    <row r="745" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W744" s="106" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="745" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A745" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B745" s="78" t="s">
         <v>762</v>
       </c>
       <c r="S745"/>
-      <c r="V745" s="106" t="s">
+      <c r="V745" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W745" s="107" t="s">
-[...3 lines deleted...]
-    <row r="746" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W745" s="106" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="746" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A746" s="77" t="s">
         <v>91</v>
       </c>
       <c r="B746" s="78" t="s">
         <v>761</v>
       </c>
       <c r="S746"/>
-      <c r="V746" s="106" t="s">
+      <c r="V746" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W746" s="107" t="s">
-[...3 lines deleted...]
-    <row r="747" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W746" s="106" t="s">
+        <v>903</v>
+      </c>
+    </row>
+    <row r="747" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A747" s="77" t="s">
         <v>75</v>
       </c>
       <c r="B747" s="78" t="s">
         <v>760</v>
       </c>
       <c r="S747"/>
-      <c r="V747" s="106" t="s">
+      <c r="V747" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W747" s="107" t="s">
-[...3 lines deleted...]
-    <row r="748" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W747" s="106" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="748" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A748" s="77" t="s">
         <v>75</v>
       </c>
       <c r="B748" s="78" t="s">
         <v>759</v>
       </c>
       <c r="S748"/>
-      <c r="V748" s="106" t="s">
+      <c r="V748" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W748" s="107" t="s">
-[...3 lines deleted...]
-    <row r="749" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W748" s="106" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="749" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A749" s="77" t="s">
         <v>75</v>
       </c>
       <c r="B749" s="78" t="s">
         <v>758</v>
       </c>
       <c r="S749"/>
-      <c r="V749" s="106" t="s">
+      <c r="V749" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W749" s="107" t="s">
-[...3 lines deleted...]
-    <row r="750" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W749" s="106" t="s">
+        <v>1821</v>
+      </c>
+    </row>
+    <row r="750" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A750" s="77" t="s">
         <v>75</v>
       </c>
       <c r="B750" s="78" t="s">
         <v>757</v>
       </c>
       <c r="S750"/>
-      <c r="V750" s="106" t="s">
+      <c r="V750" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W750" s="107" t="s">
-[...3 lines deleted...]
-    <row r="751" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W750" s="106" t="s">
+        <v>900</v>
+      </c>
+    </row>
+    <row r="751" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A751" s="77" t="s">
         <v>75</v>
       </c>
       <c r="B751" s="78" t="s">
         <v>756</v>
       </c>
       <c r="S751"/>
-      <c r="V751" s="106" t="s">
+      <c r="V751" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W751" s="107" t="s">
-[...3 lines deleted...]
-    <row r="752" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W751" s="106" t="s">
+        <v>899</v>
+      </c>
+    </row>
+    <row r="752" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A752" s="77" t="s">
         <v>75</v>
       </c>
       <c r="B752" s="78" t="s">
         <v>755</v>
       </c>
       <c r="S752"/>
-      <c r="V752" s="106" t="s">
+      <c r="V752" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W752" s="107" t="s">
-[...3 lines deleted...]
-    <row r="753" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W752" s="106" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="753" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A753" s="77" t="s">
         <v>75</v>
       </c>
       <c r="B753" s="78" t="s">
         <v>754</v>
       </c>
       <c r="S753"/>
-      <c r="V753" s="106" t="s">
+      <c r="V753" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W753" s="107" t="s">
-[...3 lines deleted...]
-    <row r="754" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W753" s="106" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="754" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A754" s="77" t="s">
         <v>75</v>
       </c>
       <c r="B754" s="78" t="s">
         <v>753</v>
       </c>
       <c r="S754"/>
-      <c r="V754" s="106" t="s">
+      <c r="V754" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W754" s="107" t="s">
-[...3 lines deleted...]
-    <row r="755" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W754" s="106" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="755" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A755" s="77" t="s">
         <v>75</v>
       </c>
       <c r="B755" s="78" t="s">
         <v>752</v>
       </c>
       <c r="S755"/>
-      <c r="V755" s="106" t="s">
+      <c r="V755" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W755" s="107" t="s">
-[...3 lines deleted...]
-    <row r="756" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W755" s="106" t="s">
+        <v>895</v>
+      </c>
+    </row>
+    <row r="756" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A756" s="77" t="s">
         <v>75</v>
       </c>
       <c r="B756" s="78" t="s">
         <v>751</v>
       </c>
       <c r="S756"/>
-      <c r="V756" s="106" t="s">
+      <c r="V756" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W756" s="107" t="s">
-[...3 lines deleted...]
-    <row r="757" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W756" s="106" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="757" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A757" s="77" t="s">
         <v>75</v>
       </c>
       <c r="B757" s="78" t="s">
         <v>750</v>
       </c>
       <c r="S757"/>
-      <c r="V757" s="106" t="s">
+      <c r="V757" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W757" s="107" t="s">
-[...3 lines deleted...]
-    <row r="758" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W757" s="106" t="s">
+        <v>1880</v>
+      </c>
+    </row>
+    <row r="758" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A758" s="77" t="s">
         <v>75</v>
       </c>
       <c r="B758" s="78" t="s">
         <v>749</v>
       </c>
       <c r="S758"/>
-      <c r="V758" s="106" t="s">
+      <c r="V758" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W758" s="107" t="s">
-[...3 lines deleted...]
-    <row r="759" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W758" s="106" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="759" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A759" s="77" t="s">
         <v>75</v>
       </c>
       <c r="B759" s="78" t="s">
         <v>748</v>
       </c>
       <c r="S759"/>
-      <c r="V759" s="106" t="s">
+      <c r="V759" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W759" s="107" t="s">
-[...3 lines deleted...]
-    <row r="760" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W759" s="106" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="760" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A760" s="77" t="s">
         <v>75</v>
       </c>
       <c r="B760" s="78" t="s">
         <v>747</v>
       </c>
       <c r="S760"/>
-      <c r="V760" s="106" t="s">
+      <c r="V760" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W760" s="107" t="s">
-[...3 lines deleted...]
-    <row r="761" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W760" s="106" t="s">
+        <v>891</v>
+      </c>
+    </row>
+    <row r="761" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A761" s="77" t="s">
         <v>75</v>
       </c>
       <c r="B761" s="78" t="s">
         <v>746</v>
       </c>
       <c r="S761"/>
-      <c r="V761" s="106" t="s">
+      <c r="V761" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W761" s="107" t="s">
-[...3 lines deleted...]
-    <row r="762" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W761" s="106" t="s">
+        <v>890</v>
+      </c>
+    </row>
+    <row r="762" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A762" s="77" t="s">
         <v>75</v>
       </c>
       <c r="B762" s="78" t="s">
         <v>745</v>
       </c>
       <c r="S762"/>
-      <c r="V762" s="106" t="s">
+      <c r="V762" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W762" s="107" t="s">
-[...3 lines deleted...]
-    <row r="763" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W762" s="106" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="763" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A763" s="77" t="s">
         <v>75</v>
       </c>
       <c r="B763" s="78" t="s">
         <v>744</v>
       </c>
       <c r="S763"/>
-      <c r="V763" s="106" t="s">
+      <c r="V763" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W763" s="107" t="s">
-[...3 lines deleted...]
-    <row r="764" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W763" s="106" t="s">
+        <v>1822</v>
+      </c>
+    </row>
+    <row r="764" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A764" s="77" t="s">
         <v>75</v>
       </c>
       <c r="B764" s="78" t="s">
         <v>743</v>
       </c>
       <c r="S764"/>
-      <c r="V764" s="106" t="s">
+      <c r="V764" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W764" s="107" t="s">
-[...3 lines deleted...]
-    <row r="765" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W764" s="106" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="765" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A765" s="77" t="s">
         <v>75</v>
       </c>
       <c r="B765" s="78" t="s">
         <v>742</v>
       </c>
       <c r="S765"/>
-      <c r="V765" s="106" t="s">
+      <c r="V765" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W765" s="107" t="s">
-[...3 lines deleted...]
-    <row r="766" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W765" s="106" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="766" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A766" s="77" t="s">
         <v>75</v>
       </c>
       <c r="B766" s="78" t="s">
         <v>741</v>
       </c>
       <c r="S766"/>
-      <c r="V766" s="106" t="s">
+      <c r="V766" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W766" s="107" t="s">
-[...3 lines deleted...]
-    <row r="767" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W766" s="106" t="s">
+        <v>885</v>
+      </c>
+    </row>
+    <row r="767" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A767" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B767" s="78" t="s">
         <v>740</v>
       </c>
       <c r="S767"/>
-      <c r="V767" s="106" t="s">
+      <c r="V767" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W767" s="107" t="s">
-[...3 lines deleted...]
-    <row r="768" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W767" s="106" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="768" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A768" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B768" s="78" t="s">
         <v>739</v>
       </c>
       <c r="S768"/>
-      <c r="V768" s="106" t="s">
+      <c r="V768" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W768" s="107" t="s">
-[...3 lines deleted...]
-    <row r="769" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W768" s="106" t="s">
+        <v>883</v>
+      </c>
+    </row>
+    <row r="769" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A769" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B769" s="78" t="s">
         <v>738</v>
       </c>
       <c r="S769"/>
-      <c r="V769" s="106" t="s">
+      <c r="V769" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W769" s="107" t="s">
-[...3 lines deleted...]
-    <row r="770" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W769" s="106" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="770" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A770" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B770" s="78" t="s">
         <v>737</v>
       </c>
       <c r="S770"/>
-      <c r="V770" s="106" t="s">
+      <c r="V770" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W770" s="107" t="s">
-[...3 lines deleted...]
-    <row r="771" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W770" s="106" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="771" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A771" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B771" s="78" t="s">
         <v>736</v>
       </c>
       <c r="S771"/>
-      <c r="V771" s="106" t="s">
+      <c r="V771" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W771" s="107" t="s">
-[...3 lines deleted...]
-    <row r="772" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W771" s="106" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="772" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A772" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B772" s="78" t="s">
         <v>735</v>
       </c>
       <c r="S772"/>
-      <c r="V772" s="106" t="s">
+      <c r="V772" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W772" s="107" t="s">
-[...3 lines deleted...]
-    <row r="773" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W772" s="106" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="773" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A773" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B773" s="78" t="s">
         <v>734</v>
       </c>
       <c r="S773"/>
-      <c r="V773" s="106" t="s">
+      <c r="V773" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W773" s="107" t="s">
-[...3 lines deleted...]
-    <row r="774" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W773" s="106" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="774" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A774" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B774" s="78" t="s">
         <v>733</v>
       </c>
       <c r="S774"/>
-      <c r="V774" s="106" t="s">
+      <c r="V774" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W774" s="107" t="s">
-[...3 lines deleted...]
-    <row r="775" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W774" s="106" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="775" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A775" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B775" s="78" t="s">
         <v>732</v>
       </c>
       <c r="S775"/>
-      <c r="V775" s="106" t="s">
+      <c r="V775" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W775" s="107" t="s">
-[...3 lines deleted...]
-    <row r="776" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W775" s="106" t="s">
+        <v>1823</v>
+      </c>
+    </row>
+    <row r="776" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A776" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B776" s="78" t="s">
         <v>731</v>
       </c>
       <c r="S776"/>
-      <c r="V776" s="106" t="s">
+      <c r="V776" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W776" s="107" t="s">
-[...3 lines deleted...]
-    <row r="777" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W776" s="106" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="777" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A777" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B777" s="78" t="s">
         <v>730</v>
       </c>
       <c r="S777"/>
-      <c r="V777" s="106" t="s">
+      <c r="V777" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W777" s="107" t="s">
-[...3 lines deleted...]
-    <row r="778" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W777" s="106" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="778" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A778" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B778" s="78" t="s">
         <v>729</v>
       </c>
       <c r="S778"/>
-      <c r="V778" s="106" t="s">
+      <c r="V778" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W778" s="107" t="s">
-[...3 lines deleted...]
-    <row r="779" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W778" s="106" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="779" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A779" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B779" s="78" t="s">
         <v>728</v>
       </c>
       <c r="S779"/>
-      <c r="V779" s="106" t="s">
+      <c r="V779" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W779" s="107" t="s">
-[...3 lines deleted...]
-    <row r="780" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W779" s="106" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="780" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A780" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B780" s="78" t="s">
         <v>727</v>
       </c>
       <c r="S780"/>
-      <c r="V780" s="106" t="s">
+      <c r="V780" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W780" s="107" t="s">
-[...3 lines deleted...]
-    <row r="781" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W780" s="106" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="781" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A781" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B781" s="78" t="s">
         <v>726</v>
       </c>
       <c r="S781"/>
-      <c r="V781" s="106" t="s">
+      <c r="V781" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W781" s="107" t="s">
-[...3 lines deleted...]
-    <row r="782" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W781" s="106" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="782" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A782" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B782" s="78" t="s">
         <v>725</v>
       </c>
       <c r="S782"/>
-      <c r="V782" s="106" t="s">
+      <c r="V782" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W782" s="107" t="s">
-[...3 lines deleted...]
-    <row r="783" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W782" s="106" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="783" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A783" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B783" s="78" t="s">
         <v>724</v>
       </c>
       <c r="S783"/>
-      <c r="V783" s="106" t="s">
+      <c r="V783" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W783" s="107" t="s">
-[...3 lines deleted...]
-    <row r="784" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W783" s="106" t="s">
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="784" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A784" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B784" s="78" t="s">
         <v>723</v>
       </c>
       <c r="S784"/>
-      <c r="V784" s="106" t="s">
+      <c r="V784" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W784" s="107" t="s">
-[...3 lines deleted...]
-    <row r="785" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W784" s="106" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="785" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A785" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B785" s="78" t="s">
         <v>722</v>
       </c>
       <c r="S785"/>
-      <c r="V785" s="106" t="s">
+      <c r="V785" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W785" s="107" t="s">
-[...3 lines deleted...]
-    <row r="786" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W785" s="106" t="s">
+        <v>866</v>
+      </c>
+    </row>
+    <row r="786" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A786" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B786" s="78" t="s">
         <v>721</v>
       </c>
       <c r="S786"/>
-      <c r="V786" s="106" t="s">
+      <c r="V786" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W786" s="107" t="s">
-[...3 lines deleted...]
-    <row r="787" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W786" s="106" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="787" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A787" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B787" s="78" t="s">
         <v>720</v>
       </c>
       <c r="S787"/>
-      <c r="V787" s="106" t="s">
+      <c r="V787" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W787" s="107" t="s">
-[...3 lines deleted...]
-    <row r="788" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W787" s="106" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="788" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A788" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B788" s="78" t="s">
         <v>719</v>
       </c>
       <c r="S788"/>
-      <c r="V788" s="106" t="s">
+      <c r="V788" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W788" s="107" t="s">
-[...3 lines deleted...]
-    <row r="789" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W788" s="106" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="789" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A789" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B789" s="78" t="s">
         <v>718</v>
       </c>
       <c r="S789"/>
-      <c r="V789" s="106" t="s">
+      <c r="V789" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W789" s="107" t="s">
-[...3 lines deleted...]
-    <row r="790" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W789" s="106" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="790" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A790" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B790" s="78" t="s">
         <v>717</v>
       </c>
       <c r="S790"/>
-      <c r="V790" s="106" t="s">
+      <c r="V790" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W790" s="107" t="s">
-[...3 lines deleted...]
-    <row r="791" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W790" s="106" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="791" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A791" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B791" s="78" t="s">
         <v>716</v>
       </c>
       <c r="S791"/>
-      <c r="V791" s="106" t="s">
+      <c r="V791" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W791" s="107" t="s">
-[...3 lines deleted...]
-    <row r="792" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W791" s="106" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="792" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A792" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B792" s="78" t="s">
         <v>715</v>
       </c>
       <c r="S792"/>
-      <c r="V792" s="106" t="s">
+      <c r="V792" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W792" s="107" t="s">
-[...3 lines deleted...]
-    <row r="793" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W792" s="106" t="s">
+        <v>859</v>
+      </c>
+    </row>
+    <row r="793" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A793" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B793" s="78" t="s">
         <v>714</v>
       </c>
       <c r="S793"/>
-      <c r="V793" s="106" t="s">
+      <c r="V793" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W793" s="107" t="s">
-[...3 lines deleted...]
-    <row r="794" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W793" s="106" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="794" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A794" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B794" s="78" t="s">
         <v>713</v>
       </c>
       <c r="S794"/>
-      <c r="V794" s="106" t="s">
+      <c r="V794" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W794" s="107" t="s">
-[...3 lines deleted...]
-    <row r="795" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W794" s="106" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="795" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A795" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B795" s="78" t="s">
         <v>712</v>
       </c>
       <c r="S795"/>
-      <c r="V795" s="106" t="s">
+      <c r="V795" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W795" s="107" t="s">
-[...3 lines deleted...]
-    <row r="796" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W795" s="106" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="796" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A796" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B796" s="78" t="s">
         <v>711</v>
       </c>
       <c r="S796"/>
-      <c r="V796" s="106" t="s">
+      <c r="V796" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W796" s="107" t="s">
-[...3 lines deleted...]
-    <row r="797" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W796" s="106" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="797" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A797" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B797" s="78" t="s">
         <v>710</v>
       </c>
       <c r="S797"/>
-      <c r="V797" s="106" t="s">
+      <c r="V797" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W797" s="107" t="s">
-[...3 lines deleted...]
-    <row r="798" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W797" s="106" t="s">
+        <v>1825</v>
+      </c>
+    </row>
+    <row r="798" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A798" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B798" s="78" t="s">
         <v>709</v>
       </c>
       <c r="S798"/>
-      <c r="V798" s="106" t="s">
+      <c r="V798" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W798" s="107" t="s">
-[...3 lines deleted...]
-    <row r="799" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W798" s="106" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="799" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A799" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B799" s="78" t="s">
         <v>708</v>
       </c>
       <c r="S799"/>
-      <c r="V799" s="106" t="s">
+      <c r="V799" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W799" s="107" t="s">
-[...3 lines deleted...]
-    <row r="800" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W799" s="106" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="800" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A800" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B800" s="78" t="s">
         <v>707</v>
       </c>
       <c r="S800"/>
-      <c r="V800" s="106" t="s">
+      <c r="V800" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W800" s="107" t="s">
-[...3 lines deleted...]
-    <row r="801" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W800" s="106" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="801" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A801" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B801" s="78" t="s">
         <v>706</v>
       </c>
       <c r="S801"/>
-      <c r="V801" s="106" t="s">
+      <c r="V801" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W801" s="107" t="s">
-[...3 lines deleted...]
-    <row r="802" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W801" s="106" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="802" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A802" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B802" s="78" t="s">
         <v>705</v>
       </c>
       <c r="S802"/>
-      <c r="V802" s="106" t="s">
+      <c r="V802" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W802" s="107" t="s">
-[...3 lines deleted...]
-    <row r="803" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W802" s="106" t="s">
+        <v>850</v>
+      </c>
+    </row>
+    <row r="803" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A803" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B803" s="78" t="s">
         <v>704</v>
       </c>
       <c r="S803"/>
-      <c r="V803" s="106" t="s">
+      <c r="V803" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W803" s="107" t="s">
-[...3 lines deleted...]
-    <row r="804" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W803" s="106" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="804" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A804" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B804" s="78" t="s">
         <v>703</v>
       </c>
       <c r="S804"/>
-      <c r="V804" s="106" t="s">
+      <c r="V804" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W804" s="107" t="s">
-[...3 lines deleted...]
-    <row r="805" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W804" s="106" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="805" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A805" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B805" s="78" t="s">
         <v>702</v>
       </c>
       <c r="S805"/>
-      <c r="V805" s="106" t="s">
+      <c r="V805" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W805" s="107" t="s">
-[...3 lines deleted...]
-    <row r="806" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W805" s="106" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="806" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A806" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B806" s="78" t="s">
         <v>701</v>
       </c>
       <c r="S806"/>
-      <c r="V806" s="106" t="s">
+      <c r="V806" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W806" s="107" t="s">
-[...3 lines deleted...]
-    <row r="807" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W806" s="106" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="807" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A807" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B807" s="78" t="s">
         <v>700</v>
       </c>
       <c r="S807"/>
-      <c r="V807" s="106" t="s">
+      <c r="V807" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W807" s="107" t="s">
-[...3 lines deleted...]
-    <row r="808" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W807" s="106" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="808" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A808" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B808" s="78" t="s">
         <v>699</v>
       </c>
       <c r="S808"/>
-      <c r="V808" s="106" t="s">
+      <c r="V808" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W808" s="107" t="s">
-[...3 lines deleted...]
-    <row r="809" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W808" s="106" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="809" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A809" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B809" s="78" t="s">
         <v>698</v>
       </c>
       <c r="S809"/>
-      <c r="V809" s="106" t="s">
+      <c r="V809" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W809" s="107" t="s">
-[...3 lines deleted...]
-    <row r="810" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W809" s="106" t="s">
+        <v>1826</v>
+      </c>
+    </row>
+    <row r="810" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A810" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B810" s="78" t="s">
         <v>697</v>
       </c>
       <c r="S810"/>
-      <c r="V810" s="106" t="s">
+      <c r="V810" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W810" s="107" t="s">
-[...3 lines deleted...]
-    <row r="811" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W810" s="106" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="811" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A811" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B811" s="78" t="s">
         <v>696</v>
       </c>
       <c r="S811"/>
-      <c r="V811" s="106" t="s">
+      <c r="V811" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W811" s="107" t="s">
-[...3 lines deleted...]
-    <row r="812" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W811" s="106" t="s">
+        <v>838</v>
+      </c>
+    </row>
+    <row r="812" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A812" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B812" s="78" t="s">
         <v>695</v>
       </c>
       <c r="S812"/>
-      <c r="V812" s="106" t="s">
+      <c r="V812" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W812" s="107" t="s">
-[...3 lines deleted...]
-    <row r="813" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W812" s="106" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="813" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A813" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B813" s="78" t="s">
         <v>694</v>
       </c>
       <c r="S813"/>
-      <c r="V813" s="106" t="s">
+      <c r="V813" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W813" s="107" t="s">
-[...3 lines deleted...]
-    <row r="814" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W813" s="106" t="s">
+        <v>1827</v>
+      </c>
+    </row>
+    <row r="814" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A814" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B814" s="78" t="s">
         <v>693</v>
       </c>
       <c r="S814"/>
-      <c r="V814" s="106" t="s">
+      <c r="V814" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W814" s="107" t="s">
-[...3 lines deleted...]
-    <row r="815" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W814" s="106" t="s">
+        <v>835</v>
+      </c>
+    </row>
+    <row r="815" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A815" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B815" s="78" t="s">
         <v>692</v>
       </c>
       <c r="S815"/>
-      <c r="V815" s="106" t="s">
+      <c r="V815" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W815" s="107" t="s">
-[...3 lines deleted...]
-    <row r="816" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W815" s="106" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="816" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A816" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B816" s="78" t="s">
         <v>691</v>
       </c>
       <c r="S816"/>
-      <c r="V816" s="106" t="s">
+      <c r="V816" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W816" s="107" t="s">
-[...3 lines deleted...]
-    <row r="817" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W816" s="106" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="817" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A817" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B817" s="78" t="s">
         <v>690</v>
       </c>
       <c r="S817"/>
-      <c r="V817" s="106" t="s">
+      <c r="V817" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W817" s="107" t="s">
-[...3 lines deleted...]
-    <row r="818" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W817" s="106" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="818" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A818" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B818" s="78" t="s">
         <v>689</v>
       </c>
       <c r="S818"/>
-      <c r="V818" s="106" t="s">
+      <c r="V818" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W818" s="107" t="s">
-[...3 lines deleted...]
-    <row r="819" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W818" s="106" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="819" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A819" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B819" s="78" t="s">
         <v>688</v>
       </c>
       <c r="S819"/>
-      <c r="V819" s="106" t="s">
+      <c r="V819" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W819" s="107" t="s">
-[...3 lines deleted...]
-    <row r="820" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W819" s="106" t="s">
+        <v>1828</v>
+      </c>
+    </row>
+    <row r="820" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A820" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B820" s="78" t="s">
         <v>687</v>
       </c>
       <c r="S820"/>
-      <c r="V820" s="106" t="s">
+      <c r="V820" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W820" s="107" t="s">
-[...3 lines deleted...]
-    <row r="821" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W820" s="106" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="821" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A821" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B821" s="78" t="s">
         <v>686</v>
       </c>
       <c r="S821"/>
-      <c r="V821" s="106" t="s">
+      <c r="V821" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W821" s="107" t="s">
-[...3 lines deleted...]
-    <row r="822" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W821" s="106" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="822" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A822" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B822" s="78" t="s">
         <v>685</v>
       </c>
       <c r="S822"/>
-      <c r="V822" s="106" t="s">
+      <c r="V822" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W822" s="107" t="s">
-[...3 lines deleted...]
-    <row r="823" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W822" s="106" t="s">
+        <v>828</v>
+      </c>
+    </row>
+    <row r="823" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A823" s="77" t="s">
         <v>68</v>
       </c>
       <c r="B823" s="78" t="s">
         <v>684</v>
       </c>
       <c r="S823"/>
-      <c r="V823" s="106" t="s">
+      <c r="V823" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W823" s="107" t="s">
-[...3 lines deleted...]
-    <row r="824" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W823" s="106" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="824" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A824" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B824" s="78" t="s">
         <v>683</v>
       </c>
       <c r="S824"/>
-      <c r="V824" s="106" t="s">
+      <c r="V824" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W824" s="107" t="s">
-[...3 lines deleted...]
-    <row r="825" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W824" s="106" t="s">
+        <v>1881</v>
+      </c>
+    </row>
+    <row r="825" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A825" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B825" s="78" t="s">
         <v>682</v>
       </c>
       <c r="S825"/>
-      <c r="V825" s="106" t="s">
+      <c r="V825" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W825" s="107" t="s">
-[...3 lines deleted...]
-    <row r="826" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W825" s="106" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="826" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A826" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B826" s="78" t="s">
         <v>681</v>
       </c>
       <c r="S826"/>
-      <c r="V826" s="106" t="s">
+      <c r="V826" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W826" s="107" t="s">
-[...3 lines deleted...]
-    <row r="827" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W826" s="106" t="s">
+        <v>1829</v>
+      </c>
+    </row>
+    <row r="827" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A827" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B827" s="78" t="s">
         <v>680</v>
       </c>
       <c r="S827"/>
-      <c r="V827" s="106" t="s">
+      <c r="V827" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W827" s="107" t="s">
-[...3 lines deleted...]
-    <row r="828" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W827" s="106" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="828" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A828" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B828" s="78" t="s">
         <v>679</v>
       </c>
       <c r="S828"/>
-      <c r="V828" s="106" t="s">
+      <c r="V828" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W828" s="107" t="s">
-[...3 lines deleted...]
-    <row r="829" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W828" s="106" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="829" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A829" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B829" s="78" t="s">
         <v>678</v>
       </c>
       <c r="S829"/>
-      <c r="V829" s="106" t="s">
+      <c r="V829" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W829" s="107" t="s">
-[...3 lines deleted...]
-    <row r="830" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W829" s="106" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="830" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A830" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B830" s="78" t="s">
         <v>677</v>
       </c>
       <c r="S830"/>
-      <c r="V830" s="106" t="s">
+      <c r="V830" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W830" s="107" t="s">
-[...3 lines deleted...]
-    <row r="831" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W830" s="106" t="s">
+        <v>1830</v>
+      </c>
+    </row>
+    <row r="831" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A831" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B831" s="78" t="s">
         <v>676</v>
       </c>
       <c r="S831"/>
-      <c r="V831" s="106" t="s">
+      <c r="V831" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W831" s="107" t="s">
-[...3 lines deleted...]
-    <row r="832" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W831" s="106" t="s">
+        <v>820</v>
+      </c>
+    </row>
+    <row r="832" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A832" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B832" s="78" t="s">
         <v>675</v>
       </c>
       <c r="S832"/>
-      <c r="V832" s="106" t="s">
+      <c r="V832" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W832" s="107" t="s">
-[...3 lines deleted...]
-    <row r="833" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W832" s="106" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="833" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A833" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B833" s="78" t="s">
         <v>674</v>
       </c>
       <c r="S833"/>
-      <c r="V833" s="106" t="s">
+      <c r="V833" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W833" s="107" t="s">
-[...3 lines deleted...]
-    <row r="834" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W833" s="106" t="s">
+        <v>818</v>
+      </c>
+    </row>
+    <row r="834" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A834" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B834" s="78" t="s">
         <v>673</v>
       </c>
       <c r="S834"/>
-      <c r="V834" s="106" t="s">
+      <c r="V834" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W834" s="107" t="s">
-[...3 lines deleted...]
-    <row r="835" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W834" s="106" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="835" spans="1:23" ht="28.5" x14ac:dyDescent="0.45">
       <c r="A835" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B835" s="78" t="s">
         <v>672</v>
       </c>
       <c r="S835"/>
-      <c r="V835" s="106" t="s">
+      <c r="V835" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W835" s="107" t="s">
-[...3 lines deleted...]
-    <row r="836" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W835" s="106" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="836" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A836" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B836" s="78" t="s">
         <v>671</v>
       </c>
       <c r="S836"/>
-      <c r="V836" s="106" t="s">
+      <c r="V836" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W836" s="107" t="s">
-[...3 lines deleted...]
-    <row r="837" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W836" s="106" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="837" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A837" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B837" s="78" t="s">
         <v>670</v>
       </c>
       <c r="S837"/>
-      <c r="V837" s="106" t="s">
+      <c r="V837" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W837" s="107" t="s">
-[...3 lines deleted...]
-    <row r="838" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W837" s="106" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="838" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A838" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B838" s="78" t="s">
         <v>669</v>
       </c>
       <c r="S838"/>
-      <c r="V838" s="106" t="s">
+      <c r="V838" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W838" s="107" t="s">
-[...3 lines deleted...]
-    <row r="839" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W838" s="106" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="839" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A839" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B839" s="78" t="s">
         <v>668</v>
       </c>
       <c r="S839"/>
-      <c r="V839" s="106" t="s">
+      <c r="V839" s="105" t="s">
         <v>86</v>
       </c>
-      <c r="W839" s="107" t="s">
-[...3 lines deleted...]
-    <row r="840" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W839" s="106" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="840" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A840" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B840" s="78" t="s">
         <v>667</v>
       </c>
       <c r="S840"/>
-      <c r="V840" s="106" t="s">
-[...6 lines deleted...]
-    <row r="841" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V840" s="105" t="s">
+        <v>86</v>
+      </c>
+      <c r="W840" s="106" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="841" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A841" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B841" s="78" t="s">
         <v>666</v>
       </c>
       <c r="S841"/>
-      <c r="V841" s="106" t="s">
-[...6 lines deleted...]
-    <row r="842" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="V841" s="105" t="s">
+        <v>86</v>
+      </c>
+      <c r="W841" s="106" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="842" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A842" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B842" s="78" t="s">
         <v>665</v>
       </c>
       <c r="S842"/>
-      <c r="V842" s="106" t="s">
-[...6 lines deleted...]
-    <row r="843" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="V842" s="105" t="s">
+        <v>86</v>
+      </c>
+      <c r="W842" s="106" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="843" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A843" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B843" s="78" t="s">
         <v>664</v>
       </c>
       <c r="S843"/>
-      <c r="V843" s="106" t="s">
-[...6 lines deleted...]
-    <row r="844" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V843" s="105" t="s">
+        <v>86</v>
+      </c>
+      <c r="W843" s="106" t="s">
+        <v>1831</v>
+      </c>
+    </row>
+    <row r="844" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A844" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B844" s="78" t="s">
         <v>663</v>
       </c>
       <c r="S844"/>
-      <c r="V844" s="106" t="s">
-[...6 lines deleted...]
-    <row r="845" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V844" s="105" t="s">
+        <v>86</v>
+      </c>
+      <c r="W844" s="106" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="845" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A845" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B845" s="78" t="s">
         <v>662</v>
       </c>
       <c r="S845"/>
-      <c r="V845" s="106" t="s">
-[...6 lines deleted...]
-    <row r="846" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V845" s="105" t="s">
+        <v>86</v>
+      </c>
+      <c r="W845" s="106" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="846" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A846" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B846" s="78" t="s">
         <v>661</v>
       </c>
       <c r="S846"/>
-      <c r="V846" s="106" t="s">
-[...6 lines deleted...]
-    <row r="847" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="V846" s="105" t="s">
+        <v>86</v>
+      </c>
+      <c r="W846" s="106" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="847" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A847" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B847" s="78" t="s">
         <v>660</v>
       </c>
       <c r="S847"/>
-      <c r="V847" s="106" t="s">
+      <c r="V847" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W847" s="107" t="s">
-[...3 lines deleted...]
-    <row r="848" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W847" s="106" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="848" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A848" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B848" s="78" t="s">
         <v>659</v>
       </c>
       <c r="S848"/>
-      <c r="V848" s="106" t="s">
+      <c r="V848" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W848" s="107" t="s">
-[...3 lines deleted...]
-    <row r="849" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W848" s="106" t="s">
+        <v>803</v>
+      </c>
+    </row>
+    <row r="849" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A849" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B849" s="78" t="s">
         <v>658</v>
       </c>
       <c r="S849"/>
-      <c r="V849" s="106" t="s">
+      <c r="V849" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W849" s="107" t="s">
-[...3 lines deleted...]
-    <row r="850" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W849" s="106" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="850" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A850" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B850" s="78" t="s">
         <v>657</v>
       </c>
       <c r="S850"/>
-      <c r="V850" s="106" t="s">
+      <c r="V850" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W850" s="107" t="s">
-[...3 lines deleted...]
-    <row r="851" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W850" s="106" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="851" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A851" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B851" s="78" t="s">
         <v>656</v>
       </c>
       <c r="S851"/>
-      <c r="V851" s="106" t="s">
+      <c r="V851" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W851" s="107" t="s">
-[...3 lines deleted...]
-    <row r="852" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W851" s="106" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="852" spans="1:23" ht="28.5" x14ac:dyDescent="0.45">
       <c r="A852" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B852" s="78" t="s">
         <v>655</v>
       </c>
       <c r="S852"/>
-      <c r="V852" s="106" t="s">
+      <c r="V852" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W852" s="107" t="s">
-[...3 lines deleted...]
-    <row r="853" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W852" s="106" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="853" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A853" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B853" s="78" t="s">
         <v>654</v>
       </c>
       <c r="S853"/>
-      <c r="V853" s="106" t="s">
+      <c r="V853" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W853" s="107" t="s">
-[...3 lines deleted...]
-    <row r="854" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W853" s="106" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="854" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A854" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B854" s="78" t="s">
         <v>653</v>
       </c>
       <c r="S854"/>
-      <c r="V854" s="106" t="s">
+      <c r="V854" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W854" s="107" t="s">
-[...3 lines deleted...]
-    <row r="855" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W854" s="106" t="s">
+        <v>1882</v>
+      </c>
+    </row>
+    <row r="855" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A855" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B855" s="78" t="s">
         <v>652</v>
       </c>
       <c r="S855"/>
-      <c r="V855" s="106" t="s">
+      <c r="V855" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W855" s="107" t="s">
-[...3 lines deleted...]
-    <row r="856" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W855" s="106" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="856" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A856" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B856" s="78" t="s">
         <v>651</v>
       </c>
       <c r="S856"/>
-      <c r="V856" s="106" t="s">
+      <c r="V856" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W856" s="107" t="s">
-[...3 lines deleted...]
-    <row r="857" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W856" s="106" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="857" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A857" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B857" s="78" t="s">
         <v>650</v>
       </c>
       <c r="S857"/>
-      <c r="V857" s="106" t="s">
+      <c r="V857" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W857" s="107" t="s">
-[...3 lines deleted...]
-    <row r="858" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W857" s="106" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="858" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A858" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B858" s="78" t="s">
         <v>649</v>
       </c>
       <c r="S858"/>
-      <c r="V858" s="106" t="s">
+      <c r="V858" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W858" s="107" t="s">
-[...3 lines deleted...]
-    <row r="859" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W858" s="106" t="s">
+        <v>1868</v>
+      </c>
+    </row>
+    <row r="859" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A859" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B859" s="78" t="s">
         <v>648</v>
       </c>
       <c r="S859"/>
-      <c r="V859" s="106" t="s">
+      <c r="V859" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W859" s="107" t="s">
-[...3 lines deleted...]
-    <row r="860" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W859" s="106" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="860" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A860" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B860" s="78" t="s">
         <v>647</v>
       </c>
       <c r="S860"/>
-      <c r="V860" s="106" t="s">
+      <c r="V860" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W860" s="107" t="s">
-[...3 lines deleted...]
-    <row r="861" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W860" s="106" t="s">
+        <v>793</v>
+      </c>
+    </row>
+    <row r="861" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A861" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B861" s="78" t="s">
         <v>646</v>
       </c>
       <c r="S861"/>
-      <c r="V861" s="106" t="s">
+      <c r="V861" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W861" s="107" t="s">
-[...3 lines deleted...]
-    <row r="862" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W861" s="106" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="862" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A862" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B862" s="78" t="s">
         <v>645</v>
       </c>
       <c r="S862"/>
-      <c r="V862" s="106" t="s">
+      <c r="V862" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W862" s="107" t="s">
-[...3 lines deleted...]
-    <row r="863" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W862" s="106" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="863" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A863" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B863" s="78" t="s">
         <v>644</v>
       </c>
       <c r="S863"/>
-      <c r="V863" s="106" t="s">
+      <c r="V863" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W863" s="107" t="s">
-[...3 lines deleted...]
-    <row r="864" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W863" s="106" t="s">
+        <v>1832</v>
+      </c>
+    </row>
+    <row r="864" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A864" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B864" s="78" t="s">
         <v>643</v>
       </c>
       <c r="S864"/>
-      <c r="V864" s="106" t="s">
+      <c r="V864" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W864" s="107" t="s">
-[...3 lines deleted...]
-    <row r="865" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W864" s="106" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="865" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A865" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B865" s="78" t="s">
         <v>642</v>
       </c>
       <c r="S865"/>
-      <c r="V865" s="106" t="s">
+      <c r="V865" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W865" s="107" t="s">
-[...3 lines deleted...]
-    <row r="866" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W865" s="106" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="866" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A866" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B866" s="78" t="s">
         <v>641</v>
       </c>
       <c r="S866"/>
-      <c r="V866" s="106" t="s">
+      <c r="V866" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W866" s="107" t="s">
-[...3 lines deleted...]
-    <row r="867" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W866" s="106" t="s">
+        <v>786</v>
+      </c>
+    </row>
+    <row r="867" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A867" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B867" s="78" t="s">
         <v>640</v>
       </c>
       <c r="S867"/>
-      <c r="V867" s="106" t="s">
+      <c r="V867" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W867" s="107" t="s">
-[...3 lines deleted...]
-    <row r="868" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W867" s="106" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="868" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A868" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B868" s="78" t="s">
         <v>639</v>
       </c>
       <c r="S868"/>
-      <c r="V868" s="106" t="s">
+      <c r="V868" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W868" s="107" t="s">
-[...3 lines deleted...]
-    <row r="869" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W868" s="106" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="869" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A869" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B869" s="78" t="s">
         <v>638</v>
       </c>
       <c r="S869"/>
-      <c r="V869" s="106" t="s">
+      <c r="V869" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W869" s="107" t="s">
-[...3 lines deleted...]
-    <row r="870" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W869" s="106" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="870" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A870" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B870" s="78" t="s">
         <v>637</v>
       </c>
       <c r="S870"/>
-      <c r="V870" s="106" t="s">
+      <c r="V870" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W870" s="107" t="s">
-[...3 lines deleted...]
-    <row r="871" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W870" s="106" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="871" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A871" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B871" s="78" t="s">
         <v>636</v>
       </c>
       <c r="S871"/>
-      <c r="V871" s="106" t="s">
+      <c r="V871" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W871" s="107" t="s">
-[...3 lines deleted...]
-    <row r="872" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W871" s="106" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="872" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A872" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B872" s="78" t="s">
         <v>635</v>
       </c>
       <c r="S872"/>
-      <c r="V872" s="106" t="s">
+      <c r="V872" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W872" s="107" t="s">
-[...3 lines deleted...]
-    <row r="873" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W872" s="106" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="873" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A873" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B873" s="78" t="s">
         <v>634</v>
       </c>
       <c r="S873"/>
-      <c r="V873" s="106" t="s">
+      <c r="V873" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W873" s="107" t="s">
-[...3 lines deleted...]
-    <row r="874" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W873" s="106" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="874" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A874" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B874" s="78" t="s">
         <v>633</v>
       </c>
       <c r="S874"/>
-      <c r="V874" s="106" t="s">
+      <c r="V874" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W874" s="107" t="s">
-[...3 lines deleted...]
-    <row r="875" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W874" s="106" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="875" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A875" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B875" s="78" t="s">
         <v>632</v>
       </c>
       <c r="S875"/>
-      <c r="V875" s="106" t="s">
+      <c r="V875" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W875" s="107" t="s">
-[...3 lines deleted...]
-    <row r="876" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W875" s="106" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="876" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A876" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B876" s="78" t="s">
         <v>631</v>
       </c>
       <c r="S876"/>
-      <c r="V876" s="106" t="s">
+      <c r="V876" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W876" s="107" t="s">
-[...3 lines deleted...]
-    <row r="877" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W876" s="106" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="877" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A877" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B877" s="78" t="s">
         <v>630</v>
       </c>
       <c r="S877"/>
-      <c r="V877" s="106" t="s">
+      <c r="V877" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W877" s="107" t="s">
-[...3 lines deleted...]
-    <row r="878" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W877" s="106" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="878" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A878" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B878" s="78" t="s">
         <v>629</v>
       </c>
       <c r="S878"/>
-      <c r="V878" s="106" t="s">
+      <c r="V878" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W878" s="107" t="s">
-[...3 lines deleted...]
-    <row r="879" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W878" s="106" t="s">
+        <v>1869</v>
+      </c>
+    </row>
+    <row r="879" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A879" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B879" s="78" t="s">
         <v>628</v>
       </c>
       <c r="S879"/>
-      <c r="V879" s="106" t="s">
+      <c r="V879" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W879" s="107" t="s">
-[...3 lines deleted...]
-    <row r="880" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W879" s="106" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="880" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A880" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B880" s="78" t="s">
         <v>627</v>
       </c>
       <c r="S880"/>
-      <c r="V880" s="106" t="s">
+      <c r="V880" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W880" s="107" t="s">
-[...3 lines deleted...]
-    <row r="881" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W880" s="106" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="881" spans="1:23" ht="28.5" x14ac:dyDescent="0.45">
       <c r="A881" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B881" s="78" t="s">
         <v>626</v>
       </c>
       <c r="S881"/>
-      <c r="V881" s="106" t="s">
+      <c r="V881" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W881" s="107" t="s">
-[...3 lines deleted...]
-    <row r="882" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W881" s="106" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="882" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A882" s="77" t="s">
         <v>77</v>
       </c>
       <c r="B882" s="78" t="s">
         <v>625</v>
       </c>
       <c r="S882"/>
-      <c r="V882" s="106" t="s">
+      <c r="V882" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W882" s="107" t="s">
-[...3 lines deleted...]
-    <row r="883" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W882" s="106" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="883" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A883" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B883" s="78" t="s">
         <v>624</v>
       </c>
       <c r="S883"/>
-      <c r="V883" s="106" t="s">
+      <c r="V883" s="105" t="s">
         <v>91</v>
       </c>
-      <c r="W883" s="107" t="s">
-[...3 lines deleted...]
-    <row r="884" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W883" s="106" t="s">
+        <v>770</v>
+      </c>
+    </row>
+    <row r="884" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A884" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B884" s="78" t="s">
         <v>623</v>
       </c>
       <c r="S884"/>
-      <c r="V884" s="106" t="s">
-[...6 lines deleted...]
-    <row r="885" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V884" s="105" t="s">
+        <v>91</v>
+      </c>
+      <c r="W884" s="106" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="885" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A885" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B885" s="78" t="s">
         <v>622</v>
       </c>
       <c r="S885"/>
-      <c r="V885" s="106" t="s">
-[...6 lines deleted...]
-    <row r="886" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V885" s="105" t="s">
+        <v>91</v>
+      </c>
+      <c r="W885" s="106" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="886" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A886" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B886" s="78" t="s">
         <v>621</v>
       </c>
       <c r="S886"/>
-      <c r="V886" s="106" t="s">
-[...6 lines deleted...]
-    <row r="887" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V886" s="105" t="s">
+        <v>91</v>
+      </c>
+      <c r="W886" s="106" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="887" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A887" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B887" s="78" t="s">
         <v>620</v>
       </c>
       <c r="S887"/>
-      <c r="V887" s="106" t="s">
-[...6 lines deleted...]
-    <row r="888" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V887" s="105" t="s">
+        <v>91</v>
+      </c>
+      <c r="W887" s="106" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="888" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A888" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B888" s="78" t="s">
         <v>619</v>
       </c>
       <c r="S888"/>
-      <c r="V888" s="106" t="s">
-[...6 lines deleted...]
-    <row r="889" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V888" s="105" t="s">
+        <v>91</v>
+      </c>
+      <c r="W888" s="106" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="889" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A889" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B889" s="78" t="s">
         <v>618</v>
       </c>
       <c r="S889"/>
-      <c r="V889" s="106" t="s">
-[...6 lines deleted...]
-    <row r="890" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="V889" s="105" t="s">
+        <v>91</v>
+      </c>
+      <c r="W889" s="106" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="890" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A890" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B890" s="78" t="s">
         <v>617</v>
       </c>
       <c r="S890"/>
-      <c r="V890" s="106" t="s">
-[...6 lines deleted...]
-    <row r="891" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V890" s="105" t="s">
+        <v>91</v>
+      </c>
+      <c r="W890" s="106" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="891" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A891" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B891" s="78" t="s">
         <v>616</v>
       </c>
       <c r="S891"/>
-      <c r="V891" s="106" t="s">
-[...6 lines deleted...]
-    <row r="892" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V891" s="105" t="s">
+        <v>91</v>
+      </c>
+      <c r="W891" s="106" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="892" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A892" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B892" s="78" t="s">
         <v>615</v>
       </c>
       <c r="S892"/>
-      <c r="V892" s="106" t="s">
-[...6 lines deleted...]
-    <row r="893" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V892" s="105" t="s">
+        <v>91</v>
+      </c>
+      <c r="W892" s="106" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="893" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A893" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B893" s="78" t="s">
         <v>614</v>
       </c>
       <c r="S893"/>
-      <c r="V893" s="106" t="s">
+      <c r="V893" s="105" t="s">
         <v>75</v>
       </c>
-      <c r="W893" s="107" t="s">
-[...3 lines deleted...]
-    <row r="894" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W893" s="106" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="894" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A894" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B894" s="78" t="s">
         <v>613</v>
       </c>
       <c r="S894"/>
-      <c r="V894" s="106" t="s">
+      <c r="V894" s="105" t="s">
         <v>75</v>
       </c>
-      <c r="W894" s="107" t="s">
-[...3 lines deleted...]
-    <row r="895" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W894" s="106" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="895" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A895" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B895" s="78" t="s">
         <v>612</v>
       </c>
       <c r="S895"/>
-      <c r="V895" s="106" t="s">
+      <c r="V895" s="105" t="s">
         <v>75</v>
       </c>
-      <c r="W895" s="107" t="s">
-[...3 lines deleted...]
-    <row r="896" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W895" s="106" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="896" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A896" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B896" s="78" t="s">
         <v>611</v>
       </c>
       <c r="S896"/>
-      <c r="V896" s="106" t="s">
+      <c r="V896" s="105" t="s">
         <v>75</v>
       </c>
-      <c r="W896" s="107" t="s">
-[...3 lines deleted...]
-    <row r="897" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W896" s="106" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="897" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A897" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B897" s="78" t="s">
         <v>610</v>
       </c>
       <c r="S897"/>
-      <c r="V897" s="106" t="s">
+      <c r="V897" s="105" t="s">
         <v>75</v>
       </c>
-      <c r="W897" s="107" t="s">
-[...3 lines deleted...]
-    <row r="898" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W897" s="106" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="898" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A898" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B898" s="78" t="s">
         <v>609</v>
       </c>
       <c r="S898"/>
-      <c r="V898" s="106" t="s">
+      <c r="V898" s="105" t="s">
         <v>75</v>
       </c>
-      <c r="W898" s="107" t="s">
-[...3 lines deleted...]
-    <row r="899" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W898" s="106" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="899" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A899" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B899" s="78" t="s">
         <v>608</v>
       </c>
       <c r="S899"/>
-      <c r="V899" s="106" t="s">
+      <c r="V899" s="105" t="s">
         <v>75</v>
       </c>
-      <c r="W899" s="107" t="s">
-[...3 lines deleted...]
-    <row r="900" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W899" s="106" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="900" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A900" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B900" s="78" t="s">
         <v>607</v>
       </c>
       <c r="S900"/>
-      <c r="V900" s="106" t="s">
+      <c r="V900" s="105" t="s">
         <v>75</v>
       </c>
-      <c r="W900" s="107" t="s">
-[...3 lines deleted...]
-    <row r="901" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W900" s="106" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="901" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A901" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B901" s="78" t="s">
         <v>606</v>
       </c>
       <c r="S901"/>
-      <c r="V901" s="106" t="s">
+      <c r="V901" s="105" t="s">
         <v>75</v>
       </c>
-      <c r="W901" s="107" t="s">
-[...3 lines deleted...]
-    <row r="902" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W901" s="106" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="902" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A902" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B902" s="78" t="s">
         <v>605</v>
       </c>
       <c r="S902"/>
-      <c r="V902" s="106" t="s">
+      <c r="V902" s="105" t="s">
         <v>75</v>
       </c>
-      <c r="W902" s="107" t="s">
-[...3 lines deleted...]
-    <row r="903" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W902" s="106" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="903" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A903" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B903" s="78" t="s">
         <v>604</v>
       </c>
       <c r="S903"/>
-      <c r="V903" s="106" t="s">
-[...6 lines deleted...]
-    <row r="904" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V903" s="105" t="s">
+        <v>75</v>
+      </c>
+      <c r="W903" s="106" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="904" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A904" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B904" s="78" t="s">
         <v>603</v>
       </c>
       <c r="S904"/>
-      <c r="V904" s="106" t="s">
-[...6 lines deleted...]
-    <row r="905" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V904" s="105" t="s">
+        <v>75</v>
+      </c>
+      <c r="W904" s="106" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="905" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A905" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B905" s="78" t="s">
         <v>602</v>
       </c>
       <c r="S905"/>
-      <c r="V905" s="106" t="s">
-[...6 lines deleted...]
-    <row r="906" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V905" s="105" t="s">
+        <v>75</v>
+      </c>
+      <c r="W905" s="106" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="906" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A906" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B906" s="78" t="s">
         <v>601</v>
       </c>
       <c r="S906"/>
-      <c r="V906" s="106" t="s">
-[...6 lines deleted...]
-    <row r="907" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V906" s="105" t="s">
+        <v>75</v>
+      </c>
+      <c r="W906" s="106" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="907" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A907" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B907" s="78" t="s">
         <v>600</v>
       </c>
       <c r="S907"/>
-      <c r="V907" s="106" t="s">
-[...6 lines deleted...]
-    <row r="908" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V907" s="105" t="s">
+        <v>75</v>
+      </c>
+      <c r="W907" s="106" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="908" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A908" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B908" s="78" t="s">
         <v>599</v>
       </c>
       <c r="S908"/>
-      <c r="V908" s="106" t="s">
-[...6 lines deleted...]
-    <row r="909" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V908" s="105" t="s">
+        <v>75</v>
+      </c>
+      <c r="W908" s="106" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="909" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A909" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B909" s="78" t="s">
         <v>598</v>
       </c>
       <c r="S909"/>
-      <c r="V909" s="106" t="s">
-[...6 lines deleted...]
-    <row r="910" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V909" s="105" t="s">
+        <v>75</v>
+      </c>
+      <c r="W909" s="106" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="910" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A910" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B910" s="78" t="s">
         <v>597</v>
       </c>
       <c r="S910"/>
-      <c r="V910" s="106" t="s">
-[...6 lines deleted...]
-    <row r="911" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V910" s="105" t="s">
+        <v>75</v>
+      </c>
+      <c r="W910" s="106" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="911" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A911" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B911" s="78" t="s">
         <v>596</v>
       </c>
       <c r="S911"/>
-      <c r="V911" s="106" t="s">
-[...6 lines deleted...]
-    <row r="912" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V911" s="105" t="s">
+        <v>75</v>
+      </c>
+      <c r="W911" s="106" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="912" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A912" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B912" s="78" t="s">
         <v>595</v>
       </c>
       <c r="S912"/>
-      <c r="V912" s="106" t="s">
+      <c r="V912" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W912" s="107" t="s">
-[...3 lines deleted...]
-    <row r="913" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W912" s="106" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="913" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A913" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B913" s="78" t="s">
         <v>594</v>
       </c>
       <c r="S913"/>
-      <c r="V913" s="106" t="s">
+      <c r="V913" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W913" s="107" t="s">
-[...3 lines deleted...]
-    <row r="914" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W913" s="106" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="914" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A914" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B914" s="78" t="s">
         <v>593</v>
       </c>
       <c r="S914"/>
-      <c r="V914" s="106" t="s">
+      <c r="V914" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W914" s="107" t="s">
-[...3 lines deleted...]
-    <row r="915" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W914" s="106" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="915" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A915" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B915" s="78" t="s">
         <v>592</v>
       </c>
       <c r="S915"/>
-      <c r="V915" s="106" t="s">
+      <c r="V915" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W915" s="107" t="s">
-[...3 lines deleted...]
-    <row r="916" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W915" s="106" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="916" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A916" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B916" s="78" t="s">
         <v>591</v>
       </c>
       <c r="S916"/>
-      <c r="V916" s="106" t="s">
+      <c r="V916" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W916" s="107" t="s">
-[...3 lines deleted...]
-    <row r="917" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W916" s="106" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="917" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A917" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B917" s="78" t="s">
         <v>590</v>
       </c>
       <c r="S917"/>
-      <c r="V917" s="106" t="s">
+      <c r="V917" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W917" s="107" t="s">
-[...3 lines deleted...]
-    <row r="918" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W917" s="106" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="918" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A918" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B918" s="78" t="s">
         <v>589</v>
       </c>
       <c r="S918"/>
-      <c r="V918" s="106" t="s">
+      <c r="V918" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W918" s="107" t="s">
-[...3 lines deleted...]
-    <row r="919" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W918" s="106" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="919" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A919" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B919" s="78" t="s">
         <v>588</v>
       </c>
       <c r="S919"/>
-      <c r="V919" s="106" t="s">
+      <c r="V919" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W919" s="107" t="s">
-[...3 lines deleted...]
-    <row r="920" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W919" s="106" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="920" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A920" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B920" s="78" t="s">
         <v>587</v>
       </c>
       <c r="S920"/>
-      <c r="V920" s="106" t="s">
+      <c r="V920" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W920" s="107" t="s">
-[...3 lines deleted...]
-    <row r="921" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W920" s="106" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="921" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A921" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B921" s="78" t="s">
         <v>586</v>
       </c>
       <c r="S921"/>
-      <c r="V921" s="106" t="s">
+      <c r="V921" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W921" s="107" t="s">
-[...3 lines deleted...]
-    <row r="922" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W921" s="106" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="922" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A922" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B922" s="78" t="s">
         <v>585</v>
       </c>
       <c r="S922"/>
-      <c r="V922" s="106" t="s">
+      <c r="V922" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W922" s="107" t="s">
-[...3 lines deleted...]
-    <row r="923" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W922" s="106" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="923" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A923" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B923" s="78" t="s">
         <v>584</v>
       </c>
       <c r="S923"/>
-      <c r="V923" s="106" t="s">
+      <c r="V923" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W923" s="107" t="s">
-[...3 lines deleted...]
-    <row r="924" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W923" s="106" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="924" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A924" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B924" s="78" t="s">
         <v>583</v>
       </c>
       <c r="S924"/>
-      <c r="V924" s="106" t="s">
+      <c r="V924" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W924" s="107" t="s">
-[...3 lines deleted...]
-    <row r="925" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W924" s="106" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="925" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A925" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B925" s="78" t="s">
         <v>582</v>
       </c>
       <c r="S925"/>
-      <c r="V925" s="106" t="s">
+      <c r="V925" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W925" s="107" t="s">
-[...3 lines deleted...]
-    <row r="926" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W925" s="106" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="926" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A926" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B926" s="78" t="s">
         <v>581</v>
       </c>
       <c r="S926"/>
-      <c r="V926" s="106" t="s">
+      <c r="V926" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W926" s="107" t="s">
-[...3 lines deleted...]
-    <row r="927" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W926" s="106" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="927" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A927" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B927" s="78" t="s">
         <v>580</v>
       </c>
       <c r="S927"/>
-      <c r="V927" s="106" t="s">
+      <c r="V927" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W927" s="107" t="s">
-[...3 lines deleted...]
-    <row r="928" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W927" s="106" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="928" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A928" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B928" s="78" t="s">
         <v>579</v>
       </c>
       <c r="S928"/>
-      <c r="V928" s="106" t="s">
+      <c r="V928" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W928" s="107" t="s">
-[...3 lines deleted...]
-    <row r="929" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W928" s="106" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="929" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A929" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B929" s="78" t="s">
         <v>578</v>
       </c>
       <c r="S929"/>
-      <c r="V929" s="106" t="s">
+      <c r="V929" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W929" s="107" t="s">
-[...3 lines deleted...]
-    <row r="930" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W929" s="106" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="930" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A930" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B930" s="78" t="s">
         <v>577</v>
       </c>
       <c r="S930"/>
-      <c r="V930" s="106" t="s">
+      <c r="V930" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W930" s="107" t="s">
-[...3 lines deleted...]
-    <row r="931" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W930" s="106" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="931" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A931" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B931" s="78" t="s">
         <v>576</v>
       </c>
       <c r="S931"/>
-      <c r="V931" s="106" t="s">
+      <c r="V931" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W931" s="107" t="s">
-[...3 lines deleted...]
-    <row r="932" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W931" s="106" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="932" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A932" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B932" s="78" t="s">
         <v>575</v>
       </c>
       <c r="S932"/>
-      <c r="V932" s="106" t="s">
+      <c r="V932" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W932" s="107" t="s">
-[...3 lines deleted...]
-    <row r="933" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W932" s="106" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="933" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A933" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B933" s="78" t="s">
         <v>574</v>
       </c>
       <c r="S933"/>
-      <c r="V933" s="106" t="s">
+      <c r="V933" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W933" s="107" t="s">
-[...3 lines deleted...]
-    <row r="934" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W933" s="106" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="934" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A934" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B934" s="78" t="s">
         <v>573</v>
       </c>
       <c r="S934"/>
-      <c r="V934" s="106" t="s">
+      <c r="V934" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W934" s="107" t="s">
-[...3 lines deleted...]
-    <row r="935" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W934" s="106" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="935" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A935" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B935" s="78" t="s">
         <v>572</v>
       </c>
       <c r="S935"/>
-      <c r="V935" s="106" t="s">
+      <c r="V935" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W935" s="107" t="s">
-[...3 lines deleted...]
-    <row r="936" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W935" s="106" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="936" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A936" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B936" s="78" t="s">
         <v>571</v>
       </c>
       <c r="S936"/>
-      <c r="V936" s="106" t="s">
+      <c r="V936" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W936" s="107" t="s">
-[...3 lines deleted...]
-    <row r="937" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W936" s="106" t="s">
+        <v>709</v>
+      </c>
+    </row>
+    <row r="937" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A937" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B937" s="78" t="s">
         <v>570</v>
       </c>
       <c r="S937"/>
-      <c r="V937" s="106" t="s">
+      <c r="V937" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W937" s="107" t="s">
-[...3 lines deleted...]
-    <row r="938" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W937" s="106" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="938" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A938" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B938" s="78" t="s">
         <v>569</v>
       </c>
       <c r="S938"/>
-      <c r="V938" s="106" t="s">
+      <c r="V938" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W938" s="107" t="s">
-[...3 lines deleted...]
-    <row r="939" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W938" s="106" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="939" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A939" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B939" s="78" t="s">
         <v>568</v>
       </c>
       <c r="S939"/>
-      <c r="V939" s="106" t="s">
+      <c r="V939" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W939" s="107" t="s">
-[...3 lines deleted...]
-    <row r="940" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W939" s="106" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="940" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A940" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B940" s="78" t="s">
         <v>567</v>
       </c>
       <c r="S940"/>
-      <c r="V940" s="106" t="s">
+      <c r="V940" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W940" s="107" t="s">
-[...3 lines deleted...]
-    <row r="941" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W940" s="106" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="941" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A941" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B941" s="78" t="s">
         <v>566</v>
       </c>
       <c r="S941"/>
-      <c r="V941" s="106" t="s">
+      <c r="V941" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W941" s="107" t="s">
-[...3 lines deleted...]
-    <row r="942" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W941" s="106" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="942" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A942" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B942" s="78" t="s">
         <v>565</v>
       </c>
       <c r="S942"/>
-      <c r="V942" s="106" t="s">
+      <c r="V942" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W942" s="107" t="s">
-[...3 lines deleted...]
-    <row r="943" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W942" s="106" t="s">
+        <v>703</v>
+      </c>
+    </row>
+    <row r="943" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A943" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B943" s="78" t="s">
         <v>564</v>
       </c>
       <c r="S943"/>
-      <c r="V943" s="106" t="s">
+      <c r="V943" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W943" s="107" t="s">
-[...3 lines deleted...]
-    <row r="944" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W943" s="106" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="944" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A944" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B944" s="78" t="s">
         <v>563</v>
       </c>
       <c r="S944"/>
-      <c r="V944" s="106" t="s">
+      <c r="V944" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W944" s="107" t="s">
-[...3 lines deleted...]
-    <row r="945" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W944" s="106" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="945" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A945" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B945" s="78" t="s">
         <v>562</v>
       </c>
       <c r="S945"/>
-      <c r="V945" s="106" t="s">
+      <c r="V945" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W945" s="107" t="s">
-[...3 lines deleted...]
-    <row r="946" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W945" s="106" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="946" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A946" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B946" s="78" t="s">
         <v>561</v>
       </c>
       <c r="S946"/>
-      <c r="V946" s="106" t="s">
+      <c r="V946" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W946" s="107" t="s">
-[...3 lines deleted...]
-    <row r="947" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W946" s="106" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="947" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A947" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B947" s="78" t="s">
         <v>560</v>
       </c>
       <c r="S947"/>
-      <c r="V947" s="106" t="s">
+      <c r="V947" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W947" s="107" t="s">
-[...3 lines deleted...]
-    <row r="948" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W947" s="106" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="948" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A948" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B948" s="78" t="s">
         <v>559</v>
       </c>
       <c r="S948"/>
-      <c r="V948" s="106" t="s">
+      <c r="V948" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W948" s="107" t="s">
-[...3 lines deleted...]
-    <row r="949" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W948" s="106" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="949" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A949" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B949" s="78" t="s">
         <v>558</v>
       </c>
       <c r="S949"/>
-      <c r="V949" s="106" t="s">
+      <c r="V949" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W949" s="107" t="s">
-[...3 lines deleted...]
-    <row r="950" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W949" s="106" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="950" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A950" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B950" s="78" t="s">
         <v>557</v>
       </c>
       <c r="S950"/>
-      <c r="V950" s="106" t="s">
+      <c r="V950" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W950" s="107" t="s">
-[...3 lines deleted...]
-    <row r="951" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W950" s="106" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="951" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A951" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B951" s="78" t="s">
         <v>556</v>
       </c>
       <c r="S951"/>
-      <c r="V951" s="106" t="s">
+      <c r="V951" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W951" s="107" t="s">
-[...3 lines deleted...]
-    <row r="952" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W951" s="106" t="s">
+        <v>1883</v>
+      </c>
+    </row>
+    <row r="952" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A952" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B952" s="78" t="s">
         <v>555</v>
       </c>
       <c r="S952"/>
-      <c r="V952" s="106" t="s">
+      <c r="V952" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W952" s="107" t="s">
-[...3 lines deleted...]
-    <row r="953" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W952" s="106" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="953" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A953" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B953" s="78" t="s">
         <v>554</v>
       </c>
       <c r="S953"/>
-      <c r="V953" s="106" t="s">
+      <c r="V953" s="105" t="s">
         <v>68</v>
       </c>
-      <c r="W953" s="107" t="s">
-[...3 lines deleted...]
-    <row r="954" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W953" s="106" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="954" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A954" s="77" t="s">
         <v>78</v>
       </c>
       <c r="B954" s="78" t="s">
         <v>553</v>
       </c>
       <c r="S954"/>
-      <c r="V954" s="106" t="s">
-[...6 lines deleted...]
-    <row r="955" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="V954" s="105" t="s">
+        <v>68</v>
+      </c>
+      <c r="W954" s="106" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="955" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A955" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B955" s="78" t="s">
         <v>552</v>
       </c>
       <c r="S955"/>
-      <c r="V955" s="106" t="s">
-[...6 lines deleted...]
-    <row r="956" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="V955" s="105" t="s">
+        <v>68</v>
+      </c>
+      <c r="W955" s="106" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="956" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A956" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B956" s="78" t="s">
         <v>551</v>
       </c>
       <c r="S956"/>
-      <c r="V956" s="106" t="s">
-[...6 lines deleted...]
-    <row r="957" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="V956" s="105" t="s">
+        <v>68</v>
+      </c>
+      <c r="W956" s="106" t="s">
+        <v>690</v>
+      </c>
+    </row>
+    <row r="957" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A957" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B957" s="78" t="s">
         <v>550</v>
       </c>
       <c r="S957"/>
-      <c r="V957" s="106" t="s">
-[...6 lines deleted...]
-    <row r="958" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="V957" s="105" t="s">
+        <v>68</v>
+      </c>
+      <c r="W957" s="106" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="958" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A958" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B958" s="78" t="s">
         <v>549</v>
       </c>
       <c r="S958"/>
-      <c r="V958" s="106" t="s">
-[...6 lines deleted...]
-    <row r="959" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="V958" s="105" t="s">
+        <v>68</v>
+      </c>
+      <c r="W958" s="106" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="959" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A959" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B959" s="78" t="s">
         <v>548</v>
       </c>
       <c r="S959"/>
-      <c r="V959" s="106" t="s">
-[...6 lines deleted...]
-    <row r="960" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="V959" s="105" t="s">
+        <v>68</v>
+      </c>
+      <c r="W959" s="106" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="960" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A960" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B960" s="78" t="s">
         <v>547</v>
       </c>
       <c r="S960"/>
-      <c r="V960" s="106" t="s">
-[...6 lines deleted...]
-    <row r="961" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="V960" s="105" t="s">
+        <v>68</v>
+      </c>
+      <c r="W960" s="106" t="s">
+        <v>686</v>
+      </c>
+    </row>
+    <row r="961" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A961" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B961" s="78" t="s">
         <v>546</v>
       </c>
       <c r="S961"/>
-      <c r="V961" s="106" t="s">
-[...6 lines deleted...]
-    <row r="962" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="V961" s="105" t="s">
+        <v>68</v>
+      </c>
+      <c r="W961" s="106" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="962" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A962" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B962" s="78" t="s">
         <v>545</v>
       </c>
       <c r="S962"/>
-      <c r="V962" s="106" t="s">
-[...6 lines deleted...]
-    <row r="963" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="V962" s="105" t="s">
+        <v>68</v>
+      </c>
+      <c r="W962" s="106" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="963" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A963" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B963" s="78" t="s">
         <v>544</v>
       </c>
       <c r="S963"/>
-      <c r="V963" s="106" t="s">
+      <c r="V963" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W963" s="107" t="s">
-[...3 lines deleted...]
-    <row r="964" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W963" s="106" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="964" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A964" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B964" s="78" t="s">
         <v>543</v>
       </c>
       <c r="S964"/>
-      <c r="V964" s="106" t="s">
+      <c r="V964" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W964" s="107" t="s">
-[...3 lines deleted...]
-    <row r="965" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W964" s="106" t="s">
+        <v>1833</v>
+      </c>
+    </row>
+    <row r="965" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A965" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B965" s="78" t="s">
         <v>542</v>
       </c>
       <c r="S965"/>
-      <c r="V965" s="106" t="s">
+      <c r="V965" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W965" s="107" t="s">
-[...3 lines deleted...]
-    <row r="966" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W965" s="106" t="s">
+        <v>1834</v>
+      </c>
+    </row>
+    <row r="966" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A966" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B966" s="78" t="s">
         <v>541</v>
       </c>
       <c r="S966"/>
-      <c r="V966" s="106" t="s">
+      <c r="V966" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W966" s="107" t="s">
-[...3 lines deleted...]
-    <row r="967" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W966" s="106" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="967" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A967" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B967" s="78" t="s">
         <v>540</v>
       </c>
       <c r="S967"/>
-      <c r="V967" s="106" t="s">
+      <c r="V967" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W967" s="107" t="s">
-[...3 lines deleted...]
-    <row r="968" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W967" s="106" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="968" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A968" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B968" s="78" t="s">
         <v>539</v>
       </c>
       <c r="S968"/>
-      <c r="V968" s="106" t="s">
+      <c r="V968" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W968" s="107" t="s">
-[...3 lines deleted...]
-    <row r="969" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W968" s="106" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="969" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A969" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B969" s="78" t="s">
         <v>538</v>
       </c>
       <c r="S969"/>
-      <c r="V969" s="106" t="s">
+      <c r="V969" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W969" s="107" t="s">
-[...3 lines deleted...]
-    <row r="970" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W969" s="106" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="970" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A970" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B970" s="78" t="s">
         <v>537</v>
       </c>
       <c r="S970"/>
-      <c r="V970" s="106" t="s">
+      <c r="V970" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W970" s="107" t="s">
-[...3 lines deleted...]
-    <row r="971" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W970" s="106" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="971" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A971" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B971" s="78" t="s">
         <v>536</v>
       </c>
       <c r="S971"/>
-      <c r="V971" s="106" t="s">
+      <c r="V971" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W971" s="107" t="s">
-[...3 lines deleted...]
-    <row r="972" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W971" s="106" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="972" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A972" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B972" s="78" t="s">
         <v>535</v>
       </c>
       <c r="S972"/>
-      <c r="V972" s="106" t="s">
+      <c r="V972" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W972" s="107" t="s">
-[...3 lines deleted...]
-    <row r="973" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W972" s="106" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="973" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A973" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B973" s="78" t="s">
         <v>534</v>
       </c>
       <c r="S973"/>
-      <c r="V973" s="106" t="s">
+      <c r="V973" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W973" s="107" t="s">
-[...3 lines deleted...]
-    <row r="974" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W973" s="106" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="974" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A974" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B974" s="78" t="s">
         <v>533</v>
       </c>
       <c r="S974"/>
-      <c r="V974" s="106" t="s">
+      <c r="V974" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W974" s="107" t="s">
-[...3 lines deleted...]
-    <row r="975" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W974" s="106" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="975" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A975" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B975" s="78" t="s">
         <v>532</v>
       </c>
       <c r="S975"/>
-      <c r="V975" s="106" t="s">
+      <c r="V975" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W975" s="107" t="s">
-[...3 lines deleted...]
-    <row r="976" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W975" s="106" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="976" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A976" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B976" s="78" t="s">
         <v>531</v>
       </c>
       <c r="S976"/>
-      <c r="V976" s="106" t="s">
+      <c r="V976" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W976" s="107" t="s">
-[...3 lines deleted...]
-    <row r="977" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W976" s="106" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="977" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A977" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B977" s="78" t="s">
         <v>530</v>
       </c>
       <c r="S977"/>
-      <c r="V977" s="106" t="s">
+      <c r="V977" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W977" s="107" t="s">
-[...3 lines deleted...]
-    <row r="978" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W977" s="106" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="978" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A978" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B978" s="78" t="s">
         <v>529</v>
       </c>
       <c r="S978"/>
-      <c r="V978" s="106" t="s">
+      <c r="V978" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W978" s="107" t="s">
-[...3 lines deleted...]
-    <row r="979" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W978" s="106" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="979" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A979" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B979" s="78" t="s">
         <v>528</v>
       </c>
       <c r="S979"/>
-      <c r="V979" s="106" t="s">
+      <c r="V979" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W979" s="107" t="s">
-[...3 lines deleted...]
-    <row r="980" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W979" s="106" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="980" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A980" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B980" s="78" t="s">
         <v>527</v>
       </c>
       <c r="S980"/>
-      <c r="V980" s="106" t="s">
+      <c r="V980" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W980" s="107" t="s">
-[...3 lines deleted...]
-    <row r="981" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W980" s="106" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="981" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A981" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B981" s="78" t="s">
         <v>526</v>
       </c>
       <c r="S981"/>
-      <c r="V981" s="106" t="s">
+      <c r="V981" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W981" s="107" t="s">
-[...3 lines deleted...]
-    <row r="982" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W981" s="106" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="982" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A982" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B982" s="78" t="s">
         <v>525</v>
       </c>
       <c r="S982"/>
-      <c r="V982" s="106" t="s">
+      <c r="V982" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W982" s="107" t="s">
-[...3 lines deleted...]
-    <row r="983" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W982" s="106" t="s">
+        <v>1835</v>
+      </c>
+    </row>
+    <row r="983" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A983" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B983" s="78" t="s">
         <v>524</v>
       </c>
       <c r="S983"/>
-      <c r="V983" s="106" t="s">
+      <c r="V983" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W983" s="107" t="s">
-[...3 lines deleted...]
-    <row r="984" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W983" s="106" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="984" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A984" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B984" s="78" t="s">
         <v>523</v>
       </c>
       <c r="S984"/>
-      <c r="V984" s="106" t="s">
+      <c r="V984" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W984" s="107" t="s">
-[...3 lines deleted...]
-    <row r="985" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W984" s="106" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="985" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A985" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B985" s="78" t="s">
         <v>522</v>
       </c>
       <c r="S985"/>
-      <c r="V985" s="106" t="s">
+      <c r="V985" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W985" s="107" t="s">
-[...3 lines deleted...]
-    <row r="986" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W985" s="106" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="986" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A986" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B986" s="78" t="s">
         <v>521</v>
       </c>
       <c r="S986"/>
-      <c r="V986" s="106" t="s">
+      <c r="V986" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W986" s="107" t="s">
-[...3 lines deleted...]
-    <row r="987" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W986" s="106" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="987" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A987" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B987" s="78" t="s">
         <v>520</v>
       </c>
       <c r="S987"/>
-      <c r="V987" s="106" t="s">
+      <c r="V987" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W987" s="107" t="s">
-[...3 lines deleted...]
-    <row r="988" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W987" s="106" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="988" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A988" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B988" s="78" t="s">
         <v>519</v>
       </c>
       <c r="S988"/>
-      <c r="V988" s="106" t="s">
+      <c r="V988" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W988" s="107" t="s">
-[...3 lines deleted...]
-    <row r="989" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W988" s="106" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="989" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A989" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B989" s="78" t="s">
         <v>518</v>
       </c>
       <c r="S989"/>
-      <c r="V989" s="106" t="s">
+      <c r="V989" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W989" s="107" t="s">
-[...3 lines deleted...]
-    <row r="990" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W989" s="106" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="990" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A990" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B990" s="78" t="s">
         <v>517</v>
       </c>
       <c r="S990"/>
-      <c r="V990" s="106" t="s">
+      <c r="V990" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W990" s="107" t="s">
-[...3 lines deleted...]
-    <row r="991" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W990" s="106" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="991" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A991" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B991" s="78" t="s">
         <v>516</v>
       </c>
       <c r="S991"/>
-      <c r="V991" s="106" t="s">
+      <c r="V991" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W991" s="107" t="s">
-[...3 lines deleted...]
-    <row r="992" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W991" s="106" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="992" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A992" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B992" s="78" t="s">
         <v>515</v>
       </c>
       <c r="S992"/>
-      <c r="V992" s="106" t="s">
+      <c r="V992" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W992" s="107" t="s">
-[...3 lines deleted...]
-    <row r="993" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W992" s="106" t="s">
+        <v>657</v>
+      </c>
+    </row>
+    <row r="993" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A993" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B993" s="78" t="s">
         <v>514</v>
       </c>
       <c r="S993"/>
-      <c r="V993" s="106" t="s">
+      <c r="V993" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W993" s="107" t="s">
-[...3 lines deleted...]
-    <row r="994" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W993" s="106" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="994" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A994" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B994" s="78" t="s">
         <v>513</v>
       </c>
       <c r="S994"/>
-      <c r="V994" s="106" t="s">
+      <c r="V994" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W994" s="107" t="s">
-[...3 lines deleted...]
-    <row r="995" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W994" s="106" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="995" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A995" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B995" s="78" t="s">
         <v>512</v>
       </c>
       <c r="S995"/>
-      <c r="V995" s="106" t="s">
+      <c r="V995" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W995" s="107" t="s">
-[...3 lines deleted...]
-    <row r="996" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W995" s="106" t="s">
+        <v>1836</v>
+      </c>
+    </row>
+    <row r="996" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A996" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B996" s="78" t="s">
         <v>511</v>
       </c>
       <c r="S996"/>
-      <c r="V996" s="106" t="s">
+      <c r="V996" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W996" s="107" t="s">
-[...3 lines deleted...]
-    <row r="997" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W996" s="106" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="997" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A997" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B997" s="78" t="s">
         <v>510</v>
       </c>
       <c r="S997"/>
-      <c r="V997" s="106" t="s">
+      <c r="V997" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W997" s="107" t="s">
-[...3 lines deleted...]
-    <row r="998" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W997" s="106" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="998" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A998" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B998" s="78" t="s">
         <v>509</v>
       </c>
       <c r="S998"/>
-      <c r="V998" s="106" t="s">
+      <c r="V998" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W998" s="107" t="s">
-[...3 lines deleted...]
-    <row r="999" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W998" s="106" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="999" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A999" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B999" s="78" t="s">
         <v>508</v>
       </c>
       <c r="S999"/>
-      <c r="V999" s="106" t="s">
+      <c r="V999" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W999" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1000" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W999" s="106" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="1000" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1000" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B1000" s="78" t="s">
         <v>507</v>
       </c>
       <c r="S1000"/>
-      <c r="V1000" s="106" t="s">
+      <c r="V1000" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W1000" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1001" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1000" s="106" t="s">
+        <v>650</v>
+      </c>
+    </row>
+    <row r="1001" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1001" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B1001" s="78" t="s">
         <v>506</v>
       </c>
       <c r="S1001"/>
-      <c r="V1001" s="106" t="s">
+      <c r="V1001" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W1001" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1002" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1001" s="106" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="1002" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1002" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B1002" s="78" t="s">
         <v>505</v>
       </c>
       <c r="S1002"/>
-      <c r="V1002" s="106" t="s">
+      <c r="V1002" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W1002" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1003" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1002" s="106" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="1003" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1003" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B1003" s="78" t="s">
         <v>504</v>
       </c>
       <c r="S1003"/>
-      <c r="V1003" s="106" t="s">
+      <c r="V1003" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W1003" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1004" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1003" s="106" t="s">
+        <v>1837</v>
+      </c>
+    </row>
+    <row r="1004" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1004" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B1004" s="78" t="s">
         <v>503</v>
       </c>
       <c r="S1004"/>
-      <c r="V1004" s="106" t="s">
+      <c r="V1004" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W1004" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1005" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1004" s="106" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="1005" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1005" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B1005" s="78" t="s">
         <v>502</v>
       </c>
       <c r="S1005"/>
-      <c r="V1005" s="106" t="s">
+      <c r="V1005" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W1005" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1006" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1005" s="106" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="1006" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1006" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B1006" s="78" t="s">
         <v>501</v>
       </c>
       <c r="S1006"/>
-      <c r="V1006" s="106" t="s">
+      <c r="V1006" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W1006" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1007" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1006" s="106" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="1007" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1007" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B1007" s="78" t="s">
         <v>500</v>
       </c>
       <c r="S1007"/>
-      <c r="V1007" s="106" t="s">
+      <c r="V1007" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W1007" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1008" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1007" s="106" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="1008" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1008" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B1008" s="78" t="s">
         <v>499</v>
       </c>
       <c r="S1008"/>
-      <c r="V1008" s="106" t="s">
+      <c r="V1008" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W1008" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1009" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1008" s="106" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="1009" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1009" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B1009" s="78" t="s">
         <v>498</v>
       </c>
       <c r="S1009"/>
-      <c r="V1009" s="106" t="s">
+      <c r="V1009" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W1009" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1010" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1009" s="106" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="1010" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1010" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B1010" s="78" t="s">
         <v>497</v>
       </c>
       <c r="S1010"/>
-      <c r="V1010" s="106" t="s">
+      <c r="V1010" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W1010" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1011" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1010" s="106" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="1011" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1011" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B1011" s="78" t="s">
         <v>496</v>
       </c>
       <c r="S1011"/>
-      <c r="V1011" s="106" t="s">
+      <c r="V1011" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W1011" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1012" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1011" s="106" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="1012" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1012" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B1012" s="78" t="s">
         <v>495</v>
       </c>
       <c r="S1012"/>
-      <c r="V1012" s="106" t="s">
+      <c r="V1012" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W1012" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1013" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1012" s="106" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="1013" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1013" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B1013" s="78" t="s">
         <v>494</v>
       </c>
       <c r="S1013"/>
-      <c r="V1013" s="106" t="s">
+      <c r="V1013" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W1013" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1014" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1013" s="106" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="1014" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1014" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B1014" s="78" t="s">
         <v>493</v>
       </c>
       <c r="S1014"/>
-      <c r="V1014" s="106" t="s">
+      <c r="V1014" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W1014" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1015" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1014" s="106" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="1015" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1015" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B1015" s="78" t="s">
         <v>492</v>
       </c>
       <c r="S1015"/>
-      <c r="V1015" s="106" t="s">
+      <c r="V1015" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W1015" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1016" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1015" s="106" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="1016" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1016" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B1016" s="78" t="s">
         <v>491</v>
       </c>
       <c r="S1016"/>
-      <c r="V1016" s="106" t="s">
+      <c r="V1016" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W1016" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1017" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1016" s="106" t="s">
+        <v>1838</v>
+      </c>
+    </row>
+    <row r="1017" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1017" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B1017" s="78" t="s">
         <v>490</v>
       </c>
       <c r="S1017"/>
-      <c r="V1017" s="106" t="s">
+      <c r="V1017" s="105" t="s">
         <v>77</v>
       </c>
-      <c r="W1017" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1018" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1017" s="106" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="1018" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1018" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B1018" s="78" t="s">
         <v>489</v>
       </c>
       <c r="S1018"/>
-      <c r="V1018" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1019" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="V1018" s="105" t="s">
+        <v>77</v>
+      </c>
+      <c r="W1018" s="106" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="1019" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1019" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B1019" s="78" t="s">
         <v>488</v>
       </c>
       <c r="S1019"/>
-      <c r="V1019" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1020" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V1019" s="105" t="s">
+        <v>77</v>
+      </c>
+      <c r="W1019" s="106" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="1020" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1020" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B1020" s="78" t="s">
         <v>487</v>
       </c>
       <c r="S1020"/>
-      <c r="V1020" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1021" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V1020" s="105" t="s">
+        <v>77</v>
+      </c>
+      <c r="W1020" s="106" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="1021" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1021" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B1021" s="78" t="s">
         <v>486</v>
       </c>
       <c r="S1021"/>
-      <c r="V1021" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1022" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V1021" s="105" t="s">
+        <v>77</v>
+      </c>
+      <c r="W1021" s="106" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="1022" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1022" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B1022" s="78" t="s">
         <v>485</v>
       </c>
       <c r="S1022"/>
-      <c r="V1022" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1023" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V1022" s="105" t="s">
+        <v>77</v>
+      </c>
+      <c r="W1022" s="106" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="1023" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1023" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B1023" s="78" t="s">
         <v>484</v>
       </c>
       <c r="S1023"/>
-      <c r="V1023" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1024" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V1023" s="105" t="s">
+        <v>77</v>
+      </c>
+      <c r="W1023" s="106" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="1024" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1024" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B1024" s="78" t="s">
         <v>483</v>
       </c>
       <c r="S1024"/>
-      <c r="V1024" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1025" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V1024" s="105" t="s">
+        <v>77</v>
+      </c>
+      <c r="W1024" s="106" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="1025" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1025" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B1025" s="78" t="s">
         <v>482</v>
       </c>
       <c r="S1025"/>
-      <c r="V1025" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1026" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V1025" s="105" t="s">
+        <v>77</v>
+      </c>
+      <c r="W1025" s="106" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="1026" spans="1:23" ht="28.5" x14ac:dyDescent="0.45">
       <c r="A1026" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B1026" s="78" t="s">
         <v>481</v>
       </c>
       <c r="S1026"/>
-      <c r="V1026" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1027" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V1026" s="105" t="s">
+        <v>77</v>
+      </c>
+      <c r="W1026" s="106" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="1027" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1027" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B1027" s="78" t="s">
         <v>480</v>
       </c>
       <c r="S1027"/>
-      <c r="V1027" s="106" t="s">
+      <c r="V1027" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1027" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1028" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1027" s="106" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="1028" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1028" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B1028" s="78" t="s">
         <v>479</v>
       </c>
       <c r="S1028"/>
-      <c r="V1028" s="106" t="s">
+      <c r="V1028" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1028" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1029" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1028" s="106" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="1029" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1029" s="77" t="s">
         <v>79</v>
       </c>
       <c r="B1029" s="78" t="s">
         <v>478</v>
       </c>
       <c r="S1029"/>
-      <c r="V1029" s="106" t="s">
+      <c r="V1029" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1029" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1030" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1029" s="106" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="1030" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1030" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B1030" s="78" t="s">
         <v>477</v>
       </c>
       <c r="S1030"/>
-      <c r="V1030" s="106" t="s">
+      <c r="V1030" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1030" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1031" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1030" s="106" t="s">
+        <v>1839</v>
+      </c>
+    </row>
+    <row r="1031" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1031" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B1031" s="78" t="s">
         <v>476</v>
       </c>
       <c r="S1031"/>
-      <c r="V1031" s="106" t="s">
+      <c r="V1031" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1031" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1032" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1031" s="106" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="1032" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1032" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B1032" s="78" t="s">
         <v>475</v>
       </c>
       <c r="S1032"/>
-      <c r="V1032" s="106" t="s">
+      <c r="V1032" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1032" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1033" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1032" s="106" t="s">
+        <v>1840</v>
+      </c>
+    </row>
+    <row r="1033" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1033" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B1033" s="78" t="s">
         <v>474</v>
       </c>
       <c r="S1033"/>
-      <c r="V1033" s="106" t="s">
+      <c r="V1033" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1033" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1034" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1033" s="106" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="1034" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1034" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B1034" s="78" t="s">
         <v>473</v>
       </c>
       <c r="S1034"/>
-      <c r="V1034" s="106" t="s">
+      <c r="V1034" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1034" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1035" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1034" s="106" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="1035" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1035" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B1035" s="78" t="s">
         <v>472</v>
       </c>
       <c r="S1035"/>
-      <c r="V1035" s="106" t="s">
+      <c r="V1035" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1035" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1036" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1035" s="106" t="s">
+        <v>602</v>
+      </c>
+    </row>
+    <row r="1036" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1036" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B1036" s="78" t="s">
         <v>471</v>
       </c>
       <c r="S1036"/>
-      <c r="V1036" s="106" t="s">
+      <c r="V1036" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1036" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1037" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1036" s="106" t="s">
+        <v>1870</v>
+      </c>
+    </row>
+    <row r="1037" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1037" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B1037" s="78" t="s">
         <v>470</v>
       </c>
       <c r="S1037"/>
-      <c r="V1037" s="106" t="s">
+      <c r="V1037" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1037" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1038" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1037" s="106" t="s">
+        <v>1841</v>
+      </c>
+    </row>
+    <row r="1038" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1038" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B1038" s="78" t="s">
         <v>469</v>
       </c>
       <c r="S1038"/>
-      <c r="V1038" s="106" t="s">
+      <c r="V1038" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1038" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1039" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1038" s="106" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="1039" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1039" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B1039" s="78" t="s">
         <v>468</v>
       </c>
       <c r="S1039"/>
-      <c r="V1039" s="106" t="s">
+      <c r="V1039" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1039" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1040" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1039" s="106" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="1040" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1040" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B1040" s="78" t="s">
         <v>467</v>
       </c>
       <c r="S1040"/>
-      <c r="V1040" s="106" t="s">
+      <c r="V1040" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1040" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1041" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1040" s="106" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="1041" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1041" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B1041" s="78" t="s">
         <v>466</v>
       </c>
       <c r="S1041"/>
-      <c r="V1041" s="106" t="s">
+      <c r="V1041" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1041" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1042" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1041" s="106" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="1042" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1042" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B1042" s="78" t="s">
         <v>465</v>
       </c>
       <c r="S1042"/>
-      <c r="V1042" s="106" t="s">
+      <c r="V1042" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1042" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1043" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1042" s="106" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="1043" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1043" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B1043" s="78" t="s">
         <v>464</v>
       </c>
       <c r="S1043"/>
-      <c r="V1043" s="106" t="s">
+      <c r="V1043" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1043" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1044" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1043" s="106" t="s">
+        <v>1842</v>
+      </c>
+    </row>
+    <row r="1044" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1044" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B1044" s="78" t="s">
         <v>463</v>
       </c>
       <c r="S1044"/>
-      <c r="V1044" s="106" t="s">
+      <c r="V1044" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1044" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1045" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1044" s="106" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="1045" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1045" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B1045" s="78" t="s">
         <v>462</v>
       </c>
       <c r="S1045"/>
-      <c r="V1045" s="106" t="s">
+      <c r="V1045" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1045" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1046" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1045" s="106" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="1046" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1046" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B1046" s="78" t="s">
         <v>461</v>
       </c>
       <c r="S1046"/>
-      <c r="V1046" s="106" t="s">
+      <c r="V1046" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1046" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1047" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1046" s="106" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="1047" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1047" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B1047" s="78" t="s">
         <v>460</v>
       </c>
       <c r="S1047"/>
-      <c r="V1047" s="106" t="s">
+      <c r="V1047" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1047" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1048" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1047" s="106" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="1048" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1048" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B1048" s="78" t="s">
         <v>459</v>
       </c>
       <c r="S1048"/>
-      <c r="V1048" s="106" t="s">
+      <c r="V1048" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1048" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1049" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1048" s="106" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="1049" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1049" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B1049" s="78" t="s">
         <v>458</v>
       </c>
       <c r="S1049"/>
-      <c r="V1049" s="106" t="s">
+      <c r="V1049" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1049" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1050" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1049" s="106" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="1050" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1050" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B1050" s="78" t="s">
         <v>457</v>
       </c>
       <c r="S1050"/>
-      <c r="V1050" s="106" t="s">
+      <c r="V1050" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1050" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1051" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1050" s="106" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="1051" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1051" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B1051" s="78" t="s">
         <v>456</v>
       </c>
       <c r="S1051"/>
-      <c r="V1051" s="106" t="s">
+      <c r="V1051" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1051" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1052" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1051" s="106" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="1052" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1052" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B1052" s="78" t="s">
         <v>455</v>
       </c>
       <c r="S1052"/>
-      <c r="V1052" s="106" t="s">
+      <c r="V1052" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1052" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1053" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1052" s="106" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="1053" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1053" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B1053" s="78" t="s">
         <v>454</v>
       </c>
       <c r="S1053"/>
-      <c r="V1053" s="106" t="s">
+      <c r="V1053" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1053" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1054" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1053" s="106" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="1054" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1054" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B1054" s="78" t="s">
         <v>453</v>
       </c>
       <c r="S1054"/>
-      <c r="V1054" s="106" t="s">
+      <c r="V1054" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1054" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1055" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1054" s="106" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="1055" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1055" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B1055" s="78" t="s">
         <v>452</v>
       </c>
       <c r="S1055"/>
-      <c r="V1055" s="106" t="s">
+      <c r="V1055" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1055" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1056" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1055" s="106" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="1056" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1056" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B1056" s="78" t="s">
         <v>451</v>
       </c>
       <c r="S1056"/>
-      <c r="V1056" s="106" t="s">
+      <c r="V1056" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1056" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1057" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1056" s="106" t="s">
+        <v>1843</v>
+      </c>
+    </row>
+    <row r="1057" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1057" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B1057" s="78" t="s">
         <v>450</v>
       </c>
       <c r="S1057"/>
-      <c r="V1057" s="106" t="s">
+      <c r="V1057" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1057" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1058" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1057" s="106" t="s">
+        <v>579</v>
+      </c>
+    </row>
+    <row r="1058" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1058" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B1058" s="78" t="s">
         <v>449</v>
       </c>
       <c r="S1058"/>
-      <c r="V1058" s="106" t="s">
+      <c r="V1058" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1058" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1059" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1058" s="106" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="1059" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1059" s="77" t="s">
         <v>69</v>
       </c>
       <c r="B1059" s="78" t="s">
         <v>448</v>
       </c>
       <c r="S1059"/>
-      <c r="V1059" s="106" t="s">
+      <c r="V1059" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1059" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1060" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1059" s="106" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="1060" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1060" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1060" s="78" t="s">
         <v>447</v>
       </c>
       <c r="S1060"/>
-      <c r="V1060" s="106" t="s">
+      <c r="V1060" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1060" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1061" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1060" s="106" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="1061" spans="1:23" ht="28.5" x14ac:dyDescent="0.45">
       <c r="A1061" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1061" s="78" t="s">
         <v>446</v>
       </c>
       <c r="S1061"/>
-      <c r="V1061" s="106" t="s">
+      <c r="V1061" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1061" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1062" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1061" s="106" t="s">
+        <v>1844</v>
+      </c>
+    </row>
+    <row r="1062" spans="1:23" ht="28.5" x14ac:dyDescent="0.45">
       <c r="A1062" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1062" s="78" t="s">
         <v>445</v>
       </c>
       <c r="S1062"/>
-      <c r="V1062" s="106" t="s">
+      <c r="V1062" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1062" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1063" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1062" s="106" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="1063" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1063" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1063" s="78" t="s">
         <v>444</v>
       </c>
       <c r="S1063"/>
-      <c r="V1063" s="106" t="s">
+      <c r="V1063" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1063" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1064" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1063" s="106" t="s">
+        <v>1845</v>
+      </c>
+    </row>
+    <row r="1064" spans="1:23" ht="28.5" x14ac:dyDescent="0.45">
       <c r="A1064" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1064" s="78" t="s">
         <v>443</v>
       </c>
       <c r="S1064"/>
-      <c r="V1064" s="106" t="s">
+      <c r="V1064" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1064" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1065" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1064" s="106" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="1065" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1065" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1065" s="78" t="s">
         <v>442</v>
       </c>
       <c r="S1065"/>
-      <c r="V1065" s="106" t="s">
+      <c r="V1065" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1065" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1066" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1065" s="106" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="1066" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1066" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1066" s="78" t="s">
         <v>441</v>
       </c>
       <c r="S1066"/>
-      <c r="V1066" s="106" t="s">
+      <c r="V1066" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1066" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1067" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1066" s="106" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="1067" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1067" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1067" s="78" t="s">
         <v>440</v>
       </c>
       <c r="S1067"/>
-      <c r="V1067" s="106" t="s">
+      <c r="V1067" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1067" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1068" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1067" s="106" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="1068" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1068" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1068" s="78" t="s">
         <v>439</v>
       </c>
       <c r="S1068"/>
-      <c r="V1068" s="106" t="s">
+      <c r="V1068" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1068" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1069" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1068" s="106" t="s">
+        <v>569</v>
+      </c>
+    </row>
+    <row r="1069" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1069" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1069" s="78" t="s">
         <v>438</v>
       </c>
       <c r="S1069"/>
-      <c r="V1069" s="106" t="s">
+      <c r="V1069" s="105" t="s">
         <v>78</v>
       </c>
-      <c r="W1069" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1070" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1069" s="106" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="1070" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1070" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1070" s="78" t="s">
         <v>437</v>
       </c>
       <c r="S1070"/>
-      <c r="V1070" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1071" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V1070" s="105" t="s">
+        <v>78</v>
+      </c>
+      <c r="W1070" s="106" t="s">
+        <v>567</v>
+      </c>
+    </row>
+    <row r="1071" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1071" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1071" s="78" t="s">
         <v>436</v>
       </c>
       <c r="S1071"/>
-      <c r="V1071" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1072" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V1071" s="105" t="s">
+        <v>78</v>
+      </c>
+      <c r="W1071" s="106" t="s">
+        <v>1846</v>
+      </c>
+    </row>
+    <row r="1072" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1072" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1072" s="78" t="s">
         <v>435</v>
       </c>
       <c r="S1072"/>
-      <c r="V1072" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1073" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V1072" s="105" t="s">
+        <v>78</v>
+      </c>
+      <c r="W1072" s="106" t="s">
+        <v>1847</v>
+      </c>
+    </row>
+    <row r="1073" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1073" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1073" s="78" t="s">
         <v>434</v>
       </c>
       <c r="S1073"/>
-      <c r="V1073" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1074" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V1073" s="105" t="s">
+        <v>78</v>
+      </c>
+      <c r="W1073" s="106" t="s">
+        <v>563</v>
+      </c>
+    </row>
+    <row r="1074" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1074" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1074" s="78" t="s">
         <v>433</v>
       </c>
       <c r="S1074"/>
-      <c r="V1074" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1075" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V1074" s="105" t="s">
+        <v>78</v>
+      </c>
+      <c r="W1074" s="106" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="1075" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1075" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1075" s="78" t="s">
         <v>432</v>
       </c>
       <c r="S1075"/>
-      <c r="V1075" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1076" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V1075" s="105" t="s">
+        <v>78</v>
+      </c>
+      <c r="W1075" s="106" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="1076" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1076" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1076" s="78" t="s">
         <v>431</v>
       </c>
       <c r="S1076"/>
-      <c r="V1076" s="106" t="s">
+      <c r="V1076" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1076" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1077" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1076" s="106" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="1077" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1077" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1077" s="78" t="s">
         <v>430</v>
       </c>
       <c r="S1077"/>
-      <c r="V1077" s="106" t="s">
+      <c r="V1077" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1077" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1078" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1077" s="106" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="1078" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1078" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1078" s="78" t="s">
         <v>429</v>
       </c>
       <c r="S1078"/>
-      <c r="V1078" s="106" t="s">
+      <c r="V1078" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1078" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1079" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1078" s="106" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="1079" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1079" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1079" s="78" t="s">
         <v>428</v>
       </c>
       <c r="S1079"/>
-      <c r="V1079" s="106" t="s">
+      <c r="V1079" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1079" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1080" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1079" s="106" t="s">
+        <v>549</v>
+      </c>
+    </row>
+    <row r="1080" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1080" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1080" s="78" t="s">
         <v>427</v>
       </c>
       <c r="S1080"/>
-      <c r="V1080" s="106" t="s">
+      <c r="V1080" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1080" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1081" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1080" s="106" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="1081" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1081" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1081" s="78" t="s">
         <v>426</v>
       </c>
       <c r="S1081"/>
-      <c r="V1081" s="106" t="s">
+      <c r="V1081" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1081" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1082" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1081" s="106" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="1082" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1082" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1082" s="78" t="s">
         <v>425</v>
       </c>
       <c r="S1082"/>
-      <c r="V1082" s="106" t="s">
+      <c r="V1082" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1082" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1083" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1082" s="106" t="s">
+        <v>546</v>
+      </c>
+    </row>
+    <row r="1083" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1083" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1083" s="78" t="s">
         <v>424</v>
       </c>
       <c r="S1083"/>
-      <c r="V1083" s="106" t="s">
+      <c r="V1083" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1083" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1084" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1083" s="106" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="1084" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1084" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1084" s="78" t="s">
         <v>423</v>
       </c>
       <c r="S1084"/>
-      <c r="V1084" s="106" t="s">
+      <c r="V1084" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1084" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1085" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1084" s="106" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="1085" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1085" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1085" s="78" t="s">
         <v>422</v>
       </c>
       <c r="S1085"/>
-      <c r="V1085" s="106" t="s">
+      <c r="V1085" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1085" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1086" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1085" s="106" t="s">
+        <v>1848</v>
+      </c>
+    </row>
+    <row r="1086" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1086" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1086" s="78" t="s">
         <v>421</v>
       </c>
       <c r="S1086"/>
-      <c r="V1086" s="106" t="s">
+      <c r="V1086" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1086" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1087" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1086" s="106" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="1087" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1087" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1087" s="78" t="s">
         <v>420</v>
       </c>
       <c r="S1087"/>
-      <c r="V1087" s="106" t="s">
+      <c r="V1087" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1087" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1088" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1087" s="106" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="1088" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1088" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1088" s="78" t="s">
         <v>419</v>
       </c>
       <c r="S1088"/>
-      <c r="V1088" s="106" t="s">
+      <c r="V1088" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1088" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1089" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1088" s="106" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="1089" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1089" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1089" s="78" t="s">
         <v>418</v>
       </c>
       <c r="S1089"/>
-      <c r="V1089" s="106" t="s">
+      <c r="V1089" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1089" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1090" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1089" s="106" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="1090" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1090" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1090" s="78" t="s">
         <v>417</v>
       </c>
       <c r="S1090"/>
-      <c r="V1090" s="106" t="s">
+      <c r="V1090" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1090" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1091" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1090" s="106" t="s">
+        <v>1884</v>
+      </c>
+    </row>
+    <row r="1091" spans="1:23" ht="28.5" x14ac:dyDescent="0.45">
       <c r="A1091" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1091" s="78" t="s">
         <v>416</v>
       </c>
       <c r="S1091"/>
-      <c r="V1091" s="106" t="s">
+      <c r="V1091" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1091" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1092" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1091" s="106" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="1092" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1092" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1092" s="78" t="s">
         <v>415</v>
       </c>
       <c r="S1092"/>
-      <c r="V1092" s="106" t="s">
+      <c r="V1092" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1092" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1093" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1092" s="106" t="s">
+        <v>1849</v>
+      </c>
+    </row>
+    <row r="1093" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1093" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1093" s="78" t="s">
         <v>414</v>
       </c>
       <c r="S1093"/>
-      <c r="V1093" s="106" t="s">
+      <c r="V1093" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1093" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1094" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1093" s="106" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="1094" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1094" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1094" s="78" t="s">
         <v>413</v>
       </c>
       <c r="S1094"/>
-      <c r="V1094" s="106" t="s">
+      <c r="V1094" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1094" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1095" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1094" s="106" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="1095" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1095" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1095" s="78" t="s">
         <v>412</v>
       </c>
       <c r="S1095"/>
-      <c r="V1095" s="106" t="s">
+      <c r="V1095" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1095" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1096" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1095" s="106" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="1096" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1096" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1096" s="78" t="s">
         <v>411</v>
       </c>
       <c r="S1096"/>
-      <c r="V1096" s="106" t="s">
+      <c r="V1096" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1096" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1097" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1096" s="106" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="1097" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1097" s="77" t="s">
         <v>70</v>
       </c>
       <c r="B1097" s="78" t="s">
         <v>410</v>
       </c>
       <c r="S1097"/>
-      <c r="V1097" s="106" t="s">
+      <c r="V1097" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1097" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1098" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1097" s="106" t="s">
+        <v>1850</v>
+      </c>
+    </row>
+    <row r="1098" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1098" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1098" s="78" t="s">
         <v>409</v>
       </c>
       <c r="S1098"/>
-      <c r="V1098" s="106" t="s">
+      <c r="V1098" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1098" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1099" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1098" s="106" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="1099" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1099" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1099" s="78" t="s">
         <v>408</v>
       </c>
       <c r="S1099"/>
-      <c r="V1099" s="106" t="s">
+      <c r="V1099" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1099" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1100" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1099" s="106" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="1100" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1100" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1100" s="78" t="s">
         <v>407</v>
       </c>
       <c r="S1100"/>
-      <c r="V1100" s="106" t="s">
+      <c r="V1100" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1100" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1101" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1100" s="106" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="1101" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1101" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1101" s="78" t="s">
         <v>406</v>
       </c>
       <c r="S1101"/>
-      <c r="V1101" s="106" t="s">
+      <c r="V1101" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1101" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1102" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1101" s="106" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="1102" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1102" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1102" s="78" t="s">
         <v>405</v>
       </c>
       <c r="S1102"/>
-      <c r="V1102" s="106" t="s">
+      <c r="V1102" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1102" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1103" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1102" s="106" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="1103" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1103" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1103" s="78" t="s">
         <v>404</v>
       </c>
       <c r="S1103"/>
-      <c r="V1103" s="106" t="s">
+      <c r="V1103" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1103" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1104" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1103" s="106" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="1104" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1104" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1104" s="78" t="s">
         <v>403</v>
       </c>
       <c r="S1104"/>
-      <c r="V1104" s="106" t="s">
+      <c r="V1104" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1104" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1105" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1104" s="106" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="1105" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1105" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1105" s="78" t="s">
         <v>402</v>
       </c>
       <c r="S1105"/>
-      <c r="V1105" s="106" t="s">
+      <c r="V1105" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1105" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1106" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1105" s="106" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="1106" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1106" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1106" s="78" t="s">
         <v>401</v>
       </c>
       <c r="S1106"/>
-      <c r="V1106" s="106" t="s">
+      <c r="V1106" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1106" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1107" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1106" s="106" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="1107" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1107" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1107" s="78" t="s">
         <v>400</v>
       </c>
       <c r="S1107"/>
-      <c r="V1107" s="106" t="s">
+      <c r="V1107" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1107" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1108" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1107" s="106" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="1108" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1108" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1108" s="78" t="s">
         <v>399</v>
       </c>
       <c r="S1108"/>
-      <c r="V1108" s="106" t="s">
+      <c r="V1108" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1108" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1109" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1108" s="106" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="1109" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1109" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1109" s="78" t="s">
         <v>398</v>
       </c>
       <c r="S1109"/>
-      <c r="V1109" s="106" t="s">
+      <c r="V1109" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1109" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1110" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1109" s="106" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="1110" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1110" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1110" s="78" t="s">
         <v>397</v>
       </c>
       <c r="S1110"/>
-      <c r="V1110" s="106" t="s">
+      <c r="V1110" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1110" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1111" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1110" s="106" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="1111" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1111" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1111" s="78" t="s">
         <v>396</v>
       </c>
       <c r="S1111"/>
-      <c r="V1111" s="106" t="s">
+      <c r="V1111" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1111" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1112" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1111" s="106" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="1112" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1112" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1112" s="78" t="s">
         <v>395</v>
       </c>
       <c r="S1112"/>
-      <c r="V1112" s="106" t="s">
+      <c r="V1112" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1112" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1113" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1112" s="106" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="1113" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1113" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1113" s="78" t="s">
         <v>394</v>
       </c>
       <c r="S1113"/>
-      <c r="V1113" s="106" t="s">
+      <c r="V1113" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1113" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1114" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1113" s="106" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="1114" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1114" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1114" s="78" t="s">
         <v>393</v>
       </c>
       <c r="S1114"/>
-      <c r="V1114" s="106" t="s">
+      <c r="V1114" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1114" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1115" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1114" s="106" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="1115" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1115" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1115" s="78" t="s">
         <v>392</v>
       </c>
       <c r="S1115"/>
-      <c r="V1115" s="106" t="s">
+      <c r="V1115" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1115" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1116" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1115" s="106" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="1116" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1116" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1116" s="78" t="s">
         <v>391</v>
       </c>
       <c r="S1116"/>
-      <c r="V1116" s="106" t="s">
+      <c r="V1116" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1116" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1117" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1116" s="106" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="1117" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1117" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1117" s="78" t="s">
         <v>390</v>
       </c>
       <c r="S1117"/>
-      <c r="V1117" s="106" t="s">
+      <c r="V1117" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1117" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1118" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1117" s="106" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="1118" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1118" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1118" s="78" t="s">
         <v>389</v>
       </c>
       <c r="S1118"/>
-      <c r="V1118" s="106" t="s">
+      <c r="V1118" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1118" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1119" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1118" s="106" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="1119" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1119" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1119" s="78" t="s">
         <v>388</v>
       </c>
       <c r="S1119"/>
-      <c r="V1119" s="106" t="s">
+      <c r="V1119" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1119" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1120" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1119" s="106" t="s">
+        <v>497</v>
+      </c>
+    </row>
+    <row r="1120" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1120" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1120" s="78" t="s">
         <v>387</v>
       </c>
       <c r="S1120"/>
-      <c r="V1120" s="106" t="s">
+      <c r="V1120" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1120" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1121" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1120" s="106" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="1121" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1121" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1121" s="78" t="s">
         <v>386</v>
       </c>
       <c r="S1121"/>
-      <c r="V1121" s="106" t="s">
+      <c r="V1121" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1121" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1122" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1121" s="106" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="1122" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1122" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1122" s="78" t="s">
         <v>385</v>
       </c>
       <c r="S1122"/>
-      <c r="V1122" s="106" t="s">
+      <c r="V1122" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1122" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1123" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1122" s="106" t="s">
+        <v>1851</v>
+      </c>
+    </row>
+    <row r="1123" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1123" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1123" s="78" t="s">
         <v>384</v>
       </c>
       <c r="S1123"/>
-      <c r="V1123" s="106" t="s">
+      <c r="V1123" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1123" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1124" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1123" s="106" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="1124" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1124" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1124" s="78" t="s">
         <v>383</v>
       </c>
       <c r="S1124"/>
-      <c r="V1124" s="106" t="s">
+      <c r="V1124" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1124" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1125" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1124" s="106" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="1125" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1125" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1125" s="78" t="s">
         <v>382</v>
       </c>
       <c r="S1125"/>
-      <c r="V1125" s="106" t="s">
+      <c r="V1125" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1125" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1126" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1125" s="106" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="1126" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1126" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1126" s="78" t="s">
         <v>381</v>
       </c>
       <c r="S1126"/>
-      <c r="V1126" s="106" t="s">
+      <c r="V1126" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1126" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1127" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1126" s="106" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="1127" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1127" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1127" s="78" t="s">
         <v>380</v>
       </c>
       <c r="S1127"/>
-      <c r="V1127" s="106" t="s">
+      <c r="V1127" s="105" t="s">
         <v>79</v>
       </c>
-      <c r="W1127" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1128" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1127" s="106" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="1128" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1128" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1128" s="78" t="s">
         <v>379</v>
       </c>
       <c r="S1128"/>
-      <c r="V1128" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1129" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V1128" s="105" t="s">
+        <v>79</v>
+      </c>
+      <c r="W1128" s="106" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="1129" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1129" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1129" s="78" t="s">
         <v>378</v>
       </c>
       <c r="S1129"/>
-      <c r="V1129" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1130" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V1129" s="105" t="s">
+        <v>79</v>
+      </c>
+      <c r="W1129" s="106" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="1130" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1130" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1130" s="78" t="s">
         <v>377</v>
       </c>
       <c r="S1130"/>
-      <c r="V1130" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1131" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V1130" s="105" t="s">
+        <v>79</v>
+      </c>
+      <c r="W1130" s="106" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="1131" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1131" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1131" s="78" t="s">
         <v>376</v>
       </c>
       <c r="S1131"/>
-      <c r="V1131" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1132" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V1131" s="105" t="s">
+        <v>79</v>
+      </c>
+      <c r="W1131" s="106" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="1132" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1132" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1132" s="78" t="s">
         <v>375</v>
       </c>
       <c r="S1132"/>
-      <c r="V1132" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1133" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V1132" s="105" t="s">
+        <v>79</v>
+      </c>
+      <c r="W1132" s="106" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="1133" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1133" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1133" s="78" t="s">
         <v>374</v>
       </c>
       <c r="S1133"/>
-      <c r="V1133" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1134" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="V1133" s="105" t="s">
+        <v>79</v>
+      </c>
+      <c r="W1133" s="106" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="1134" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1134" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1134" s="78" t="s">
         <v>373</v>
       </c>
       <c r="S1134"/>
-      <c r="V1134" s="106" t="s">
+      <c r="V1134" s="105" t="s">
         <v>69</v>
       </c>
-      <c r="W1134" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1135" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1134" s="106" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="1135" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1135" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1135" s="78" t="s">
         <v>372</v>
       </c>
       <c r="S1135"/>
-      <c r="V1135" s="106" t="s">
+      <c r="V1135" s="105" t="s">
         <v>69</v>
       </c>
-      <c r="W1135" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1136" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1135" s="106" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="1136" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1136" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1136" s="78" t="s">
         <v>371</v>
       </c>
       <c r="S1136"/>
-      <c r="V1136" s="106" t="s">
+      <c r="V1136" s="105" t="s">
         <v>69</v>
       </c>
-      <c r="W1136" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1137" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1136" s="106" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="1137" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1137" s="77" t="s">
         <v>72</v>
       </c>
       <c r="B1137" s="78" t="s">
         <v>370</v>
       </c>
       <c r="S1137"/>
-      <c r="V1137" s="106" t="s">
+      <c r="V1137" s="105" t="s">
         <v>69</v>
       </c>
-      <c r="W1137" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1138" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1137" s="106" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="1138" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1138" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B1138" s="78" t="s">
         <v>369</v>
       </c>
       <c r="S1138"/>
-      <c r="V1138" s="106" t="s">
+      <c r="V1138" s="105" t="s">
         <v>69</v>
       </c>
-      <c r="W1138" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1139" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1138" s="106" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="1139" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1139" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B1139" s="78" t="s">
         <v>368</v>
       </c>
       <c r="S1139"/>
-      <c r="V1139" s="106" t="s">
+      <c r="V1139" s="105" t="s">
         <v>69</v>
       </c>
-      <c r="W1139" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1140" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1139" s="106" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="1140" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1140" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B1140" s="78" t="s">
         <v>367</v>
       </c>
       <c r="S1140"/>
-      <c r="V1140" s="106" t="s">
+      <c r="V1140" s="105" t="s">
         <v>69</v>
       </c>
-      <c r="W1140" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1141" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1140" s="106" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="1141" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1141" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B1141" s="78" t="s">
         <v>366</v>
       </c>
       <c r="S1141"/>
-      <c r="V1141" s="106" t="s">
+      <c r="V1141" s="105" t="s">
         <v>69</v>
       </c>
-      <c r="W1141" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1142" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1141" s="106" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="1142" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1142" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B1142" s="78" t="s">
         <v>365</v>
       </c>
       <c r="S1142"/>
-      <c r="V1142" s="106" t="s">
+      <c r="V1142" s="105" t="s">
         <v>69</v>
       </c>
-      <c r="W1142" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1143" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1142" s="106" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="1143" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1143" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B1143" s="78" t="s">
         <v>364</v>
       </c>
       <c r="S1143"/>
-      <c r="V1143" s="106" t="s">
+      <c r="V1143" s="105" t="s">
         <v>69</v>
       </c>
-      <c r="W1143" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1144" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1143" s="106" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="1144" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1144" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B1144" s="78" t="s">
         <v>363</v>
       </c>
       <c r="S1144"/>
-      <c r="V1144" s="106" t="s">
+      <c r="V1144" s="105" t="s">
         <v>69</v>
       </c>
-      <c r="W1144" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1145" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1144" s="106" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="1145" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1145" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B1145" s="78" t="s">
         <v>362</v>
       </c>
       <c r="S1145"/>
-      <c r="V1145" s="106" t="s">
+      <c r="V1145" s="105" t="s">
         <v>69</v>
       </c>
-      <c r="W1145" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1146" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1145" s="106" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="1146" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1146" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B1146" s="78" t="s">
         <v>361</v>
       </c>
       <c r="S1146"/>
-      <c r="V1146" s="106" t="s">
+      <c r="V1146" s="105" t="s">
         <v>69</v>
       </c>
-      <c r="W1146" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1147" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1146" s="106" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="1147" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1147" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B1147" s="78" t="s">
         <v>360</v>
       </c>
       <c r="S1147"/>
-      <c r="V1147" s="106" t="s">
+      <c r="V1147" s="105" t="s">
         <v>69</v>
       </c>
-      <c r="W1147" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1148" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1147" s="106" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="1148" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1148" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B1148" s="78" t="s">
         <v>359</v>
       </c>
       <c r="S1148"/>
-      <c r="V1148" s="106" t="s">
+      <c r="V1148" s="105" t="s">
         <v>69</v>
       </c>
-      <c r="W1148" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1149" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1148" s="106" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="1149" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1149" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B1149" s="78" t="s">
         <v>358</v>
       </c>
       <c r="S1149"/>
-      <c r="V1149" s="106" t="s">
+      <c r="V1149" s="105" t="s">
         <v>69</v>
       </c>
-      <c r="W1149" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1150" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1149" s="106" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="1150" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1150" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B1150" s="78" t="s">
         <v>357</v>
       </c>
       <c r="S1150"/>
-      <c r="V1150" s="106" t="s">
+      <c r="V1150" s="105" t="s">
         <v>69</v>
       </c>
-      <c r="W1150" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1151" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1150" s="106" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="1151" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1151" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B1151" s="78" t="s">
         <v>356</v>
       </c>
       <c r="S1151"/>
-      <c r="V1151" s="106" t="s">
+      <c r="V1151" s="105" t="s">
         <v>69</v>
       </c>
-      <c r="W1151" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1152" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1151" s="106" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="1152" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1152" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B1152" s="78" t="s">
         <v>355</v>
       </c>
       <c r="S1152"/>
-      <c r="V1152" s="106" t="s">
+      <c r="V1152" s="105" t="s">
         <v>69</v>
       </c>
-      <c r="W1152" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1153" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1152" s="106" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="1153" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1153" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B1153" s="78" t="s">
         <v>354</v>
       </c>
       <c r="S1153"/>
-      <c r="V1153" s="106" t="s">
+      <c r="V1153" s="105" t="s">
         <v>69</v>
       </c>
-      <c r="W1153" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1154" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1153" s="106" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="1154" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1154" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B1154" s="78" t="s">
         <v>353</v>
       </c>
       <c r="S1154"/>
-      <c r="V1154" s="106" t="s">
+      <c r="V1154" s="105" t="s">
         <v>69</v>
       </c>
-      <c r="W1154" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1155" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1154" s="106" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="1155" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1155" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B1155" s="78" t="s">
         <v>352</v>
       </c>
       <c r="S1155"/>
-      <c r="V1155" s="106" t="s">
+      <c r="V1155" s="105" t="s">
         <v>69</v>
       </c>
-      <c r="W1155" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1156" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1155" s="106" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="1156" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1156" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B1156" s="78" t="s">
         <v>351</v>
       </c>
       <c r="S1156"/>
-      <c r="V1156" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1157" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="V1156" s="105" t="s">
+        <v>69</v>
+      </c>
+      <c r="W1156" s="106" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="1157" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1157" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B1157" s="78" t="s">
         <v>350</v>
       </c>
       <c r="S1157"/>
-      <c r="V1157" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1158" spans="1:23" ht="33.75" x14ac:dyDescent="0.25">
+      <c r="V1157" s="105" t="s">
+        <v>69</v>
+      </c>
+      <c r="W1157" s="106" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="1158" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1158" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B1158" s="78" t="s">
         <v>349</v>
       </c>
       <c r="S1158"/>
-      <c r="V1158" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1159" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="V1158" s="105" t="s">
+        <v>69</v>
+      </c>
+      <c r="W1158" s="106" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="1159" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1159" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B1159" s="78" t="s">
         <v>348</v>
       </c>
       <c r="S1159"/>
-      <c r="V1159" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1160" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="V1159" s="105" t="s">
+        <v>69</v>
+      </c>
+      <c r="W1159" s="106" t="s">
+        <v>450</v>
+      </c>
+    </row>
+    <row r="1160" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1160" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B1160" s="78" t="s">
         <v>347</v>
       </c>
       <c r="S1160"/>
-      <c r="V1160" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1161" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="V1160" s="105" t="s">
+        <v>69</v>
+      </c>
+      <c r="W1160" s="106" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="1161" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1161" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B1161" s="78" t="s">
         <v>346</v>
       </c>
       <c r="S1161"/>
-      <c r="V1161" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1162" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="V1161" s="105" t="s">
+        <v>69</v>
+      </c>
+      <c r="W1161" s="106" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="1162" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1162" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B1162" s="78" t="s">
         <v>345</v>
       </c>
       <c r="S1162"/>
-      <c r="V1162" s="106" t="s">
+      <c r="V1162" s="105" t="s">
         <v>70</v>
       </c>
-      <c r="W1162" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1163" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1162" s="106" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="1163" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1163" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B1163" s="78" t="s">
         <v>344</v>
       </c>
       <c r="S1163"/>
-      <c r="V1163" s="106" t="s">
+      <c r="V1163" s="105" t="s">
         <v>70</v>
       </c>
-      <c r="W1163" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1164" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1163" s="106" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="1164" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1164" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B1164" s="78" t="s">
         <v>343</v>
       </c>
       <c r="S1164"/>
-      <c r="V1164" s="106" t="s">
+      <c r="V1164" s="105" t="s">
         <v>70</v>
       </c>
-      <c r="W1164" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1165" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1164" s="106" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="1165" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1165" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B1165" s="78" t="s">
         <v>342</v>
       </c>
       <c r="S1165"/>
-      <c r="V1165" s="106" t="s">
+      <c r="V1165" s="105" t="s">
         <v>70</v>
       </c>
-      <c r="W1165" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1166" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1165" s="106" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="1166" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1166" s="77" t="s">
         <v>81</v>
       </c>
       <c r="B1166" s="78" t="s">
         <v>341</v>
       </c>
       <c r="S1166"/>
-      <c r="V1166" s="106" t="s">
+      <c r="V1166" s="105" t="s">
         <v>70</v>
       </c>
-      <c r="W1166" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1167" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1166" s="106" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="1167" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1167" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1167" s="78" t="s">
         <v>340</v>
       </c>
       <c r="S1167"/>
-      <c r="V1167" s="106" t="s">
+      <c r="V1167" s="105" t="s">
         <v>70</v>
       </c>
-      <c r="W1167" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1168" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1167" s="106" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="1168" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1168" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1168" s="78" t="s">
         <v>339</v>
       </c>
       <c r="S1168"/>
-      <c r="V1168" s="106" t="s">
+      <c r="V1168" s="105" t="s">
         <v>70</v>
       </c>
-      <c r="W1168" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1169" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1168" s="106" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="1169" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1169" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1169" s="78" t="s">
         <v>338</v>
       </c>
       <c r="S1169"/>
-      <c r="V1169" s="106" t="s">
+      <c r="V1169" s="105" t="s">
         <v>70</v>
       </c>
-      <c r="W1169" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1170" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1169" s="106" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="1170" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1170" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1170" s="78" t="s">
         <v>337</v>
       </c>
       <c r="S1170"/>
-      <c r="V1170" s="106" t="s">
+      <c r="V1170" s="105" t="s">
         <v>70</v>
       </c>
-      <c r="W1170" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1171" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1170" s="106" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="1171" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1171" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1171" s="78" t="s">
         <v>336</v>
       </c>
       <c r="S1171"/>
-      <c r="V1171" s="106" t="s">
+      <c r="V1171" s="105" t="s">
         <v>70</v>
       </c>
-      <c r="W1171" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1172" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1171" s="106" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="1172" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1172" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1172" s="78" t="s">
         <v>335</v>
       </c>
       <c r="S1172"/>
-      <c r="V1172" s="106" t="s">
+      <c r="V1172" s="105" t="s">
         <v>70</v>
       </c>
-      <c r="W1172" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1173" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1172" s="106" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="1173" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1173" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1173" s="78" t="s">
         <v>334</v>
       </c>
       <c r="S1173"/>
-      <c r="V1173" s="106" t="s">
+      <c r="V1173" s="105" t="s">
         <v>70</v>
       </c>
-      <c r="W1173" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1174" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1173" s="106" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="1174" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1174" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1174" s="78" t="s">
         <v>333</v>
       </c>
       <c r="S1174"/>
-      <c r="V1174" s="106" t="s">
+      <c r="V1174" s="105" t="s">
         <v>70</v>
       </c>
-      <c r="W1174" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1175" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1174" s="106" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="1175" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1175" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1175" s="78" t="s">
         <v>332</v>
       </c>
       <c r="S1175"/>
-      <c r="V1175" s="106" t="s">
+      <c r="V1175" s="105" t="s">
         <v>70</v>
       </c>
-      <c r="W1175" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1176" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1175" s="106" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="1176" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1176" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1176" s="78" t="s">
         <v>331</v>
       </c>
       <c r="S1176"/>
-      <c r="V1176" s="106" t="s">
+      <c r="V1176" s="105" t="s">
         <v>70</v>
       </c>
-      <c r="W1176" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1177" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1176" s="106" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="1177" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1177" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1177" s="78" t="s">
         <v>330</v>
       </c>
       <c r="S1177"/>
-      <c r="V1177" s="106" t="s">
+      <c r="V1177" s="105" t="s">
         <v>70</v>
       </c>
-      <c r="W1177" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1178" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1177" s="106" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="1178" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1178" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1178" s="78" t="s">
         <v>329</v>
       </c>
       <c r="S1178"/>
-      <c r="V1178" s="106" t="s">
+      <c r="V1178" s="105" t="s">
         <v>70</v>
       </c>
-      <c r="W1178" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1179" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1178" s="106" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="1179" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1179" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1179" s="78" t="s">
         <v>328</v>
       </c>
       <c r="S1179"/>
-      <c r="V1179" s="106" t="s">
+      <c r="V1179" s="105" t="s">
         <v>70</v>
       </c>
-      <c r="W1179" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1180" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1179" s="106" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="1180" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1180" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1180" s="78" t="s">
         <v>327</v>
       </c>
       <c r="S1180"/>
-      <c r="V1180" s="106" t="s">
+      <c r="V1180" s="105" t="s">
         <v>70</v>
       </c>
-      <c r="W1180" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1181" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1180" s="106" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="1181" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1181" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1181" s="78" t="s">
         <v>326</v>
       </c>
       <c r="S1181"/>
-      <c r="V1181" s="106" t="s">
+      <c r="V1181" s="105" t="s">
         <v>70</v>
       </c>
-      <c r="W1181" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1182" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1181" s="106" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="1182" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1182" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1182" s="78" t="s">
         <v>325</v>
       </c>
       <c r="S1182"/>
-      <c r="V1182" s="106" t="s">
+      <c r="V1182" s="105" t="s">
         <v>70</v>
       </c>
-      <c r="W1182" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1183" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1182" s="106" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="1183" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1183" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1183" s="78" t="s">
         <v>324</v>
       </c>
       <c r="S1183"/>
-      <c r="V1183" s="106" t="s">
+      <c r="V1183" s="105" t="s">
         <v>70</v>
       </c>
-      <c r="W1183" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1184" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1183" s="106" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="1184" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1184" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1184" s="78" t="s">
         <v>323</v>
       </c>
       <c r="S1184"/>
-      <c r="V1184" s="106" t="s">
+      <c r="V1184" s="105" t="s">
         <v>70</v>
       </c>
-      <c r="W1184" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1185" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1184" s="106" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="1185" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1185" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1185" s="78" t="s">
         <v>322</v>
       </c>
       <c r="S1185"/>
-      <c r="V1185" s="106" t="s">
+      <c r="V1185" s="105" t="s">
         <v>70</v>
       </c>
-      <c r="W1185" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1186" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1185" s="106" t="s">
+        <v>423</v>
+      </c>
+    </row>
+    <row r="1186" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1186" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1186" s="78" t="s">
         <v>321</v>
       </c>
       <c r="S1186"/>
-      <c r="V1186" s="106" t="s">
+      <c r="V1186" s="105" t="s">
         <v>70</v>
       </c>
-      <c r="W1186" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1187" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1186" s="106" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="1187" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1187" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1187" s="78" t="s">
         <v>320</v>
       </c>
       <c r="S1187"/>
-      <c r="V1187" s="106" t="s">
+      <c r="V1187" s="105" t="s">
         <v>70</v>
       </c>
-      <c r="W1187" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1188" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1187" s="106" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="1188" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1188" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1188" s="78" t="s">
         <v>319</v>
       </c>
       <c r="S1188"/>
-      <c r="V1188" s="106" t="s">
+      <c r="V1188" s="105" t="s">
         <v>70</v>
       </c>
-      <c r="W1188" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1189" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1188" s="106" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="1189" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1189" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1189" s="78" t="s">
         <v>318</v>
       </c>
       <c r="S1189"/>
-      <c r="V1189" s="106" t="s">
+      <c r="V1189" s="105" t="s">
         <v>70</v>
       </c>
-      <c r="W1189" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1190" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1189" s="106" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="1190" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1190" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1190" s="78" t="s">
         <v>317</v>
       </c>
       <c r="S1190"/>
-      <c r="V1190" s="106" t="s">
+      <c r="V1190" s="105" t="s">
         <v>70</v>
       </c>
-      <c r="W1190" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1191" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1190" s="106" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="1191" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1191" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1191" s="78" t="s">
         <v>316</v>
       </c>
       <c r="S1191"/>
-      <c r="V1191" s="106" t="s">
+      <c r="V1191" s="105" t="s">
         <v>70</v>
       </c>
-      <c r="W1191" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1192" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1191" s="106" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="1192" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1192" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1192" s="78" t="s">
         <v>315</v>
       </c>
       <c r="S1192"/>
-      <c r="V1192" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1193" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="V1192" s="105" t="s">
+        <v>70</v>
+      </c>
+      <c r="W1192" s="106" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="1193" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1193" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1193" s="78" t="s">
         <v>314</v>
       </c>
       <c r="S1193"/>
-      <c r="V1193" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1194" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="V1193" s="105" t="s">
+        <v>70</v>
+      </c>
+      <c r="W1193" s="106" t="s">
+        <v>1871</v>
+      </c>
+    </row>
+    <row r="1194" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1194" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1194" s="78" t="s">
         <v>313</v>
       </c>
       <c r="S1194"/>
-      <c r="V1194" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1195" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="V1194" s="105" t="s">
+        <v>70</v>
+      </c>
+      <c r="W1194" s="106" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="1195" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1195" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1195" s="78" t="s">
         <v>312</v>
       </c>
       <c r="S1195"/>
-      <c r="V1195" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1196" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="V1195" s="105" t="s">
+        <v>70</v>
+      </c>
+      <c r="W1195" s="106" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="1196" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1196" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1196" s="78" t="s">
         <v>311</v>
       </c>
       <c r="S1196"/>
-      <c r="V1196" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1197" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="V1196" s="105" t="s">
+        <v>70</v>
+      </c>
+      <c r="W1196" s="106" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="1197" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1197" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1197" s="78" t="s">
         <v>310</v>
       </c>
       <c r="S1197"/>
-      <c r="V1197" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1198" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="V1197" s="105" t="s">
+        <v>70</v>
+      </c>
+      <c r="W1197" s="106" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="1198" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1198" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1198" s="78" t="s">
         <v>309</v>
       </c>
       <c r="S1198"/>
-      <c r="V1198" s="106" t="s">
+      <c r="V1198" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1198" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1199" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1198" s="106" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="1199" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1199" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1199" s="78" t="s">
         <v>308</v>
       </c>
       <c r="S1199"/>
-      <c r="V1199" s="106" t="s">
+      <c r="V1199" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1199" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1200" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1199" s="106" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="1200" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1200" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1200" s="78" t="s">
         <v>307</v>
       </c>
       <c r="S1200"/>
-      <c r="V1200" s="106" t="s">
+      <c r="V1200" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1200" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1201" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1200" s="106" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="1201" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1201" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1201" s="78" t="s">
         <v>306</v>
       </c>
       <c r="S1201"/>
-      <c r="V1201" s="106" t="s">
+      <c r="V1201" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1201" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1202" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1201" s="106" t="s">
+        <v>1852</v>
+      </c>
+    </row>
+    <row r="1202" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1202" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1202" s="78" t="s">
         <v>305</v>
       </c>
       <c r="S1202"/>
-      <c r="V1202" s="106" t="s">
+      <c r="V1202" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1202" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1203" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1202" s="106" t="s">
+        <v>1853</v>
+      </c>
+    </row>
+    <row r="1203" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1203" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1203" s="78" t="s">
         <v>304</v>
       </c>
       <c r="S1203"/>
-      <c r="V1203" s="106" t="s">
+      <c r="V1203" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1203" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1204" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1203" s="106" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="1204" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1204" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1204" s="78" t="s">
         <v>303</v>
       </c>
       <c r="S1204"/>
-      <c r="V1204" s="106" t="s">
+      <c r="V1204" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1204" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1205" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1204" s="106" t="s">
+        <v>405</v>
+      </c>
+    </row>
+    <row r="1205" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1205" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1205" s="78" t="s">
         <v>302</v>
       </c>
       <c r="S1205"/>
-      <c r="V1205" s="106" t="s">
+      <c r="V1205" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1205" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1206" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1205" s="106" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="1206" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1206" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1206" s="78" t="s">
         <v>301</v>
       </c>
       <c r="S1206"/>
-      <c r="V1206" s="106" t="s">
+      <c r="V1206" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1206" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1207" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1206" s="106" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="1207" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1207" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1207" s="78" t="s">
         <v>300</v>
       </c>
       <c r="S1207"/>
-      <c r="V1207" s="106" t="s">
+      <c r="V1207" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1207" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1208" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1207" s="106" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="1208" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1208" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1208" s="78" t="s">
         <v>299</v>
       </c>
       <c r="S1208"/>
-      <c r="V1208" s="106" t="s">
+      <c r="V1208" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1208" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1209" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1208" s="106" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="1209" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1209" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1209" s="78" t="s">
         <v>298</v>
       </c>
       <c r="S1209"/>
-      <c r="V1209" s="106" t="s">
+      <c r="V1209" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1209" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1210" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1209" s="106" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="1210" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1210" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1210" s="78" t="s">
         <v>297</v>
       </c>
       <c r="S1210"/>
-      <c r="V1210" s="106" t="s">
+      <c r="V1210" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1210" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1211" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1210" s="106" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="1211" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1211" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1211" s="78" t="s">
         <v>296</v>
       </c>
       <c r="S1211"/>
-      <c r="V1211" s="106" t="s">
+      <c r="V1211" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1211" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1212" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1211" s="106" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="1212" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1212" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1212" s="78" t="s">
         <v>295</v>
       </c>
       <c r="S1212"/>
-      <c r="V1212" s="106" t="s">
+      <c r="V1212" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1212" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1213" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1212" s="106" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="1213" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1213" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1213" s="78" t="s">
         <v>294</v>
       </c>
       <c r="S1213"/>
-      <c r="V1213" s="106" t="s">
+      <c r="V1213" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1213" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1214" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1213" s="106" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="1214" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1214" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1214" s="78" t="s">
         <v>293</v>
       </c>
       <c r="S1214"/>
-      <c r="V1214" s="106" t="s">
+      <c r="V1214" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1214" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1215" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1214" s="106" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="1215" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1215" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1215" s="78" t="s">
         <v>292</v>
       </c>
       <c r="S1215"/>
-      <c r="V1215" s="106" t="s">
+      <c r="V1215" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1215" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1216" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1215" s="106" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="1216" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1216" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1216" s="78" t="s">
         <v>291</v>
       </c>
       <c r="S1216"/>
-      <c r="V1216" s="106" t="s">
+      <c r="V1216" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1216" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1217" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1216" s="106" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="1217" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1217" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1217" s="78" t="s">
         <v>290</v>
       </c>
       <c r="S1217"/>
-      <c r="V1217" s="106" t="s">
+      <c r="V1217" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1217" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1218" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1217" s="106" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="1218" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1218" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1218" s="78" t="s">
         <v>289</v>
       </c>
       <c r="S1218"/>
-      <c r="V1218" s="106" t="s">
+      <c r="V1218" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1218" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1219" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1218" s="106" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="1219" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1219" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1219" s="78" t="s">
         <v>288</v>
       </c>
       <c r="S1219"/>
-      <c r="V1219" s="106" t="s">
+      <c r="V1219" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1219" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1220" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1219" s="106" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="1220" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1220" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1220" s="78" t="s">
         <v>287</v>
       </c>
       <c r="S1220"/>
-      <c r="V1220" s="106" t="s">
+      <c r="V1220" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1220" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1221" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1220" s="106" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="1221" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1221" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1221" s="78" t="s">
         <v>286</v>
       </c>
       <c r="S1221"/>
-      <c r="V1221" s="106" t="s">
+      <c r="V1221" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1221" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1222" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1221" s="106" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="1222" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1222" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1222" s="78" t="s">
         <v>285</v>
       </c>
       <c r="S1222"/>
-      <c r="V1222" s="106" t="s">
+      <c r="V1222" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1222" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1223" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1222" s="106" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="1223" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1223" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1223" s="78" t="s">
         <v>284</v>
       </c>
       <c r="S1223"/>
-      <c r="V1223" s="106" t="s">
+      <c r="V1223" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1223" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1224" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1223" s="106" t="s">
+        <v>386</v>
+      </c>
+    </row>
+    <row r="1224" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1224" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1224" s="78" t="s">
         <v>283</v>
       </c>
       <c r="S1224"/>
-      <c r="V1224" s="106" t="s">
+      <c r="V1224" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1224" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1225" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1224" s="106" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="1225" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1225" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1225" s="78" t="s">
         <v>282</v>
       </c>
       <c r="S1225"/>
-      <c r="V1225" s="106" t="s">
+      <c r="V1225" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1225" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1226" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1225" s="106" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="1226" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1226" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1226" s="78" t="s">
         <v>281</v>
       </c>
       <c r="S1226"/>
-      <c r="V1226" s="106" t="s">
+      <c r="V1226" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1226" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1227" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1226" s="106" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="1227" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1227" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1227" s="78" t="s">
         <v>280</v>
       </c>
       <c r="S1227"/>
-      <c r="V1227" s="106" t="s">
+      <c r="V1227" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1227" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1228" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1227" s="106" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="1228" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1228" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1228" s="78" t="s">
         <v>279</v>
       </c>
       <c r="S1228"/>
-      <c r="V1228" s="106" t="s">
+      <c r="V1228" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1228" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1229" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1228" s="106" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="1229" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1229" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1229" s="78" t="s">
         <v>278</v>
       </c>
       <c r="S1229"/>
-      <c r="V1229" s="106" t="s">
+      <c r="V1229" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1229" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1230" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1229" s="106" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="1230" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1230" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1230" s="78" t="s">
         <v>277</v>
       </c>
       <c r="S1230"/>
-      <c r="V1230" s="106" t="s">
+      <c r="V1230" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1230" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1231" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1230" s="106" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="1231" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1231" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1231" s="78" t="s">
         <v>276</v>
       </c>
       <c r="S1231"/>
-      <c r="V1231" s="106" t="s">
+      <c r="V1231" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1231" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1232" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1231" s="106" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="1232" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1232" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1232" s="78" t="s">
         <v>275</v>
       </c>
       <c r="S1232"/>
-      <c r="V1232" s="106" t="s">
+      <c r="V1232" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1232" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1233" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1232" s="106" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="1233" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1233" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1233" s="78" t="s">
         <v>274</v>
       </c>
       <c r="S1233"/>
-      <c r="V1233" s="106" t="s">
+      <c r="V1233" s="105" t="s">
         <v>72</v>
       </c>
-      <c r="W1233" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1234" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1233" s="106" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="1234" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1234" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1234" s="78" t="s">
         <v>273</v>
       </c>
       <c r="S1234"/>
-      <c r="V1234" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1235" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V1234" s="105" t="s">
+        <v>72</v>
+      </c>
+      <c r="W1234" s="106" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="1235" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1235" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1235" s="78" t="s">
         <v>272</v>
       </c>
       <c r="S1235"/>
-      <c r="V1235" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1236" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V1235" s="105" t="s">
+        <v>72</v>
+      </c>
+      <c r="W1235" s="106" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="1236" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1236" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1236" s="78" t="s">
         <v>271</v>
       </c>
       <c r="S1236"/>
-      <c r="V1236" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1237" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V1236" s="105" t="s">
+        <v>72</v>
+      </c>
+      <c r="W1236" s="106" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="1237" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1237" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1237" s="78" t="s">
         <v>270</v>
       </c>
       <c r="S1237"/>
-      <c r="V1237" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1238" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V1237" s="105" t="s">
+        <v>72</v>
+      </c>
+      <c r="W1237" s="106" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="1238" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1238" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1238" s="78" t="s">
         <v>269</v>
       </c>
       <c r="S1238"/>
-      <c r="V1238" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1239" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V1238" s="105" t="s">
+        <v>72</v>
+      </c>
+      <c r="W1238" s="106" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="1239" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1239" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1239" s="78" t="s">
         <v>268</v>
       </c>
       <c r="S1239"/>
-      <c r="V1239" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1240" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V1239" s="105" t="s">
+        <v>72</v>
+      </c>
+      <c r="W1239" s="106" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="1240" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1240" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1240" s="78" t="s">
         <v>267</v>
       </c>
       <c r="S1240"/>
-      <c r="V1240" s="106" t="s">
+      <c r="V1240" s="105" t="s">
         <v>81</v>
       </c>
-      <c r="W1240" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1241" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1240" s="106" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="1241" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1241" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1241" s="78" t="s">
         <v>266</v>
       </c>
       <c r="S1241"/>
-      <c r="V1241" s="106" t="s">
+      <c r="V1241" s="105" t="s">
         <v>81</v>
       </c>
-      <c r="W1241" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1242" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1241" s="106" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="1242" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1242" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1242" s="78" t="s">
         <v>265</v>
       </c>
       <c r="S1242"/>
-      <c r="V1242" s="106" t="s">
+      <c r="V1242" s="105" t="s">
         <v>81</v>
       </c>
-      <c r="W1242" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1243" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1242" s="106" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="1243" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1243" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1243" s="78" t="s">
         <v>264</v>
       </c>
       <c r="S1243"/>
-      <c r="V1243" s="106" t="s">
+      <c r="V1243" s="105" t="s">
         <v>81</v>
       </c>
-      <c r="W1243" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1244" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1243" s="106" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="1244" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1244" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1244" s="78" t="s">
         <v>263</v>
       </c>
       <c r="S1244"/>
-      <c r="V1244" s="106" t="s">
+      <c r="V1244" s="105" t="s">
         <v>81</v>
       </c>
-      <c r="W1244" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1245" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1244" s="106" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="1245" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1245" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1245" s="78" t="s">
         <v>262</v>
       </c>
       <c r="S1245"/>
-      <c r="V1245" s="106" t="s">
+      <c r="V1245" s="105" t="s">
         <v>81</v>
       </c>
-      <c r="W1245" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1246" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1245" s="106" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="1246" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1246" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1246" s="78" t="s">
         <v>261</v>
       </c>
       <c r="S1246"/>
-      <c r="V1246" s="106" t="s">
+      <c r="V1246" s="105" t="s">
         <v>81</v>
       </c>
-      <c r="W1246" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1247" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1246" s="106" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="1247" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1247" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1247" s="78" t="s">
         <v>260</v>
       </c>
       <c r="S1247"/>
-      <c r="V1247" s="106" t="s">
+      <c r="V1247" s="105" t="s">
         <v>81</v>
       </c>
-      <c r="W1247" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1248" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1247" s="106" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="1248" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1248" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1248" s="78" t="s">
         <v>259</v>
       </c>
       <c r="S1248"/>
-      <c r="V1248" s="106" t="s">
+      <c r="V1248" s="105" t="s">
         <v>81</v>
       </c>
-      <c r="W1248" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1249" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1248" s="106" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="1249" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1249" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1249" s="78" t="s">
         <v>258</v>
       </c>
       <c r="S1249"/>
-      <c r="V1249" s="106" t="s">
+      <c r="V1249" s="105" t="s">
         <v>81</v>
       </c>
-      <c r="W1249" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1250" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1249" s="106" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="1250" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1250" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1250" s="78" t="s">
         <v>257</v>
       </c>
       <c r="S1250"/>
-      <c r="V1250" s="106" t="s">
+      <c r="V1250" s="105" t="s">
         <v>81</v>
       </c>
-      <c r="W1250" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1251" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1250" s="106" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="1251" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1251" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1251" s="78" t="s">
         <v>256</v>
       </c>
       <c r="S1251"/>
-      <c r="V1251" s="106" t="s">
+      <c r="V1251" s="105" t="s">
         <v>81</v>
       </c>
-      <c r="W1251" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1252" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1251" s="106" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="1252" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1252" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1252" s="78" t="s">
         <v>255</v>
       </c>
       <c r="S1252"/>
-      <c r="V1252" s="106" t="s">
+      <c r="V1252" s="105" t="s">
         <v>81</v>
       </c>
-      <c r="W1252" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1253" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1252" s="106" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="1253" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1253" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1253" s="78" t="s">
         <v>254</v>
       </c>
       <c r="S1253"/>
-      <c r="V1253" s="106" t="s">
+      <c r="V1253" s="105" t="s">
         <v>81</v>
       </c>
-      <c r="W1253" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1254" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1253" s="106" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="1254" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1254" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1254" s="78" t="s">
         <v>253</v>
       </c>
       <c r="S1254"/>
-      <c r="V1254" s="106" t="s">
+      <c r="V1254" s="105" t="s">
         <v>81</v>
       </c>
-      <c r="W1254" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1255" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1254" s="106" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="1255" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1255" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1255" s="78" t="s">
         <v>252</v>
       </c>
       <c r="S1255"/>
-      <c r="V1255" s="106" t="s">
+      <c r="V1255" s="105" t="s">
         <v>81</v>
       </c>
-      <c r="W1255" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1256" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1255" s="106" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="1256" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1256" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1256" s="78" t="s">
         <v>251</v>
       </c>
       <c r="S1256"/>
-      <c r="V1256" s="106" t="s">
+      <c r="V1256" s="105" t="s">
         <v>81</v>
       </c>
-      <c r="W1256" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1257" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1256" s="106" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="1257" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1257" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1257" s="78" t="s">
         <v>250</v>
       </c>
       <c r="S1257"/>
-      <c r="V1257" s="106" t="s">
+      <c r="V1257" s="105" t="s">
         <v>81</v>
       </c>
-      <c r="W1257" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1258" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1257" s="106" t="s">
+        <v>352</v>
+      </c>
+    </row>
+    <row r="1258" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1258" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1258" s="78" t="s">
         <v>249</v>
       </c>
       <c r="S1258"/>
-      <c r="V1258" s="106" t="s">
+      <c r="V1258" s="105" t="s">
         <v>81</v>
       </c>
-      <c r="W1258" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1259" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1258" s="106" t="s">
+        <v>1854</v>
+      </c>
+    </row>
+    <row r="1259" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1259" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1259" s="78" t="s">
         <v>248</v>
       </c>
       <c r="S1259"/>
-      <c r="V1259" s="106" t="s">
+      <c r="V1259" s="105" t="s">
         <v>81</v>
       </c>
-      <c r="W1259" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1260" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1259" s="106" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="1260" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1260" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1260" s="78" t="s">
         <v>247</v>
       </c>
       <c r="S1260"/>
-      <c r="V1260" s="106" t="s">
+      <c r="V1260" s="105" t="s">
         <v>81</v>
       </c>
-      <c r="W1260" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1261" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1260" s="106" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="1261" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1261" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1261" s="78" t="s">
         <v>246</v>
       </c>
       <c r="S1261"/>
-      <c r="V1261" s="106" t="s">
+      <c r="V1261" s="105" t="s">
         <v>81</v>
       </c>
-      <c r="W1261" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1262" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1261" s="106" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="1262" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1262" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1262" s="78" t="s">
         <v>245</v>
       </c>
       <c r="S1262"/>
-      <c r="V1262" s="106" t="s">
+      <c r="V1262" s="105" t="s">
         <v>81</v>
       </c>
-      <c r="W1262" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1263" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1262" s="106" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="1263" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1263" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1263" s="78" t="s">
         <v>244</v>
       </c>
       <c r="S1263"/>
-      <c r="V1263" s="106" t="s">
+      <c r="V1263" s="105" t="s">
         <v>81</v>
       </c>
-      <c r="W1263" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1264" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1263" s="106" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="1264" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1264" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1264" s="78" t="s">
         <v>243</v>
       </c>
       <c r="S1264"/>
-      <c r="V1264" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1265" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V1264" s="105" t="s">
+        <v>81</v>
+      </c>
+      <c r="W1264" s="106" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="1265" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1265" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1265" s="78" t="s">
         <v>242</v>
       </c>
       <c r="S1265"/>
-      <c r="V1265" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1266" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V1265" s="105" t="s">
+        <v>81</v>
+      </c>
+      <c r="W1265" s="106" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="1266" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1266" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1266" s="78" t="s">
         <v>241</v>
       </c>
       <c r="S1266"/>
-      <c r="V1266" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1267" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V1266" s="105" t="s">
+        <v>81</v>
+      </c>
+      <c r="W1266" s="106" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="1267" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1267" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1267" s="78" t="s">
         <v>240</v>
       </c>
       <c r="S1267"/>
-      <c r="V1267" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1268" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="V1267" s="105" t="s">
+        <v>81</v>
+      </c>
+      <c r="W1267" s="106" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="1268" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1268" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1268" s="78" t="s">
         <v>239</v>
       </c>
       <c r="S1268"/>
-      <c r="V1268" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1269" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="V1268" s="105" t="s">
+        <v>81</v>
+      </c>
+      <c r="W1268" s="106" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="1269" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1269" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1269" s="78" t="s">
         <v>238</v>
       </c>
       <c r="S1269"/>
-      <c r="V1269" s="106" t="s">
-[...6 lines deleted...]
-    <row r="1270" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="V1269" s="105" t="s">
+        <v>81</v>
+      </c>
+      <c r="W1269" s="106" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="1270" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1270" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1270" s="78" t="s">
         <v>237</v>
       </c>
       <c r="S1270"/>
-      <c r="V1270" s="106" t="s">
+      <c r="V1270" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1270" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1271" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1270" s="106" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="1271" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1271" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1271" s="78" t="s">
         <v>236</v>
       </c>
       <c r="S1271"/>
-      <c r="V1271" s="106" t="s">
+      <c r="V1271" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1271" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1272" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1271" s="106" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="1272" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1272" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1272" s="78" t="s">
         <v>235</v>
       </c>
       <c r="S1272"/>
-      <c r="V1272" s="106" t="s">
+      <c r="V1272" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1272" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1273" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1272" s="106" t="s">
+        <v>338</v>
+      </c>
+    </row>
+    <row r="1273" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1273" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1273" s="78" t="s">
         <v>234</v>
       </c>
       <c r="S1273"/>
-      <c r="V1273" s="106" t="s">
+      <c r="V1273" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1273" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1274" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1273" s="106" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="1274" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1274" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1274" s="78" t="s">
         <v>233</v>
       </c>
       <c r="S1274"/>
-      <c r="V1274" s="106" t="s">
+      <c r="V1274" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1274" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1275" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1274" s="106" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="1275" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1275" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1275" s="78" t="s">
         <v>232</v>
       </c>
       <c r="S1275"/>
-      <c r="V1275" s="106" t="s">
+      <c r="V1275" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1275" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1276" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1275" s="106" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="1276" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1276" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1276" s="78" t="s">
         <v>231</v>
       </c>
       <c r="S1276"/>
-      <c r="V1276" s="106" t="s">
+      <c r="V1276" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1276" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1277" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1276" s="106" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="1277" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1277" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1277" s="78" t="s">
         <v>230</v>
       </c>
       <c r="S1277"/>
-      <c r="V1277" s="106" t="s">
+      <c r="V1277" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1277" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1278" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1277" s="106" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="1278" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1278" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1278" s="78" t="s">
         <v>229</v>
       </c>
       <c r="S1278"/>
-      <c r="V1278" s="106" t="s">
+      <c r="V1278" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1278" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1279" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1278" s="106" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="1279" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1279" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1279" s="78" t="s">
         <v>228</v>
       </c>
       <c r="S1279"/>
-      <c r="V1279" s="106" t="s">
+      <c r="V1279" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1279" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1280" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1279" s="106" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="1280" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1280" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1280" s="78" t="s">
         <v>227</v>
       </c>
       <c r="S1280"/>
-      <c r="V1280" s="106" t="s">
+      <c r="V1280" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1280" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1281" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1280" s="106" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="1281" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1281" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1281" s="78" t="s">
         <v>226</v>
       </c>
       <c r="S1281"/>
-      <c r="V1281" s="106" t="s">
+      <c r="V1281" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1281" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1282" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1281" s="106" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="1282" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1282" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1282" s="78" t="s">
         <v>225</v>
       </c>
       <c r="S1282"/>
-      <c r="V1282" s="106" t="s">
+      <c r="V1282" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1282" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1283" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1282" s="106" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="1283" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1283" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1283" s="78" t="s">
         <v>224</v>
       </c>
       <c r="S1283"/>
-      <c r="V1283" s="106" t="s">
+      <c r="V1283" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1283" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1284" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1283" s="106" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="1284" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1284" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1284" s="78" t="s">
         <v>223</v>
       </c>
       <c r="S1284"/>
-      <c r="V1284" s="106" t="s">
+      <c r="V1284" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1284" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1285" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1284" s="106" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="1285" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1285" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1285" s="78" t="s">
         <v>222</v>
       </c>
       <c r="S1285"/>
-      <c r="V1285" s="106" t="s">
+      <c r="V1285" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1285" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1286" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1285" s="106" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="1286" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1286" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1286" s="78" t="s">
         <v>221</v>
       </c>
       <c r="S1286"/>
-      <c r="V1286" s="106" t="s">
+      <c r="V1286" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1286" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1287" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1286" s="106" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="1287" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1287" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1287" s="78" t="s">
         <v>220</v>
       </c>
       <c r="S1287"/>
-      <c r="V1287" s="106" t="s">
+      <c r="V1287" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1287" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1288" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1287" s="106" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="1288" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1288" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1288" s="78" t="s">
         <v>219</v>
       </c>
       <c r="S1288"/>
-      <c r="V1288" s="106" t="s">
+      <c r="V1288" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1288" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1289" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1288" s="106" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="1289" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1289" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1289" s="78" t="s">
         <v>218</v>
       </c>
       <c r="S1289"/>
-      <c r="V1289" s="106" t="s">
+      <c r="V1289" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1289" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1290" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1289" s="106" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="1290" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1290" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1290" s="78" t="s">
         <v>217</v>
       </c>
       <c r="S1290"/>
-      <c r="V1290" s="106" t="s">
+      <c r="V1290" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1290" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1291" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1290" s="106" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="1291" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1291" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1291" s="78" t="s">
         <v>216</v>
       </c>
       <c r="S1291"/>
-      <c r="V1291" s="106" t="s">
+      <c r="V1291" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1291" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1292" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1291" s="106" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="1292" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1292" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1292" s="78" t="s">
         <v>215</v>
       </c>
       <c r="S1292"/>
-      <c r="V1292" s="106" t="s">
+      <c r="V1292" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1292" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1293" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1292" s="106" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="1293" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1293" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1293" s="78" t="s">
         <v>214</v>
       </c>
       <c r="S1293"/>
-      <c r="V1293" s="106" t="s">
+      <c r="V1293" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1293" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1294" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1293" s="106" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="1294" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1294" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1294" s="78" t="s">
         <v>213</v>
       </c>
       <c r="S1294"/>
-      <c r="V1294" s="106" t="s">
+      <c r="V1294" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1294" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1295" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1294" s="106" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="1295" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1295" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1295" s="78" t="s">
         <v>212</v>
       </c>
       <c r="S1295"/>
-      <c r="V1295" s="106" t="s">
+      <c r="V1295" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1295" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1296" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1295" s="106" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="1296" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1296" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1296" s="78" t="s">
         <v>211</v>
       </c>
       <c r="S1296"/>
-      <c r="V1296" s="106" t="s">
+      <c r="V1296" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1296" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1297" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1296" s="106" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="1297" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1297" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1297" s="78" t="s">
         <v>210</v>
       </c>
       <c r="S1297"/>
-      <c r="V1297" s="106" t="s">
+      <c r="V1297" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1297" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1298" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1297" s="106" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="1298" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1298" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1298" s="78" t="s">
         <v>209</v>
       </c>
       <c r="S1298"/>
-      <c r="V1298" s="106" t="s">
+      <c r="V1298" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1298" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1299" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1298" s="106" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="1299" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1299" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1299" s="78" t="s">
         <v>208</v>
       </c>
       <c r="S1299"/>
-      <c r="V1299" s="106" t="s">
+      <c r="V1299" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1299" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1300" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1299" s="106" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="1300" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1300" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1300" s="78" t="s">
         <v>207</v>
       </c>
       <c r="S1300"/>
-      <c r="V1300" s="106" t="s">
+      <c r="V1300" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1300" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1301" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1300" s="106" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="1301" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1301" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1301" s="78" t="s">
         <v>206</v>
       </c>
       <c r="S1301"/>
-      <c r="V1301" s="106" t="s">
+      <c r="V1301" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1301" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1302" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1301" s="106" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="1302" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1302" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1302" s="78" t="s">
         <v>205</v>
       </c>
       <c r="S1302"/>
-      <c r="V1302" s="106" t="s">
+      <c r="V1302" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1302" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1303" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1302" s="106" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="1303" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1303" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1303" s="78" t="s">
         <v>204</v>
       </c>
       <c r="S1303"/>
-      <c r="V1303" s="106" t="s">
+      <c r="V1303" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1303" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1304" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1303" s="106" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="1304" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1304" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1304" s="78" t="s">
         <v>203</v>
       </c>
       <c r="S1304"/>
-      <c r="V1304" s="106" t="s">
+      <c r="V1304" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1304" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1305" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1304" s="106" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="1305" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1305" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1305" s="78" t="s">
         <v>202</v>
       </c>
       <c r="S1305"/>
-      <c r="V1305" s="106" t="s">
+      <c r="V1305" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1305" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1306" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1305" s="106" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="1306" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1306" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1306" s="78" t="s">
         <v>201</v>
       </c>
       <c r="S1306"/>
-      <c r="V1306" s="106" t="s">
+      <c r="V1306" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1306" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1307" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1306" s="106" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="1307" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1307" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1307" s="78" t="s">
         <v>200</v>
       </c>
       <c r="S1307"/>
-      <c r="V1307" s="106" t="s">
+      <c r="V1307" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1307" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1308" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1307" s="106" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="1308" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1308" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1308" s="78" t="s">
         <v>199</v>
       </c>
       <c r="S1308"/>
-      <c r="V1308" s="106" t="s">
+      <c r="V1308" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1308" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1309" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1308" s="106" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="1309" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1309" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1309" s="78" t="s">
         <v>198</v>
       </c>
       <c r="S1309"/>
-      <c r="V1309" s="106" t="s">
+      <c r="V1309" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1309" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1310" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1309" s="106" t="s">
+        <v>301</v>
+      </c>
+    </row>
+    <row r="1310" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1310" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1310" s="78" t="s">
         <v>197</v>
       </c>
       <c r="S1310"/>
-      <c r="V1310" s="106" t="s">
+      <c r="V1310" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1310" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1311" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1310" s="106" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="1311" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1311" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1311" s="78" t="s">
         <v>196</v>
       </c>
       <c r="S1311"/>
-      <c r="V1311" s="106" t="s">
+      <c r="V1311" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1311" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1312" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1311" s="106" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="1312" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1312" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1312" s="78" t="s">
         <v>195</v>
       </c>
       <c r="S1312"/>
-      <c r="V1312" s="106" t="s">
+      <c r="V1312" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1312" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1313" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1312" s="106" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="1313" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1313" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1313" s="78" t="s">
         <v>194</v>
       </c>
       <c r="S1313"/>
-      <c r="V1313" s="106" t="s">
+      <c r="V1313" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1313" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1314" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1313" s="106" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="1314" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1314" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1314" s="78" t="s">
         <v>193</v>
       </c>
       <c r="S1314"/>
-      <c r="V1314" s="106" t="s">
+      <c r="V1314" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1314" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1315" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1314" s="106" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="1315" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1315" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1315" s="78" t="s">
         <v>192</v>
       </c>
       <c r="S1315"/>
-      <c r="V1315" s="106" t="s">
+      <c r="V1315" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1315" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1316" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1315" s="106" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="1316" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1316" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1316" s="78" t="s">
         <v>191</v>
       </c>
       <c r="S1316"/>
-      <c r="V1316" s="106" t="s">
+      <c r="V1316" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1316" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1317" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1316" s="106" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="1317" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1317" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1317" s="78" t="s">
         <v>190</v>
       </c>
       <c r="S1317"/>
-      <c r="V1317" s="106" t="s">
+      <c r="V1317" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1317" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1318" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1317" s="106" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="1318" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1318" s="77" t="s">
         <v>83</v>
       </c>
       <c r="B1318" s="78" t="s">
         <v>189</v>
       </c>
       <c r="S1318"/>
-      <c r="V1318" s="106" t="s">
+      <c r="V1318" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1318" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1319" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1318" s="106" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="1319" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1319" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1319" s="78" t="s">
         <v>188</v>
       </c>
       <c r="S1319"/>
-      <c r="V1319" s="106" t="s">
+      <c r="V1319" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1319" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1320" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1319" s="106" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="1320" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1320" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1320" s="78" t="s">
         <v>187</v>
       </c>
       <c r="S1320"/>
-      <c r="V1320" s="106" t="s">
+      <c r="V1320" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1320" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1321" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1320" s="106" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="1321" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1321" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1321" s="78" t="s">
         <v>186</v>
       </c>
       <c r="S1321"/>
-      <c r="V1321" s="106" t="s">
+      <c r="V1321" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1321" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1322" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1321" s="106" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="1322" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1322" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1322" s="78" t="s">
         <v>185</v>
       </c>
       <c r="S1322"/>
-      <c r="V1322" s="106" t="s">
+      <c r="V1322" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1322" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1323" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1322" s="106" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="1323" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1323" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1323" s="78" t="s">
         <v>184</v>
       </c>
       <c r="S1323"/>
-      <c r="V1323" s="106" t="s">
+      <c r="V1323" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1323" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1324" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1323" s="106" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="1324" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1324" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1324" s="78" t="s">
         <v>183</v>
       </c>
       <c r="S1324"/>
-      <c r="V1324" s="106" t="s">
+      <c r="V1324" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1324" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1325" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1324" s="106" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="1325" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1325" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1325" s="78" t="s">
         <v>182</v>
       </c>
       <c r="S1325"/>
-      <c r="V1325" s="106" t="s">
+      <c r="V1325" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1325" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1326" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1325" s="106" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="1326" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1326" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1326" s="78" t="s">
         <v>181</v>
       </c>
       <c r="S1326"/>
-      <c r="V1326" s="106" t="s">
+      <c r="V1326" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1326" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1327" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1326" s="106" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="1327" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1327" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1327" s="78" t="s">
         <v>180</v>
       </c>
       <c r="S1327"/>
-      <c r="V1327" s="106" t="s">
+      <c r="V1327" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1327" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1328" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1327" s="106" t="s">
+        <v>283</v>
+      </c>
+    </row>
+    <row r="1328" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1328" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1328" s="78" t="s">
         <v>179</v>
       </c>
       <c r="S1328"/>
-      <c r="V1328" s="106" t="s">
+      <c r="V1328" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1328" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1329" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1328" s="106" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="1329" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1329" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1329" s="78" t="s">
         <v>178</v>
       </c>
       <c r="S1329"/>
-      <c r="V1329" s="106" t="s">
+      <c r="V1329" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1329" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1330" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1329" s="106" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="1330" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1330" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1330" s="78" t="s">
         <v>177</v>
       </c>
       <c r="S1330"/>
-      <c r="V1330" s="106" t="s">
+      <c r="V1330" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1330" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1331" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1330" s="106" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="1331" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1331" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1331" s="78" t="s">
         <v>176</v>
       </c>
       <c r="S1331"/>
-      <c r="V1331" s="106" t="s">
+      <c r="V1331" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1331" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1332" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1331" s="106" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="1332" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1332" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1332" s="78" t="s">
         <v>175</v>
       </c>
       <c r="S1332"/>
-      <c r="V1332" s="106" t="s">
+      <c r="V1332" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1332" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1333" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1332" s="106" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="1333" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1333" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1333" s="78" t="s">
         <v>174</v>
       </c>
       <c r="S1333"/>
-      <c r="V1333" s="106" t="s">
+      <c r="V1333" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1333" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1334" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1333" s="106" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="1334" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1334" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1334" s="78" t="s">
         <v>173</v>
       </c>
       <c r="S1334"/>
-      <c r="V1334" s="106" t="s">
+      <c r="V1334" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1334" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1335" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1334" s="106" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="1335" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1335" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1335" s="78" t="s">
         <v>172</v>
       </c>
       <c r="S1335"/>
-      <c r="V1335" s="106" t="s">
+      <c r="V1335" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1335" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1336" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1335" s="106" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="1336" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1336" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1336" s="78" t="s">
         <v>171</v>
       </c>
       <c r="S1336"/>
-      <c r="V1336" s="106" t="s">
+      <c r="V1336" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1336" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1337" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1336" s="106" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="1337" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1337" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1337" s="78" t="s">
         <v>170</v>
       </c>
       <c r="S1337"/>
-      <c r="V1337" s="106" t="s">
+      <c r="V1337" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1337" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1338" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1337" s="106" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="1338" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1338" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1338" s="78" t="s">
         <v>169</v>
       </c>
       <c r="S1338"/>
-      <c r="V1338" s="106" t="s">
+      <c r="V1338" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1338" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1339" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1338" s="106" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="1339" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1339" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1339" s="78" t="s">
         <v>168</v>
       </c>
       <c r="S1339"/>
-      <c r="V1339" s="106" t="s">
+      <c r="V1339" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1339" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1340" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1339" s="106" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="1340" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1340" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1340" s="78" t="s">
         <v>167</v>
       </c>
       <c r="S1340"/>
-      <c r="V1340" s="106" t="s">
+      <c r="V1340" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1340" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1341" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1340" s="106" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="1341" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1341" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1341" s="78" t="s">
         <v>166</v>
       </c>
       <c r="S1341"/>
-      <c r="V1341" s="106" t="s">
+      <c r="V1341" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1341" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1342" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1341" s="106" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="1342" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1342" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1342" s="78" t="s">
         <v>165</v>
       </c>
       <c r="S1342"/>
-      <c r="V1342" s="106" t="s">
+      <c r="V1342" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1342" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1343" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1342" s="106" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="1343" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1343" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1343" s="78" t="s">
         <v>164</v>
       </c>
       <c r="S1343"/>
-      <c r="V1343" s="106" t="s">
+      <c r="V1343" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1343" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1344" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1343" s="106" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="1344" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1344" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1344" s="78" t="s">
         <v>163</v>
       </c>
       <c r="S1344"/>
-      <c r="V1344" s="106" t="s">
+      <c r="V1344" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1344" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1345" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1344" s="106" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="1345" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1345" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1345" s="78" t="s">
         <v>162</v>
       </c>
       <c r="S1345"/>
-      <c r="V1345" s="106" t="s">
+      <c r="V1345" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1345" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1346" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1345" s="106" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="1346" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1346" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1346" s="78" t="s">
         <v>161</v>
       </c>
       <c r="S1346"/>
-      <c r="V1346" s="106" t="s">
+      <c r="V1346" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1346" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1347" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1346" s="106" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="1347" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1347" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1347" s="78" t="s">
         <v>160</v>
       </c>
       <c r="S1347"/>
-      <c r="V1347" s="106" t="s">
+      <c r="V1347" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1347" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1348" spans="1:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1347" s="106" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="1348" spans="1:23" ht="28.5" x14ac:dyDescent="0.45">
       <c r="A1348" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1348" s="78" t="s">
         <v>159</v>
       </c>
       <c r="S1348"/>
-      <c r="V1348" s="106" t="s">
+      <c r="V1348" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1348" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1349" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1348" s="106" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="1349" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1349" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1349" s="78" t="s">
         <v>158</v>
       </c>
       <c r="S1349"/>
-      <c r="V1349" s="106" t="s">
+      <c r="V1349" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1349" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1350" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1349" s="106" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="1350" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1350" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1350" s="78" t="s">
         <v>157</v>
       </c>
       <c r="S1350"/>
-      <c r="V1350" s="106" t="s">
+      <c r="V1350" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1350" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1351" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1350" s="106" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="1351" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1351" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1351" s="78" t="s">
         <v>156</v>
       </c>
       <c r="S1351"/>
-      <c r="V1351" s="106" t="s">
+      <c r="V1351" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1351" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1352" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1351" s="106" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="1352" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1352" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1352" s="78" t="s">
         <v>155</v>
       </c>
       <c r="S1352"/>
-      <c r="V1352" s="106" t="s">
+      <c r="V1352" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1352" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1353" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1352" s="106" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="1353" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1353" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1353" s="78" t="s">
         <v>154</v>
       </c>
       <c r="S1353"/>
-      <c r="V1353" s="106" t="s">
+      <c r="V1353" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1353" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1354" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1353" s="106" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="1354" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1354" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1354" s="78" t="s">
         <v>153</v>
       </c>
       <c r="S1354"/>
-      <c r="V1354" s="106" t="s">
+      <c r="V1354" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1354" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1355" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1354" s="106" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="1355" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1355" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1355" s="78" t="s">
         <v>152</v>
       </c>
       <c r="S1355"/>
-      <c r="V1355" s="106" t="s">
+      <c r="V1355" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1355" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1356" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1355" s="106" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="1356" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1356" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1356" s="78" t="s">
         <v>151</v>
       </c>
       <c r="S1356"/>
-      <c r="V1356" s="106" t="s">
+      <c r="V1356" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1356" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1357" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1356" s="106" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="1357" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1357" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1357" s="78" t="s">
         <v>150</v>
       </c>
       <c r="S1357"/>
-      <c r="V1357" s="106" t="s">
+      <c r="V1357" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1357" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1358" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1357" s="106" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="1358" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1358" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1358" s="78" t="s">
         <v>149</v>
       </c>
       <c r="S1358"/>
-      <c r="V1358" s="106" t="s">
+      <c r="V1358" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1358" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1359" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1358" s="106" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="1359" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1359" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1359" s="78" t="s">
         <v>148</v>
       </c>
       <c r="S1359"/>
-      <c r="V1359" s="106" t="s">
+      <c r="V1359" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1359" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1360" spans="1:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1359" s="106" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="1360" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1360" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1360" s="78" t="s">
         <v>147</v>
       </c>
       <c r="S1360"/>
-      <c r="V1360" s="106" t="s">
+      <c r="V1360" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1360" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1361" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1360" s="106" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="1361" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1361" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1361" s="78" t="s">
         <v>146</v>
       </c>
       <c r="S1361"/>
-      <c r="V1361" s="106" t="s">
+      <c r="V1361" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1361" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1362" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1361" s="106" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="1362" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1362" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1362" s="78" t="s">
         <v>145</v>
       </c>
       <c r="S1362"/>
-      <c r="V1362" s="106" t="s">
+      <c r="V1362" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1362" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1363" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1362" s="106" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="1363" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1363" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1363" s="78" t="s">
         <v>144</v>
       </c>
       <c r="S1363"/>
-      <c r="V1363" s="106" t="s">
+      <c r="V1363" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1363" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1364" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1363" s="106" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="1364" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1364" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1364" s="78" t="s">
         <v>143</v>
       </c>
       <c r="S1364"/>
-      <c r="V1364" s="106" t="s">
+      <c r="V1364" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1364" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1365" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1364" s="106" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="1365" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1365" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1365" s="78" t="s">
         <v>142</v>
       </c>
       <c r="S1365"/>
-      <c r="V1365" s="106" t="s">
+      <c r="V1365" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1365" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1366" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1365" s="106" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="1366" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1366" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1366" s="78" t="s">
         <v>141</v>
       </c>
       <c r="S1366"/>
-      <c r="V1366" s="106" t="s">
+      <c r="V1366" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1366" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1367" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1366" s="106" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="1367" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1367" s="77" t="s">
         <v>87</v>
       </c>
       <c r="B1367" s="78" t="s">
         <v>140</v>
       </c>
       <c r="S1367"/>
-      <c r="V1367" s="106" t="s">
+      <c r="V1367" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1367" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1368" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1367" s="106" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="1368" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1368" s="77" t="s">
         <v>88</v>
       </c>
       <c r="B1368" s="78" t="s">
         <v>139</v>
       </c>
       <c r="S1368"/>
-      <c r="V1368" s="106" t="s">
+      <c r="V1368" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1368" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1369" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1368" s="106" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="1369" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1369" s="77" t="s">
         <v>88</v>
       </c>
       <c r="B1369" s="78" t="s">
         <v>138</v>
       </c>
       <c r="S1369"/>
-      <c r="V1369" s="106" t="s">
+      <c r="V1369" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1369" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1370" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1369" s="106" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="1370" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1370" s="77" t="s">
         <v>88</v>
       </c>
       <c r="B1370" s="78" t="s">
         <v>137</v>
       </c>
       <c r="S1370"/>
-      <c r="V1370" s="106" t="s">
+      <c r="V1370" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1370" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1371" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1370" s="106" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="1371" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1371" s="77" t="s">
         <v>88</v>
       </c>
       <c r="B1371" s="78" t="s">
         <v>136</v>
       </c>
       <c r="S1371"/>
-      <c r="V1371" s="106" t="s">
+      <c r="V1371" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1371" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1372" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1371" s="106" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="1372" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1372" s="77" t="s">
         <v>88</v>
       </c>
       <c r="B1372" s="78" t="s">
         <v>135</v>
       </c>
       <c r="S1372"/>
-      <c r="V1372" s="106" t="s">
+      <c r="V1372" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1372" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1373" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1372" s="106" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="1373" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1373" s="77" t="s">
         <v>88</v>
       </c>
       <c r="B1373" s="78" t="s">
         <v>134</v>
       </c>
       <c r="S1373"/>
-      <c r="V1373" s="106" t="s">
+      <c r="V1373" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1373" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1374" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1373" s="106" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="1374" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1374" s="77" t="s">
         <v>88</v>
       </c>
       <c r="B1374" s="78" t="s">
         <v>133</v>
       </c>
       <c r="S1374"/>
-      <c r="V1374" s="106" t="s">
+      <c r="V1374" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1374" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1375" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1374" s="106" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="1375" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1375" s="77" t="s">
         <v>88</v>
       </c>
       <c r="B1375" s="78" t="s">
         <v>132</v>
       </c>
       <c r="S1375"/>
-      <c r="V1375" s="106" t="s">
+      <c r="V1375" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1375" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1376" spans="1:23" x14ac:dyDescent="0.25">
+      <c r="W1375" s="106" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="1376" spans="1:23" x14ac:dyDescent="0.45">
       <c r="A1376" s="77" t="s">
         <v>88</v>
       </c>
       <c r="B1376" s="78" t="s">
         <v>131</v>
       </c>
       <c r="S1376"/>
-      <c r="V1376" s="106" t="s">
+      <c r="V1376" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1376" s="107" t="s">
-[...4 lines deleted...]
-      <c r="V1377" s="106" t="s">
+      <c r="W1376" s="106" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="1377" spans="5:23" x14ac:dyDescent="0.45">
+      <c r="V1377" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1377" s="107" t="s">
-[...4 lines deleted...]
-      <c r="V1378" s="106" t="s">
+      <c r="W1377" s="106" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="1378" spans="5:23" x14ac:dyDescent="0.45">
+      <c r="V1378" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1378" s="107" t="s">
-[...4 lines deleted...]
-      <c r="V1379" s="106" t="s">
+      <c r="W1378" s="106" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="1379" spans="5:23" x14ac:dyDescent="0.45">
+      <c r="V1379" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1379" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1380" spans="5:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1379" s="106" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="1380" spans="5:23" x14ac:dyDescent="0.45">
       <c r="E1380" s="77" t="s">
         <v>92</v>
       </c>
       <c r="F1380" s="27" t="s">
         <v>1606</v>
       </c>
-      <c r="V1380" s="106" t="s">
+      <c r="V1380" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1380" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1381" spans="5:23" x14ac:dyDescent="0.25">
+      <c r="W1380" s="106" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="1381" spans="5:23" x14ac:dyDescent="0.45">
       <c r="E1381" s="77" t="s">
         <v>93</v>
       </c>
       <c r="F1381" s="27" t="s">
         <v>128</v>
       </c>
-      <c r="V1381" s="106" t="s">
+      <c r="V1381" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1381" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1382" spans="5:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1381" s="106" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="1382" spans="5:23" ht="28.5" x14ac:dyDescent="0.45">
       <c r="E1382" s="77" t="s">
         <v>89</v>
       </c>
       <c r="F1382" s="27" t="s">
         <v>126</v>
       </c>
-      <c r="V1382" s="106" t="s">
+      <c r="V1382" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1382" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1383" spans="5:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1382" s="106" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="1383" spans="5:23" ht="28.5" x14ac:dyDescent="0.45">
       <c r="E1383" s="77" t="s">
         <v>73</v>
       </c>
       <c r="F1383" s="27" t="s">
         <v>119</v>
       </c>
-      <c r="V1383" s="106" t="s">
+      <c r="V1383" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1383" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1384" spans="5:23" x14ac:dyDescent="0.25">
+      <c r="W1383" s="106" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="1384" spans="5:23" x14ac:dyDescent="0.45">
       <c r="E1384" s="77" t="s">
         <v>82</v>
       </c>
       <c r="F1384" s="27" t="s">
         <v>116</v>
       </c>
-      <c r="V1384" s="106" t="s">
+      <c r="V1384" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1384" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1385" spans="5:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1384" s="106" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="1385" spans="5:23" ht="28.5" x14ac:dyDescent="0.45">
       <c r="E1385" s="77" t="s">
         <v>90</v>
       </c>
       <c r="F1385" s="27" t="s">
         <v>80</v>
       </c>
-      <c r="V1385" s="106" t="s">
+      <c r="V1385" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1385" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1386" spans="5:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1385" s="106" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="1386" spans="5:23" ht="28.5" x14ac:dyDescent="0.45">
       <c r="E1386" s="77" t="s">
         <v>74</v>
       </c>
       <c r="F1386" s="27" t="s">
         <v>120</v>
       </c>
-      <c r="V1386" s="106" t="s">
+      <c r="V1386" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1386" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1387" spans="5:23" x14ac:dyDescent="0.25">
+      <c r="W1386" s="106" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="1387" spans="5:23" x14ac:dyDescent="0.45">
       <c r="E1387" s="77" t="s">
         <v>84</v>
       </c>
       <c r="F1387" s="27" t="s">
         <v>123</v>
       </c>
-      <c r="V1387" s="106" t="s">
+      <c r="V1387" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1387" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1388" spans="5:23" x14ac:dyDescent="0.25">
+      <c r="W1387" s="106" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="1388" spans="5:23" x14ac:dyDescent="0.45">
       <c r="E1388" s="77" t="s">
         <v>94</v>
       </c>
       <c r="F1388" s="27" t="s">
         <v>129</v>
       </c>
-      <c r="V1388" s="106" t="s">
+      <c r="V1388" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1388" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1389" spans="5:23" ht="45" x14ac:dyDescent="0.25">
+      <c r="W1388" s="106" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="1389" spans="5:23" ht="42.75" x14ac:dyDescent="0.45">
       <c r="E1389" s="77" t="s">
         <v>67</v>
       </c>
       <c r="F1389" s="27" t="s">
         <v>111</v>
       </c>
-      <c r="V1389" s="106" t="s">
+      <c r="V1389" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1389" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1390" spans="5:23" x14ac:dyDescent="0.25">
+      <c r="W1389" s="106" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="1390" spans="5:23" x14ac:dyDescent="0.45">
       <c r="E1390" s="77" t="s">
         <v>85</v>
       </c>
       <c r="F1390" s="27" t="s">
         <v>85</v>
       </c>
-      <c r="V1390" s="106" t="s">
+      <c r="V1390" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1390" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1391" spans="5:23" ht="22.5" x14ac:dyDescent="0.25">
+      <c r="W1390" s="106" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="1391" spans="5:23" x14ac:dyDescent="0.45">
       <c r="E1391" s="77" t="s">
         <v>86</v>
       </c>
       <c r="F1391" s="27" t="s">
         <v>86</v>
       </c>
-      <c r="V1391" s="106" t="s">
+      <c r="V1391" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1391" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1392" spans="5:23" ht="45" x14ac:dyDescent="0.25">
+      <c r="W1391" s="106" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="1392" spans="5:23" ht="28.5" x14ac:dyDescent="0.45">
       <c r="E1392" s="77" t="s">
         <v>91</v>
       </c>
       <c r="F1392" s="27" t="s">
         <v>127</v>
       </c>
-      <c r="V1392" s="106" t="s">
+      <c r="V1392" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1392" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1393" spans="5:23" ht="45" x14ac:dyDescent="0.25">
+      <c r="W1392" s="106" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="1393" spans="5:23" ht="28.5" x14ac:dyDescent="0.45">
       <c r="E1393" s="77" t="s">
         <v>75</v>
       </c>
       <c r="F1393" s="27" t="s">
         <v>76</v>
       </c>
-      <c r="V1393" s="106" t="s">
+      <c r="V1393" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1393" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1394" spans="5:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1393" s="106" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="1394" spans="5:23" ht="28.5" x14ac:dyDescent="0.45">
       <c r="E1394" s="77" t="s">
         <v>68</v>
       </c>
       <c r="F1394" s="27" t="s">
         <v>112</v>
       </c>
-      <c r="V1394" s="106" t="s">
+      <c r="V1394" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1394" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1395" spans="5:23" ht="45" x14ac:dyDescent="0.25">
+      <c r="W1394" s="106" t="s">
+        <v>216</v>
+      </c>
+    </row>
+    <row r="1395" spans="5:23" ht="28.5" x14ac:dyDescent="0.45">
       <c r="E1395" s="77" t="s">
         <v>77</v>
       </c>
       <c r="F1395" s="27" t="s">
         <v>117</v>
       </c>
-      <c r="V1395" s="106" t="s">
+      <c r="V1395" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1395" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1396" spans="5:23" x14ac:dyDescent="0.25">
+      <c r="W1395" s="106" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="1396" spans="5:23" x14ac:dyDescent="0.45">
       <c r="E1396" s="77" t="s">
         <v>78</v>
       </c>
       <c r="F1396" s="27" t="s">
         <v>114</v>
       </c>
-      <c r="V1396" s="106" t="s">
+      <c r="V1396" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1396" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1397" spans="5:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1396" s="106" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="1397" spans="5:23" x14ac:dyDescent="0.45">
       <c r="E1397" s="77" t="s">
         <v>79</v>
       </c>
       <c r="F1397" s="27" t="s">
         <v>115</v>
       </c>
-      <c r="V1397" s="106" t="s">
+      <c r="V1397" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1397" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1398" spans="5:23" x14ac:dyDescent="0.25">
+      <c r="W1397" s="106" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="1398" spans="5:23" x14ac:dyDescent="0.45">
       <c r="E1398" s="77" t="s">
         <v>69</v>
       </c>
       <c r="F1398" s="27" t="s">
         <v>113</v>
       </c>
-      <c r="V1398" s="106" t="s">
+      <c r="V1398" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1398" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1399" spans="5:23" ht="45" x14ac:dyDescent="0.25">
+      <c r="W1398" s="106" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="1399" spans="5:23" ht="28.5" x14ac:dyDescent="0.45">
       <c r="E1399" s="77" t="s">
         <v>70</v>
       </c>
       <c r="F1399" s="27" t="s">
         <v>71</v>
       </c>
-      <c r="V1399" s="106" t="s">
+      <c r="V1399" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1399" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1400" spans="5:23" ht="45" x14ac:dyDescent="0.25">
+      <c r="W1399" s="106" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="1400" spans="5:23" ht="28.5" x14ac:dyDescent="0.45">
       <c r="E1400" s="77" t="s">
         <v>72</v>
       </c>
       <c r="F1400" s="27" t="s">
         <v>118</v>
       </c>
-      <c r="V1400" s="106" t="s">
+      <c r="V1400" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1400" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1401" spans="5:23" x14ac:dyDescent="0.25">
+      <c r="W1400" s="106" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="1401" spans="5:23" x14ac:dyDescent="0.45">
       <c r="E1401" s="77" t="s">
         <v>81</v>
       </c>
       <c r="F1401" s="27" t="s">
         <v>121</v>
       </c>
-      <c r="V1401" s="106" t="s">
+      <c r="V1401" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1401" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1402" spans="5:23" x14ac:dyDescent="0.25">
+      <c r="W1401" s="106" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="1402" spans="5:23" x14ac:dyDescent="0.45">
       <c r="E1402" s="77" t="s">
         <v>83</v>
       </c>
       <c r="F1402" s="27" t="s">
         <v>122</v>
       </c>
-      <c r="V1402" s="106" t="s">
+      <c r="V1402" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1402" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1403" spans="5:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1402" s="106" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="1403" spans="5:23" ht="28.5" x14ac:dyDescent="0.45">
       <c r="E1403" s="77" t="s">
         <v>87</v>
       </c>
       <c r="F1403" s="27" t="s">
         <v>124</v>
       </c>
-      <c r="V1403" s="106" t="s">
+      <c r="V1403" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1403" s="107" t="s">
-[...3 lines deleted...]
-    <row r="1404" spans="5:23" ht="30" x14ac:dyDescent="0.25">
+      <c r="W1403" s="106" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="1404" spans="5:23" ht="28.5" x14ac:dyDescent="0.45">
       <c r="E1404" s="77" t="s">
         <v>88</v>
       </c>
       <c r="F1404" s="27" t="s">
         <v>125</v>
       </c>
-      <c r="V1404" s="106" t="s">
+      <c r="V1404" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1404" s="107" t="s">
+      <c r="W1404" s="106" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="1405" spans="5:23" x14ac:dyDescent="0.45">
+      <c r="V1405" s="105" t="s">
+        <v>83</v>
+      </c>
+      <c r="W1405" s="106" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="1406" spans="5:23" x14ac:dyDescent="0.45">
+      <c r="V1406" s="105" t="s">
+        <v>83</v>
+      </c>
+      <c r="W1406" s="106" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="1407" spans="5:23" x14ac:dyDescent="0.45">
+      <c r="V1407" s="105" t="s">
+        <v>83</v>
+      </c>
+      <c r="W1407" s="106" t="s">
+        <v>203</v>
+      </c>
+    </row>
+    <row r="1408" spans="5:23" x14ac:dyDescent="0.45">
+      <c r="V1408" s="105" t="s">
+        <v>83</v>
+      </c>
+      <c r="W1408" s="106" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="1409" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1409" s="105" t="s">
+        <v>83</v>
+      </c>
+      <c r="W1409" s="106" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="1410" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1410" s="105" t="s">
+        <v>83</v>
+      </c>
+      <c r="W1410" s="106" t="s">
         <v>200</v>
       </c>
     </row>
-    <row r="1405" spans="5:23" x14ac:dyDescent="0.25">
-      <c r="V1405" s="106" t="s">
+    <row r="1411" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1411" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1405" s="107" t="s">
+      <c r="W1411" s="106" t="s">
         <v>199</v>
       </c>
     </row>
-    <row r="1406" spans="5:23" x14ac:dyDescent="0.25">
-      <c r="V1406" s="106" t="s">
+    <row r="1412" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1412" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1406" s="107" t="s">
+      <c r="W1412" s="106" t="s">
         <v>198</v>
       </c>
     </row>
-    <row r="1407" spans="5:23" ht="22.5" x14ac:dyDescent="0.25">
-      <c r="V1407" s="106" t="s">
+    <row r="1413" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1413" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1407" s="107" t="s">
+      <c r="W1413" s="106" t="s">
         <v>197</v>
       </c>
     </row>
-    <row r="1408" spans="5:23" x14ac:dyDescent="0.25">
-      <c r="V1408" s="106" t="s">
+    <row r="1414" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1414" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1408" s="107" t="s">
+      <c r="W1414" s="106" t="s">
         <v>196</v>
       </c>
     </row>
-    <row r="1409" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1409" s="106" t="s">
+    <row r="1415" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1415" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1409" s="107" t="s">
+      <c r="W1415" s="106" t="s">
         <v>195</v>
       </c>
     </row>
-    <row r="1410" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1410" s="106" t="s">
+    <row r="1416" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1416" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1410" s="107" t="s">
+      <c r="W1416" s="106" t="s">
         <v>194</v>
       </c>
     </row>
-    <row r="1411" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1411" s="106" t="s">
+    <row r="1417" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1417" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1411" s="107" t="s">
+      <c r="W1417" s="106" t="s">
         <v>193</v>
       </c>
     </row>
-    <row r="1412" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1412" s="106" t="s">
+    <row r="1418" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1418" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1412" s="107" t="s">
+      <c r="W1418" s="106" t="s">
         <v>192</v>
       </c>
     </row>
-    <row r="1413" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1413" s="106" t="s">
+    <row r="1419" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1419" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1413" s="107" t="s">
+      <c r="W1419" s="106" t="s">
         <v>191</v>
       </c>
     </row>
-    <row r="1414" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1414" s="106" t="s">
+    <row r="1420" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1420" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1414" s="107" t="s">
+      <c r="W1420" s="106" t="s">
         <v>190</v>
       </c>
     </row>
-    <row r="1415" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1415" s="106" t="s">
+    <row r="1421" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1421" s="105" t="s">
         <v>83</v>
       </c>
-      <c r="W1415" s="107" t="s">
+      <c r="W1421" s="106" t="s">
         <v>189</v>
       </c>
     </row>
-    <row r="1416" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1416" s="106" t="s">
+    <row r="1422" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1422" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1416" s="107" t="s">
+      <c r="W1422" s="106" t="s">
         <v>187</v>
       </c>
     </row>
-    <row r="1417" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1417" s="106" t="s">
+    <row r="1423" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1423" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1417" s="107" t="s">
+      <c r="W1423" s="106" t="s">
         <v>186</v>
       </c>
     </row>
-    <row r="1418" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1418" s="106" t="s">
+    <row r="1424" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1424" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1418" s="107" t="s">
+      <c r="W1424" s="106" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="1419" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1419" s="106" t="s">
+    <row r="1425" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1425" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1419" s="107" t="s">
+      <c r="W1425" s="106" t="s">
         <v>183</v>
       </c>
     </row>
-    <row r="1420" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1420" s="106" t="s">
+    <row r="1426" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1426" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1420" s="107" t="s">
+      <c r="W1426" s="106" t="s">
         <v>182</v>
       </c>
     </row>
-    <row r="1421" spans="22:23" ht="22.5" x14ac:dyDescent="0.25">
-      <c r="V1421" s="106" t="s">
+    <row r="1427" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1427" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1421" s="107" t="s">
+      <c r="W1427" s="106" t="s">
         <v>181</v>
       </c>
     </row>
-    <row r="1422" spans="22:23" ht="22.5" x14ac:dyDescent="0.25">
-      <c r="V1422" s="106" t="s">
+    <row r="1428" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1428" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1422" s="107" t="s">
+      <c r="W1428" s="106" t="s">
         <v>180</v>
       </c>
     </row>
-    <row r="1423" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1423" s="106" t="s">
+    <row r="1429" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1429" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1423" s="107" t="s">
+      <c r="W1429" s="106" t="s">
         <v>179</v>
       </c>
     </row>
-    <row r="1424" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1424" s="106" t="s">
+    <row r="1430" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1430" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1424" s="107" t="s">
+      <c r="W1430" s="106" t="s">
         <v>178</v>
       </c>
     </row>
-    <row r="1425" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1425" s="106" t="s">
+    <row r="1431" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1431" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1425" s="107" t="s">
+      <c r="W1431" s="106" t="s">
         <v>177</v>
       </c>
     </row>
-    <row r="1426" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1426" s="106" t="s">
+    <row r="1432" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1432" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1426" s="107" t="s">
+      <c r="W1432" s="106" t="s">
         <v>175</v>
       </c>
     </row>
-    <row r="1427" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1427" s="106" t="s">
+    <row r="1433" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1433" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1427" s="107" t="s">
+      <c r="W1433" s="106" t="s">
         <v>174</v>
       </c>
     </row>
-    <row r="1428" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1428" s="106" t="s">
+    <row r="1434" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1434" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1428" s="107" t="s">
+      <c r="W1434" s="106" t="s">
         <v>173</v>
       </c>
     </row>
-    <row r="1429" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1429" s="106" t="s">
+    <row r="1435" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1435" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1429" s="107" t="s">
+      <c r="W1435" s="106" t="s">
         <v>172</v>
       </c>
     </row>
-    <row r="1430" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1430" s="106" t="s">
+    <row r="1436" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1436" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1430" s="107" t="s">
+      <c r="W1436" s="106" t="s">
         <v>171</v>
       </c>
     </row>
-    <row r="1431" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1431" s="106" t="s">
+    <row r="1437" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1437" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1431" s="107" t="s">
+      <c r="W1437" s="106" t="s">
         <v>170</v>
       </c>
     </row>
-    <row r="1432" spans="22:23" ht="22.5" x14ac:dyDescent="0.25">
-      <c r="V1432" s="106" t="s">
+    <row r="1438" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1438" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1432" s="107" t="s">
+      <c r="W1438" s="106" t="s">
         <v>169</v>
       </c>
     </row>
-    <row r="1433" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1433" s="106" t="s">
+    <row r="1439" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1439" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1433" s="107" t="s">
+      <c r="W1439" s="106" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="1434" spans="22:23" ht="22.5" x14ac:dyDescent="0.25">
-      <c r="V1434" s="106" t="s">
+    <row r="1440" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1440" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1434" s="107" t="s">
+      <c r="W1440" s="106" t="s">
         <v>167</v>
       </c>
     </row>
-    <row r="1435" spans="22:23" ht="22.5" x14ac:dyDescent="0.25">
-      <c r="V1435" s="106" t="s">
+    <row r="1441" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1441" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1435" s="107" t="s">
+      <c r="W1441" s="106" t="s">
         <v>166</v>
       </c>
     </row>
-    <row r="1436" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1436" s="106" t="s">
+    <row r="1442" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1442" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1436" s="107" t="s">
+      <c r="W1442" s="106" t="s">
         <v>165</v>
       </c>
     </row>
-    <row r="1437" spans="22:23" ht="22.5" x14ac:dyDescent="0.25">
-      <c r="V1437" s="106" t="s">
+    <row r="1443" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1443" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1437" s="107" t="s">
+      <c r="W1443" s="106" t="s">
         <v>164</v>
       </c>
     </row>
-    <row r="1438" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1438" s="106" t="s">
+    <row r="1444" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1444" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1438" s="107" t="s">
+      <c r="W1444" s="106" t="s">
         <v>163</v>
       </c>
     </row>
-    <row r="1439" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1439" s="106" t="s">
+    <row r="1445" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1445" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1439" s="107" t="s">
+      <c r="W1445" s="106" t="s">
         <v>162</v>
       </c>
     </row>
-    <row r="1440" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1440" s="106" t="s">
+    <row r="1446" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1446" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1440" s="107" t="s">
+      <c r="W1446" s="106" t="s">
         <v>161</v>
       </c>
     </row>
-    <row r="1441" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1441" s="106" t="s">
+    <row r="1447" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1447" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1441" s="107" t="s">
+      <c r="W1447" s="106" t="s">
         <v>160</v>
       </c>
     </row>
-    <row r="1442" spans="22:23" ht="22.5" x14ac:dyDescent="0.25">
-      <c r="V1442" s="106" t="s">
+    <row r="1448" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1448" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1442" s="107" t="s">
+      <c r="W1448" s="106" t="s">
         <v>159</v>
       </c>
     </row>
-    <row r="1443" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1443" s="106" t="s">
+    <row r="1449" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1449" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1443" s="107" t="s">
+      <c r="W1449" s="106" t="s">
         <v>158</v>
       </c>
     </row>
-    <row r="1444" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1444" s="106" t="s">
+    <row r="1450" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1450" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1444" s="107" t="s">
+      <c r="W1450" s="106" t="s">
         <v>157</v>
       </c>
     </row>
-    <row r="1445" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1445" s="106" t="s">
+    <row r="1451" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1451" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1445" s="107" t="s">
+      <c r="W1451" s="106" t="s">
         <v>156</v>
       </c>
     </row>
-    <row r="1446" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1446" s="106" t="s">
+    <row r="1452" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1452" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1446" s="107" t="s">
+      <c r="W1452" s="106" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="1447" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1447" s="106" t="s">
+    <row r="1453" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1453" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1447" s="107" t="s">
+      <c r="W1453" s="106" t="s">
         <v>153</v>
       </c>
     </row>
-    <row r="1448" spans="22:23" ht="22.5" x14ac:dyDescent="0.25">
-      <c r="V1448" s="106" t="s">
+    <row r="1454" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1454" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1448" s="107" t="s">
+      <c r="W1454" s="106" t="s">
         <v>152</v>
       </c>
     </row>
-    <row r="1449" spans="22:23" ht="22.5" x14ac:dyDescent="0.25">
-      <c r="V1449" s="106" t="s">
+    <row r="1455" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1455" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1449" s="107" t="s">
+      <c r="W1455" s="106" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="1450" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1450" s="106" t="s">
+    <row r="1456" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1456" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1450" s="107" t="s">
+      <c r="W1456" s="106" t="s">
         <v>150</v>
       </c>
     </row>
-    <row r="1451" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1451" s="106" t="s">
+    <row r="1457" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1457" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1451" s="107" t="s">
+      <c r="W1457" s="106" t="s">
         <v>149</v>
       </c>
     </row>
-    <row r="1452" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1452" s="106" t="s">
+    <row r="1458" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1458" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1452" s="107" t="s">
+      <c r="W1458" s="106" t="s">
         <v>148</v>
       </c>
     </row>
-    <row r="1453" spans="22:23" ht="22.5" x14ac:dyDescent="0.25">
-      <c r="V1453" s="106" t="s">
+    <row r="1459" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1459" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1453" s="107" t="s">
+      <c r="W1459" s="106" t="s">
         <v>147</v>
       </c>
     </row>
-    <row r="1454" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1454" s="106" t="s">
+    <row r="1460" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1460" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1454" s="107" t="s">
+      <c r="W1460" s="106" t="s">
         <v>146</v>
       </c>
     </row>
-    <row r="1455" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1455" s="106" t="s">
+    <row r="1461" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1461" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1455" s="107" t="s">
+      <c r="W1461" s="106" t="s">
         <v>145</v>
       </c>
     </row>
-    <row r="1456" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1456" s="106" t="s">
+    <row r="1462" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1462" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1456" s="107" t="s">
+      <c r="W1462" s="106" t="s">
         <v>144</v>
       </c>
     </row>
-    <row r="1457" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1457" s="106" t="s">
+    <row r="1463" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1463" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1457" s="107" t="s">
+      <c r="W1463" s="106" t="s">
         <v>143</v>
       </c>
     </row>
-    <row r="1458" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1458" s="106" t="s">
+    <row r="1464" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1464" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1458" s="107" t="s">
+      <c r="W1464" s="106" t="s">
         <v>142</v>
       </c>
     </row>
-    <row r="1459" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1459" s="106" t="s">
+    <row r="1465" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1465" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1459" s="107" t="s">
+      <c r="W1465" s="106" t="s">
         <v>141</v>
       </c>
     </row>
-    <row r="1460" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1460" s="106" t="s">
+    <row r="1466" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1466" s="105" t="s">
         <v>87</v>
       </c>
-      <c r="W1460" s="107" t="s">
+      <c r="W1466" s="106" t="s">
         <v>140</v>
       </c>
     </row>
-    <row r="1461" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1461" s="106" t="s">
+    <row r="1467" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1467" s="105" t="s">
         <v>88</v>
       </c>
-      <c r="W1461" s="107" t="s">
+      <c r="W1467" s="106" t="s">
         <v>139</v>
       </c>
     </row>
-    <row r="1462" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1462" s="106" t="s">
+    <row r="1468" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1468" s="105" t="s">
         <v>88</v>
       </c>
-      <c r="W1462" s="107" t="s">
+      <c r="W1468" s="106" t="s">
         <v>138</v>
       </c>
     </row>
-    <row r="1463" spans="22:23" ht="22.5" x14ac:dyDescent="0.25">
-      <c r="V1463" s="106" t="s">
+    <row r="1469" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1469" s="105" t="s">
         <v>88</v>
       </c>
-      <c r="W1463" s="107" t="s">
+      <c r="W1469" s="106" t="s">
         <v>137</v>
       </c>
     </row>
-    <row r="1464" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1464" s="106" t="s">
+    <row r="1470" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1470" s="105" t="s">
         <v>88</v>
       </c>
-      <c r="W1464" s="107" t="s">
+      <c r="W1470" s="106" t="s">
         <v>136</v>
       </c>
     </row>
-    <row r="1465" spans="22:23" ht="22.5" x14ac:dyDescent="0.25">
-      <c r="V1465" s="106" t="s">
+    <row r="1471" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1471" s="105" t="s">
         <v>88</v>
       </c>
-      <c r="W1465" s="107" t="s">
+      <c r="W1471" s="106" t="s">
         <v>135</v>
       </c>
     </row>
-    <row r="1466" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1466" s="106" t="s">
+    <row r="1472" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1472" s="105" t="s">
         <v>88</v>
       </c>
-      <c r="W1466" s="107" t="s">
+      <c r="W1472" s="106" t="s">
         <v>134</v>
       </c>
     </row>
-    <row r="1467" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1467" s="106" t="s">
+    <row r="1473" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1473" s="105" t="s">
         <v>88</v>
       </c>
-      <c r="W1467" s="107" t="s">
+      <c r="W1473" s="106" t="s">
         <v>133</v>
       </c>
     </row>
-    <row r="1468" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1468" s="106" t="s">
+    <row r="1474" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1474" s="105" t="s">
         <v>88</v>
       </c>
-      <c r="W1468" s="107" t="s">
+      <c r="W1474" s="106" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="1469" spans="22:23" x14ac:dyDescent="0.25">
-      <c r="V1469" s="106" t="s">
+    <row r="1475" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1475" s="105" t="s">
         <v>88</v>
       </c>
-      <c r="W1469" s="107" t="s">
-[...4 lines deleted...]
-      <c r="V1470" s="106" t="s">
+      <c r="W1475" s="106" t="s">
+        <v>1855</v>
+      </c>
+    </row>
+    <row r="1476" spans="22:23" x14ac:dyDescent="0.45">
+      <c r="V1476" s="105" t="s">
         <v>88</v>
       </c>
-      <c r="W1470" s="107" t="s">
+      <c r="W1476" s="106" t="s">
         <v>131</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="+J3uThCgYmdwtQbnzSbeFjdBlGNx3NYn+fGrKKayyINAgYrZLd1ejRpOZQOqCkzqie0UmJPAsyqU0CUdG5M2FQ==" saltValue="UvOXUUd22KDXRkcn+lqvaQ==" spinCount="100000" sheet="1" objects="1" scenarios="1" insertColumns="0" insertRows="0" deleteColumns="0" deleteRows="0" sort="0"/>
+  <sheetProtection insertColumns="0" insertRows="0" deleteColumns="0" deleteRows="0" sort="0"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0977F673-01D0-4D19-95F8-9C25FCB6C3AD}">
   <sheetPr>
     <tabColor theme="8" tint="0.39997558519241921"/>
   </sheetPr>
   <dimension ref="A1:A90"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="B10" sqref="B10"/>
+    <sheetView topLeftCell="A49" workbookViewId="0">
+      <selection activeCell="W1468" sqref="W1468:W1477"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
-    <col min="1" max="1" width="37.140625" style="86" customWidth="1"/>
-    <col min="2" max="16384" width="9.140625" style="86"/>
+    <col min="1" max="1" width="37.1328125" style="86" customWidth="1"/>
+    <col min="2" max="16384" width="9.1328125" style="86"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A1" s="86" t="s">
         <v>1602</v>
       </c>
     </row>
-    <row r="2" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A2" s="86" t="s">
         <v>1601</v>
       </c>
     </row>
-    <row r="3" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A3" s="86" t="s">
         <v>1600</v>
       </c>
     </row>
-    <row r="4" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A4" s="86" t="s">
         <v>1599</v>
       </c>
     </row>
-    <row r="5" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A5" s="86" t="s">
         <v>1598</v>
       </c>
     </row>
-    <row r="6" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A6" s="86" t="s">
         <v>1597</v>
       </c>
     </row>
-    <row r="7" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A7" s="86" t="s">
         <v>1596</v>
       </c>
     </row>
-    <row r="8" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A8" s="86" t="s">
         <v>1595</v>
       </c>
     </row>
-    <row r="9" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A9" s="86" t="s">
         <v>1594</v>
       </c>
     </row>
-    <row r="10" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A10" s="86" t="s">
         <v>1593</v>
       </c>
     </row>
-    <row r="11" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A11" s="86" t="s">
         <v>1592</v>
       </c>
     </row>
-    <row r="12" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A12" s="86" t="s">
         <v>1591</v>
       </c>
     </row>
-    <row r="13" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A13" s="86" t="s">
         <v>1590</v>
       </c>
     </row>
-    <row r="14" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A14" s="86" t="s">
         <v>1589</v>
       </c>
     </row>
-    <row r="15" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A15" s="86" t="s">
         <v>1588</v>
       </c>
     </row>
-    <row r="16" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A16" s="86" t="s">
         <v>1587</v>
       </c>
     </row>
-    <row r="17" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A17" s="86" t="s">
         <v>1586</v>
       </c>
     </row>
-    <row r="18" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="18" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A18" s="86" t="s">
         <v>1585</v>
       </c>
     </row>
-    <row r="19" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="19" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A19" s="86" t="s">
         <v>1584</v>
       </c>
     </row>
-    <row r="20" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="20" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A20" s="86" t="s">
         <v>1583</v>
       </c>
     </row>
-    <row r="21" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="21" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A21" s="86" t="s">
         <v>1582</v>
       </c>
     </row>
-    <row r="22" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="22" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A22" s="86" t="s">
         <v>1581</v>
       </c>
     </row>
-    <row r="23" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="23" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A23" s="86" t="s">
         <v>1580</v>
       </c>
     </row>
-    <row r="24" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A24" s="86" t="s">
         <v>1579</v>
       </c>
     </row>
-    <row r="25" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="25" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A25" s="86" t="s">
         <v>1578</v>
       </c>
     </row>
-    <row r="26" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="26" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A26" s="86" t="s">
         <v>1577</v>
       </c>
     </row>
-    <row r="27" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="27" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A27" s="86" t="s">
         <v>1576</v>
       </c>
     </row>
-    <row r="28" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="28" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A28" s="86" t="s">
         <v>1575</v>
       </c>
     </row>
-    <row r="29" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A29" s="86" t="s">
         <v>1574</v>
       </c>
     </row>
-    <row r="30" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A30" s="86" t="s">
         <v>1573</v>
       </c>
     </row>
-    <row r="31" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A31" s="86" t="s">
         <v>1572</v>
       </c>
     </row>
-    <row r="32" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="32" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A32" s="86" t="s">
         <v>1571</v>
       </c>
     </row>
-    <row r="33" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="33" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A33" s="86" t="s">
         <v>1570</v>
       </c>
     </row>
-    <row r="34" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="34" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A34" s="86" t="s">
         <v>1569</v>
       </c>
     </row>
-    <row r="35" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="35" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A35" s="86" t="s">
         <v>1568</v>
       </c>
     </row>
-    <row r="36" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="36" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A36" s="86" t="s">
         <v>1567</v>
       </c>
     </row>
-    <row r="37" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="37" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A37" s="86" t="s">
         <v>1566</v>
       </c>
     </row>
-    <row r="38" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="38" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A38" s="86" t="s">
         <v>1565</v>
       </c>
     </row>
-    <row r="39" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="39" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A39" s="86" t="s">
         <v>1564</v>
       </c>
     </row>
-    <row r="40" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="40" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A40" s="86" t="s">
         <v>1563</v>
       </c>
     </row>
-    <row r="41" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="41" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A41" s="86" t="s">
         <v>1562</v>
       </c>
     </row>
-    <row r="42" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A42" s="86" t="s">
         <v>1561</v>
       </c>
     </row>
-    <row r="43" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="43" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A43" s="86" t="s">
         <v>1560</v>
       </c>
     </row>
-    <row r="44" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="44" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A44" s="86" t="s">
         <v>1559</v>
       </c>
     </row>
-    <row r="45" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="45" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A45" s="86" t="s">
         <v>1558</v>
       </c>
     </row>
-    <row r="46" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="46" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A46" s="86" t="s">
         <v>1557</v>
       </c>
     </row>
-    <row r="47" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A47" s="86" t="s">
         <v>1556</v>
       </c>
     </row>
-    <row r="48" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="48" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A48" s="86" t="s">
         <v>1555</v>
       </c>
     </row>
-    <row r="49" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="49" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A49" s="86" t="s">
         <v>1554</v>
       </c>
     </row>
-    <row r="50" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="50" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A50" s="86" t="s">
         <v>1553</v>
       </c>
     </row>
-    <row r="51" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="51" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A51" s="86" t="s">
         <v>1552</v>
       </c>
     </row>
-    <row r="52" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="52" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A52" s="86" t="s">
         <v>1551</v>
       </c>
     </row>
-    <row r="53" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="53" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A53" s="86" t="s">
         <v>1550</v>
       </c>
     </row>
-    <row r="54" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="54" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A54" s="86" t="s">
         <v>1549</v>
       </c>
     </row>
-    <row r="55" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="55" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A55" s="86" t="s">
         <v>1548</v>
       </c>
     </row>
-    <row r="56" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="56" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A56" s="86" t="s">
         <v>1547</v>
       </c>
     </row>
-    <row r="57" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A57" s="86" t="s">
         <v>1546</v>
       </c>
     </row>
-    <row r="58" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A58" s="86" t="s">
         <v>1545</v>
       </c>
     </row>
-    <row r="59" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A59" s="86" t="s">
         <v>1544</v>
       </c>
     </row>
-    <row r="60" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A60" s="86" t="s">
         <v>1543</v>
       </c>
     </row>
-    <row r="61" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A61" s="86" t="s">
         <v>1542</v>
       </c>
     </row>
-    <row r="62" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A62" s="86" t="s">
         <v>1541</v>
       </c>
     </row>
-    <row r="63" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A63" s="86" t="s">
         <v>1540</v>
       </c>
     </row>
-    <row r="64" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A64" s="86" t="s">
         <v>1539</v>
       </c>
     </row>
-    <row r="65" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="65" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A65" s="86" t="s">
         <v>1538</v>
       </c>
     </row>
-    <row r="66" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="66" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A66" s="86" t="s">
         <v>1537</v>
       </c>
     </row>
-    <row r="67" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="67" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A67" s="86" t="s">
         <v>1536</v>
       </c>
     </row>
-    <row r="68" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="68" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A68" s="86" t="s">
         <v>1535</v>
       </c>
     </row>
-    <row r="69" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="69" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A69" s="86" t="s">
         <v>1534</v>
       </c>
     </row>
-    <row r="70" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="70" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A70" s="86" t="s">
         <v>1533</v>
       </c>
     </row>
-    <row r="71" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="71" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A71" s="86" t="s">
         <v>1532</v>
       </c>
     </row>
-    <row r="72" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="72" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A72" s="86" t="s">
         <v>1531</v>
       </c>
     </row>
-    <row r="73" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="73" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A73" s="86" t="s">
         <v>1530</v>
       </c>
     </row>
-    <row r="74" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="74" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A74" s="86" t="s">
         <v>1529</v>
       </c>
     </row>
-    <row r="75" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="75" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A75" s="86" t="s">
         <v>1528</v>
       </c>
     </row>
-    <row r="76" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="76" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A76" s="86" t="s">
         <v>1527</v>
       </c>
     </row>
-    <row r="77" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="77" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A77" s="86" t="s">
         <v>1526</v>
       </c>
     </row>
-    <row r="78" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A78" s="86" t="s">
         <v>1525</v>
       </c>
     </row>
-    <row r="79" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="79" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A79" s="86" t="s">
         <v>1524</v>
       </c>
     </row>
-    <row r="80" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="80" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A80" s="86" t="s">
         <v>1523</v>
       </c>
     </row>
-    <row r="81" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="81" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A81" s="86" t="s">
         <v>1522</v>
       </c>
     </row>
-    <row r="82" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A82" s="86" t="s">
         <v>1521</v>
       </c>
     </row>
-    <row r="83" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A83" s="86" t="s">
         <v>1520</v>
       </c>
     </row>
-    <row r="84" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="84" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A84" s="86" t="s">
         <v>1519</v>
       </c>
     </row>
-    <row r="85" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="85" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A85" s="86" t="s">
         <v>1518</v>
       </c>
     </row>
-    <row r="86" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A86" s="86" t="s">
         <v>1517</v>
       </c>
     </row>
-    <row r="87" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A87" s="86" t="s">
         <v>1516</v>
       </c>
     </row>
-    <row r="88" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="88" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A88" s="86" t="s">
         <v>1515</v>
       </c>
     </row>
-    <row r="89" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A89" s="86" t="s">
         <v>1514</v>
       </c>
     </row>
-    <row r="90" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A90" s="86" t="s">
         <v>1513</v>
       </c>
     </row>
   </sheetData>
+  <sheetProtection algorithmName="SHA-512" hashValue="IhLgR53Zk/T6IxtgGjM0WnYgEdb9s4707XHUmOSgz7BYbKSb96o+1HILywmCr2Wng2lpR6Nbd8/7hX8JWXTEMg==" saltValue="flv/0fhIODzn4F4sEXn5Gg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
+  <sheetPr>
+    <tabColor theme="8" tint="0.39997558519241921"/>
+  </sheetPr>
   <dimension ref="A2:A17"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="W1468" sqref="W1468:W1477"/>
+    </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultRowHeight="14.25" x14ac:dyDescent="0.45"/>
   <cols>
-    <col min="1" max="1" width="35.5703125" customWidth="1"/>
+    <col min="1" max="1" width="35.59765625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A2" s="36" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="3" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="3" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A3" s="41" t="s">
         <v>41</v>
       </c>
     </row>
-    <row r="4" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="4" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A4" s="42" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="5" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A5" s="42" t="s">
         <v>42</v>
       </c>
     </row>
-    <row r="6" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A6" s="42" t="s">
         <v>43</v>
       </c>
     </row>
-    <row r="7" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A7" s="42" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="8" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="8" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A8" s="42" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="9" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A9" s="42" t="s">
         <v>46</v>
       </c>
     </row>
-    <row r="10" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="10" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A10" s="42" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="11" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="11" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A11" s="42" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="12" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="12" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A12" s="42" t="s">
         <v>49</v>
       </c>
     </row>
-    <row r="13" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="13" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A13" s="42" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="14" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="14" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A14" s="42" t="s">
         <v>51</v>
       </c>
     </row>
-    <row r="15" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="15" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A15" s="42" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="16" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="16" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A16" s="42" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="17" spans="1:1" x14ac:dyDescent="0.25">
+    <row r="17" spans="1:1" x14ac:dyDescent="0.45">
       <c r="A17" s="42" t="s">
         <v>54</v>
       </c>
     </row>
   </sheetData>
+  <sheetProtection algorithmName="SHA-512" hashValue="OFV955BKLBfdVEK2o410dQF6V0KZbdiEkGhiXM9jCbrlaPw6d9jsIsA9+E6cFVHDzvunHUbKzc7p6BtBimAtPA==" saltValue="r+cw5ZxO5rnaTfWwQc6pjg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <_activity xmlns="2560146f-6071-4a8d-bcab-120d34127b1d" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010007E844F215704E47909B8C813D52B39F" ma:contentTypeVersion="9" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="18e5d0d71562cc0d982146a364778e77">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="2560146f-6071-4a8d-bcab-120d34127b1d" xmlns:ns4="e5e46d14-7836-42e0-9ca6-bb32f1d3f0ea" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="32d798649bab25775e2575bd82f12666" ns3:_="" ns4:_="">
     <xsd:import namespace="2560146f-6071-4a8d-bcab-120d34127b1d"/>
     <xsd:import namespace="e5e46d14-7836-42e0-9ca6-bb32f1d3f0ea"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:_activity" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -42568,134 +42713,125 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{88028353-3010-4329-95A2-947326F666EE}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="2560146f-6071-4a8d-bcab-120d34127b1d"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="e5e46d14-7836-42e0-9ca6-bb32f1d3f0ea"/>
-    <ds:schemaRef ds:uri="2560146f-6071-4a8d-bcab-120d34127b1d"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
-    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
-[...5 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A069A9E3-3BAA-4113-8FE0-16315E9AB434}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{03DE42B3-BC64-434C-AA99-9EC868A4876D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="2560146f-6071-4a8d-bcab-120d34127b1d"/>
     <ds:schemaRef ds:uri="e5e46d14-7836-42e0-9ca6-bb32f1d3f0ea"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...6 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>25</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="33" baseType="lpstr">
       <vt:lpstr>Step1 - Requestor-Unit Info </vt:lpstr>
       <vt:lpstr>New Accounts</vt:lpstr>
       <vt:lpstr>New Subaccounts</vt:lpstr>
       <vt:lpstr>Account Changes</vt:lpstr>
       <vt:lpstr>Close Accounts</vt:lpstr>
       <vt:lpstr>VP Decanal-Entity Name &amp; Number</vt:lpstr>
       <vt:lpstr>Activity Selections</vt:lpstr>
-      <vt:lpstr>Sheet1</vt:lpstr>
+      <vt:lpstr>NACUBO</vt:lpstr>
       <vt:lpstr>Advancement</vt:lpstr>
       <vt:lpstr>Architecture</vt:lpstr>
       <vt:lpstr>ArtsSciences</vt:lpstr>
       <vt:lpstr>Athletics</vt:lpstr>
       <vt:lpstr>Central</vt:lpstr>
       <vt:lpstr>CIO</vt:lpstr>
       <vt:lpstr>Communications</vt:lpstr>
       <vt:lpstr>Dental</vt:lpstr>
       <vt:lpstr>Education</vt:lpstr>
       <vt:lpstr>Engineering</vt:lpstr>
       <vt:lpstr>Finance</vt:lpstr>
       <vt:lpstr>FinancialPlan</vt:lpstr>
       <vt:lpstr>HealthSciences</vt:lpstr>
       <vt:lpstr>Independent</vt:lpstr>
       <vt:lpstr>Jacobs</vt:lpstr>
       <vt:lpstr>Law</vt:lpstr>
       <vt:lpstr>Management</vt:lpstr>
       <vt:lpstr>Nursing</vt:lpstr>
       <vt:lpstr>Pharmacy</vt:lpstr>
       <vt:lpstr>President</vt:lpstr>
       <vt:lpstr>Provost</vt:lpstr>
       <vt:lpstr>PubHealth</vt:lpstr>
       <vt:lpstr>Research</vt:lpstr>
       <vt:lpstr>SocialWork</vt:lpstr>
       <vt:lpstr>StudentLife</vt:lpstr>